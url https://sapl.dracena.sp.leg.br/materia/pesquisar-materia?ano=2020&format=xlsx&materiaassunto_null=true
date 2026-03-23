--- v0 (2026-01-22)
+++ v1 (2026-03-23)
@@ -54,12819 +54,12819 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara Municipal</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/857/pdl_001_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/857/pdl_001_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Honorário de Dracena e dá outras providências. (Título de Cidadão Honorário de Dracena ao Senhor João Greco, em reconhecimento aos relevantes serviços prestados à comunidade dracenense)</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/879/pdl_002_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/879/pdl_002_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de TÍTULO DE CIDADÃO HONORÁRIO DE DRACENA edá outras providências (Título de Cidadão Honorário de Dracena ao Padre Wilson Luis Ramos,pelos relevantes serviços prestados à comunidade dracenense).</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/883/pdl_003_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/883/pdl_003_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Aprova o Parecer do Egrégio Tribunal de Contas do Estado de São Paulo que aprovou as Contas da Prefeitura Municipal de Dracena, relativas ao exercício de 2018.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/799/pl_001_2020_-_02.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/799/pl_001_2020_-_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para firmar Convênios, Termos de Fomento ou Colaboraçãopara transferir recursos financeiros à entidade legalmente constituída, no exercício de 2020 (à Associação Atlética Bando do Brasil - AABB, no valor de R$71.491,08).</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/800/pl_002_2020_-_02.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/800/pl_002_2020_-_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre desafetação de parte de imóvel para alargamento da Rua Nações Unidas conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/801/pl_003_2020_-_02.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/801/pl_003_2020_-_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação doConselho Tutelar dos Direitos da Criança e do Adolescente e dá outras providências. (Revogam as Leis 4419/15 e 4438/15.)</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/802/pl_004_2020_-_02.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/802/pl_004_2020_-_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de aumento salarial, a título de revisão geral anual aos vencimentos dos servidores públicos municipais, conforme especifica (aumento de 3,53%, conformeIPCA acumulado de março de 2019 a dezembro de 2019).</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/803/pl_005_2020_-_02.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/803/pl_005_2020_-_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração nos incisos I, II e III, do Art. 4º, da Lei nº 3619/08 e suas alterações (alteração do valor de bolsa estágio em razão da reposição de 3,53%).</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Cláudio José Pasqualeto, Milton Polon, Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/806/pl_0062020-01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/806/pl_0062020-01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reposição salarial aos servidores da Câmara Municipal de Dracena e dá outras providências (aumento de 3,53%, conformeIPCA acumulado de março de 2019 a dezembro de 2019).</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/807/pl_007_2020-01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/807/pl_007_2020-01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (Crédito Adicional Especial no valor de R$ 232.000,00 - duzentos e trinta e dois mil reais, destinado a abertura de crédito adicional especial com a finalidade de executar obras de infraestrutura no município, com recurso transferido pela esfera federal).</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Claudevi Oliveira da Silva Júnior</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/812/pl_008_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/812/pl_008_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de aplicação do teste de glicemia capilar nos hospitais, prontos-socorros e unidades básicas de saúde do municipio de Dracena.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/813/pl_009_2020-01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/813/pl_009_2020-01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Dia Municipal do Comerciante.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/810/pl_010_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/810/pl_010_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei n.º 4658/2018, conforme especifica.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Célio Antonio Ferregutti, Claudevi Oliveira da Silva Júnior, Cláudio José Pasqualeto, Higor Tossato, Kielse Chiari Munis, Maria Mateus, Milton Polon, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra, Sara dos Santos Scarabelli Souza, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/826/pl_011_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/826/pl_011_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Declara utilidade publica a Associação Dracenense de Tênis Go Givers</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/814/pl_012_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/814/pl_012_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. Crédito Adicional Suplementar no valor de R$ 620.750,00 (seiscentos e vinte mil setecentos e cinquenta reais), com a finalidade de adquirir maquinários, com recursos transferidos pelo governo federal através do Ministério da Agricultura, Pecuária e Abastecimento)</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/815/pl_013_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/815/pl_013_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Crédito Adicional Suplementar no valor de R$386.000,00 (trezentos e oitenta e seis mil reais), com a finalidade de executar contratar empresa especializada em fornecimento e implantação de sinalização semafórica no município, com recursos próprios)</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/816/pl_014_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/816/pl_014_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências. (Matrícula nº 8.185,do Cartório de Registro de Imóveis de Dracena/SP)</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/817/pl_015_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/817/pl_015_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre desafetação de parte de imóvel para prolongamento das Ruas Tamandaré e Fernando Costa conforme especifica e dá outras providências (prolongamento da Rua Tamandaré, parte de um imóvel, objeto da matrícula nº 8.185; e, prolongamento da Rua Fernando Costa, parte de um imóvel, objeto da matrícula nº 8.185, localizadas no Distrito de Jamaica, Município e Comarca de Dracena, Estado de São Paulo)</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/818/pl_016_20_20_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/818/pl_016_20_20_-_01.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências. (Matrícula nº 7.474,do Cartório de Registro de Imóveis de Dracena/SP)</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/821/pl_017_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/821/pl_017_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Dia Municipal do Demolay. (dia 18de março)</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/819/pl_018_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/819/pl_018_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (credito no valor de R$ 400.000,00 - quatrocentos mil reais, destinado a transferir recursos financeiros a Santa Casa de Misericórdia de Dracena)</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/820/pl_019_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/820/pl_019_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. Crédito Adicional Especial no valor de R$ 150.000,00 (cento e cinquenta mil reais), com a finalidade de adquirir equipamentos agrícolas, com recursos transferidos pelo governo estadual através da Secretaria de Agricultura e Abastecimento dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. Crédito Adicional Especial no valor de R$ 150.000,00 (cento e cinquenta mil reais), com a finalidade de adquirir equipamentos agrícolas, com recursos transferidos pelo governo estadual através da Secretaria de Agricultura e Abastecimento).</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/823/pl_020_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/823/pl_020_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre afetação, com posterior doação sem encargos, de parte de imóvel para alargamento da Rua Nações Unidas, conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/824/pl_021_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/824/pl_021_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre afetação, com posterior doação sem encargos, de partes de imóvel para prolongamento da Rua Tamandaré e Fernando Costa,conforme especifica e dá outras providências</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/822/pl_022_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/822/pl_022_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial no orçamento vigente (crédito no valor de R$20.000,00 - vinte mil reais - destinado à aquisição de equipamentos para UBS do Município, com recursos transferidos pelo Governo Federal)</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/827/pl_023_2020__-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/827/pl_023_2020__-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente (Crédito Adicional Especial no valor de R$1.460.000,00 (um milhão quatrocentos e sessenta mil reais), com a finalidade de executar várias obras públicas com recursos federais, advindos da distribuição dos recursos do pré-sal).</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/836/pl_024_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/836/pl_024_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do uso de rede de segurança ou tela de proteção no local onde é realizado o trabalho de jardinagem no município de Dracena/SP</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/830/pl_025_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/830/pl_025_2020_-_01.pdf</t>
   </si>
   <si>
     <t>dispõe a prorrogação e suspensão de prazos dos vencimentos dos tributos e demais procedimentos que especifica, em decorrência da situação de emergência em virtude do COVID-19, Decreto nº 7.245, de 2020, e da outras providências.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/832/pl_026_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/832/pl_026_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação e suspensão de prazos dos vencimentos dos tributos e demais procedimentos que especifica, em decorrência da situação de emergência em virtude do COVID-19, Decreto nº 7.245, de 2020, e da outras providências.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/833/pl_027_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/833/pl_027_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse de recursos de emendas parlamentares em natureza de despesa de custeio destinado ao incremento MAC a Santa Casa de Dracena, através do Fundo Nacional de Saúde.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/834/pl_028_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/834/pl_028_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Concede subvenção à Entidade que especifica. (Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena, no valor de até R$ 100.000,00 - Cem mil reais)</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/837/pl_029_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/837/pl_029_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Crédito Adicional Suplementar no valor de R$1.025.000,00(um milhão e vinte e cinco mil reais), destinado à execução de pavimentação asfáltica no município com recursos de operações de crédito FINISA)</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/838/pl_030_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/838/pl_030_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (Crédito Adicional Especial no valor de R$ 824.000,00 (oitocentos e vinte e quatro mil reais), destinado à construção do Centro de Estudos Acadêmicos de Medicina no Internato de Dracena)</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/839/pl_031_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/839/pl_031_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para firmar Termo de Fomento para transferir recursos financeiros a entidade legalmente constituída. (À Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena, no valor de R$ 10.000,00- dez mil reais)</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/841/pl_032_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/841/pl_032_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse de recursos financeiros a Entidades que especifica. (repasses do Fundo Municipal dos Direitos da Criança e do Adolescente oriundos de recursos arrecadados das doações do Imposto de Renda a entidades do Município de Dracena)</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/842/pl_033_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/842/pl_033_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse de recursos financeiros estaduais e federais ao Fundo Municipal de Assistência Social, no ano de 2020.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/843/pl_034_2020_-01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/843/pl_034_2020_-01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre afetação, com posterior doação sem encargos, de partes de imóvel para prolongamento das ruas Tamandaré e Fernando Costa, conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/844/pl_035_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/844/pl_035_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito no valor de 748.00,00 - setecentos e quarenta e oito mil reais, destinado à execução de reforma do Teatro Municipal)</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/846/pl_036_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/846/pl_036_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial no orçamento vigente. (credito no valor de R$ 187.000,00 - cento e oitenta e sete reais - destinado ao combate a epidemia de Covid-19 com recursos transferidos pelo governo estadual)</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/847/pl_037_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/847/pl_037_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente.(crédito no valor de R$700.000,00 - setecentos mil reais - destinado ao pagamento de servidores municipais lotados na atenção básica da rede municipal de saúde, com recursos transferidos pelo governo federal)</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/852/pl_038_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/852/pl_038_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (credito no valor de R$ 570.000,00 - quinhentos e setenta mil reais, destinado a execução de perfilamento asfáltico no município com recursos de operações de credito FINISA).</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/853/pl_040_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/853/pl_040_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com a Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena, conforme especifica.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/854/pl_041_2020_-01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/854/pl_041_2020_-01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (credito no valor de R$200.000,00 - duzentos mil reais, destinado à execução de troca de iluminação vapor de sódio por iluminação de LED no município com recursos estaduais)</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/855/pl_042_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/855/pl_042_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para a abertura e crédito adicional especial no orçamento vigente (crédito de R$100.000,00 destinado à execução de pavimentação asfáltica no município com recursos estaduais).</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/856/pl_043_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/856/pl_043_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração nos arts. 8º e 11, da Lei nº 3.802, de 02/09/2010 (referida lei disciplina as condições de recolhimento de veículos ou de pares componentes de estruturas de veículos abandonados nas vias ou logradouros públicos do município e dá outras providências).</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/860/pl_044_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/860/pl_044_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio público que especifica. (O sistema de Lazer ""Bosque das Seringueiras"", passa a ser denominada de ""Area de Lazer Carlos Alves da Silva - Branco"").</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Célio Antonio Ferregutti, Claudevi Oliveira da Silva Júnior, Cláudio José Pasqualeto, Higor Tossato, Kielse Chiari Munis, Maria Mateus, Milton Polon, Pedro Trabuco, Rodrigo Rossetti Parra, Sara dos Santos Scarabelli Souza, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/861/pl_045_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/861/pl_045_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o Instituto de Desenvolvimento Econômico Ambiental e Social - DIVERSA de Dracena</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/862/pl_046_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/862/pl_046_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Concede subvenção à entidade, com recurso proveniente de emenda parlamentar, conforme especifica. (subvenção à entidade ""Obra Unida da Sociedade São Vicente de Paulo - Casa dos Velhos"", no valor de R$=50.000,00 - cinquenta mil reais)</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/858/pl_047_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/858/pl_047_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (credito no valor de R$ 1.956.000,00 - um milhão novecentos e cinquenta e seis mil reais,destinado a adequações para o pagamento de salários e encargos sociais de servidores públicos e estagiários).</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/859/pl_0482020-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/859/pl_0482020-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de denominação de Rua. (a Rua Primavera, localizada no Jardim das Palmeiras IV, passa a ser denominada de “Prolongamento da Alameda Áustria”).</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/863/pl_049_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/863/pl_049_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crádito no valor de R$ 4.070.000,00 - quatro milhão e setenta mil reais,para adequações orçamentários destinadas ao pagamento de salários e encargos sociais de servidores públicos da área da saúde)</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/866/pl_050_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/866/pl_050_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Próprios Públicos que especifica. (Residencial JARDIM AEROPORTO; DISTRITO COMERCIAL; RESIDENCIAL AROEIRAS; VILA LUCÉLIA; RESIDENCIAL SAFIRA; RESIDENCIAL SÃO PAULO; JARDIM CAMPO BELO III; RESIDENCIAL HOSOUME II; PARQUE PLANALTO; RESIDENCIAL SANTA ROSA;A Via Marginal; e, prolongamento da Alameda Inglaterra)</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/867/pl_051_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/867/pl_051_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito no valor de R$ 4.150.000,00 - quatro milhões cento e cinquenta mil reais - destinado a manutenção dos serviços públicos da área da saúde)</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/868/pl_052_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/868/pl_052_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito no valor de R$ 770.000,00 - setecentos e setenta mil reais - destinado a adequação orçamentária destinadas a manutenção dos serviços públicos)</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/869/pl_053_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/869/pl_053_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$ 1.300.000,00 - um milhão e trezentos milreais - destinado a adequações orçamentárias destinadas a pagamentos de servidores municipais com recursos oriundos da Lei Complementar n.º 173/2020, conforme comunicado Audesp n.º 066/2020)</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/870/pl_054_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/870/pl_054_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio público que especifica. (A Estrada Municipal DRA251, no trecho compreendido entre a Estrada Governador Mario Covas - DRA 030 até os limites do Residencial Santa Rosa, passa a ser denominada de “Rua Nelson Balotin”)</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/871/pl_055_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/871/pl_055_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de credito adicional suplementar no orçamento vigente (crédito no valor de R$ 187.000,00 - Cento e oitenta e sete mil reais - com a finalidade de executar obras de infra-estrutura no cemitério municipal com recursos próprios)</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/872/pl_056_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/872/pl_056_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do municipio para o exercício financeiro de 2021 (R$141.970.000,00 - cento e quarenta e um milhões e novecentos e setenta mil reais)</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/873/pl_057_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/873/pl_057_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Carteira de identificação da Pessoa com Deficiência no Municípiode Dracena, de expedição gratuita</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/874/pl_058_2020_-__01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/874/pl_058_2020_-__01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (credito no valor de 3.500.000,00 - três milhões e quinhentos mil reais, destina a reforço em créditos orçamentário)</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/876/pl_059_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/876/pl_059_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$ 348.700,00 - trezentos e quarenta e oito mil e setecentos reais, destinado a execução dos recursos recebidos na Lei Aldir Blac)</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/877/pl_060_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/877/pl_060_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$ 910.000,00 - novecentos e dez mil reais, destinado a utilização de recursos financeiros recebidos a titulo de cessão onerosa do bônus de assinatura do pré-sal)</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/878/pl_061_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/878/pl_061_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e instituição do Diário Oficial Eletrônico do Município deDracena e dá outras providências</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/884/pl_62_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/884/pl_62_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Declara Utilidade Pública a Associação dos Engenheiros, Arquitetos e Agrônomos da Região de Dracena.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/885/pl_063_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/885/pl_063_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Declara Utilidade Pública a Associação Canaricultores de Dracena e Região.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/886/pl_064_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/886/pl_064_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse de recursos financeiros a Entidade que especifica.(repasse do Fundo Municipal dos Direitos do Idoso, oriundo de recursos arrecadados das doações do Imposto de Renda as entidades Obras Unidas da Sociedade São Vicente de Paulo - Casa dos Velhos e Lar Beneficente Sã Doutrina Espiritual do 7º Dia)</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/887/pl_065_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/887/pl_065_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de cesta de natal aos servidores da Prefeitura conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/888/pl_066_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/888/pl_066_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de abono, por meio do cartão alimentação, a ser pago aos empregados da EMDAEP - Empresa de Desenvolvimento, Água, Esgoto e Pavimentação de Dracena, conforme especifica. (valor de 150,00 - cento e cinquenta reais)</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/889/pl_067_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/889/pl_067_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$ 470.000,00 - quatrocentos e setenta mil reais, destinado a utilização de recursos financeiros do Fundeb)</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/890/pl_068_2020_-01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/890/pl_068_2020_-01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as regras especificasaplicáveis a EMDAEP - Empresa de Desenvolvimento, Água, Esgoto e Pavimentação de Dracena, nos termos da lei Federal n.º 13.303, de 30 de junho de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/892/pl_069_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/892/pl_069_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para firmar Convênios, Termos de Fomento ou Colaboração para transferir recursos financeiros a entidades legalmente constituídas, no exercício de 2021</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/804/plc_001_2020_-_02.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/804/plc_001_2020_-_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo conforme especifica (um cargo de Chefe de Infraestrutura - provimento em comissão - função gratificada;referência 30% da 12 A).</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/805/plc_002_2020_-_02.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/805/plc_002_2020_-_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de alínea ao caput do art. 3º da Lei Complementar nº 407/14 e suas alterações (Lei que instituiu o PRODES - Programa de Desenvolvimento Sustentável)</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/808/plc_003_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/808/plc_003_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para que o Poder Executivo Municipal realize chamamento público para realizar parceria com pessoa jurídica para construção, reforma e manutenção de abrigos de passageiros.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/809/plc_004_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/809/plc_004_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo conforme especifica. (40 cargos de PTEI - Professor Tutor de Educação Infantil - EMEI/CRECHE).</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/825/plc_005_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/825/plc_005_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no parágrafo único do Art. 1º da Lei Complementar n.º 461, de 14/12/2017</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/829/plc_006_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/829/plc_006_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos conforme especifica. (dois cargos de Enfermeiro)</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/828/plc0072020-01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/828/plc0072020-01.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir e conceder gratificação especial aos servidores públicos municipais lotados na Secretaria Municipal de Saúde e Higiene Pública e aos de outros órgãos que foram requisitados nos termos do art. 6º, do Decreto Municipal nº 7.244/2020 e dá outras providências.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/831/plc_008_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/831/plc_008_2020_-_01.pdf</t>
   </si>
   <si>
     <t>autoriza o Poder Executivo a instituir e conceder gratificação especial aos profissionais de saúde contratados pelo Consórcio Intermunicipal de Saúde da Nova Alta Paulista - CISNAP para gestão do Programa ESF (Estratégia de Saúde da Família) nos termos do art. 6º, do Decreto Municipal nº 7.244/2020 e dá outras providências.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/835/plc_009_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/835/plc_009_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Estabelece as Diretrizes a serem observadas na elaboração da Lei Orçamentária do Município para o exercício de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/840/plc_010_2020_-01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/840/plc_010_2020_-01.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências (um imóvel rural pertencente a Matricula n.º 8185, do Cartório de Registro de Imóveis de Dracena, situado no Distrito de Jamaica.)</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/848/plc_011_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/848/plc_011_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências. (Matricula n.º 33.970 do cartório de Registro de Imóveis de Dracena/SP)</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/880/plc.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/880/plc.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências. (Matricula n.º 8.136, do Cartório de Registro de Imóveis de Dracena/SP - situada na Fazenda São Manoel - a requerimento do Sr. José Roberto Salsman)</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/881/plc_13.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/881/plc_13.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências. (Matricula n.º 31.807, do Cartório de Registro de Imóveis de Dracena/SP - situada no Bairro das Palmeiras - a requerimento da R.C.L. Participações SPE Ltda ME)</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/882/plc_014.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/882/plc_014.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências. (Matricula n.º 26.191 do Cartório de Registro de Imóveis de Dracena/SP - situada no Bairro Palmeirinha - a requerimento do Senhor Ivan Alcino Moraes Oliveira)</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/864/pr_001_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/864/pr_001_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o subsídio mensal dos vereadores da Câmara Municipal de Dracena para a 18ª Legilatura (2021/2024), e dá outras providências.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/875/pr_002_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/875/pr_002_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de Licença a Vereador nos termos de seu requerimento. (licença nos termos do art. 32,I da L.O.M, e art. 12, Ido R.I., por 30 dias,ao Vereador Higor Tossato,para tratamento de saúde).</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/891/pr_003_2020_-01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/891/pr_003_2020_-01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Legislativo a efetuarremanejamento de verba e dá outras providências (remanejamento no valor de R$ 9.461,72 - nove mil quatrocentos e sessenta e um reais e setenta e dois centavos)</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/849/cp_001_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/849/cp_001_2020.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PROCESSANTE Nº 01/2020, constituída pelo vereadores: Rodrigo Castilho Soares - Presidente; Célio Antonio Ferregutti - relator; e Ailton Oscar Lorensetti - membro, INSTALADA nos termos do Decreto-Lei nº 201, de 27/02/1967, do Regimento Interno da Câmara, e da Lei Complementar 017/93, de 22 de abril de 1993, a partir do acolhimento da denúncia contra o vereador Higor Tossato por quebra de decoro parlamentar, protocolada na Câmara Municipal pelos cidadãos Bruno Tiago Brandino e Valter Fernandes.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/850/cp_002_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/850/cp_002_2020.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PROCESSANTE Nº 02/2020, constituída pelos vereadores: Rodrigo Rossetti Parra - Presidente; Cláudio José Pasqualeto - relator; e Victor Silva Almeida Palhares - membro, INSTALADAnos termos do Decreto-Lei nº 201, de 27/02/1967, do Regimento Interno da Câmara, e da Lei Complementar 017/93, de 22 de abril de 1993, a partir do acolhimento da denúncia contra o vereador Higor Tossato por quebra de decoro parlamentar, protocolada na Câmara Municipal de Dracena pelo vereador Claudevi Oliveira da Silva Júnior</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/851/cp_003_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/851/cp_003_2020.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PROCESSANTE Nº 03/2020, constituída pelos vereadores: Pedro Gonçalves Vieira - Presidente; Kielse Chiari Munis - relator; e Sara dos Santos ScarabelliSouza - membro, INSTALADAnos termos do Decreto-Lei nº 201, de 27/02/1967, do Regimento Interno da Câmara, e da Lei Complementar 017/93, de 22 de abril de 1993, a partir do acolhimento da denúncia contra o vereador Claudevi Oliveira da Silva Júnior por quebra de decoro parlamentar, protocolada na Câmara Municipal de Dracena pelo vereador Higor Tossato.</t>
   </si>
   <si>
     <t>15187</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15187/i001_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15187/i001_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza na área verde do Jardim Bortolato, localizada atrás do Cemitério Municipal. Pois no local há muito mato, causando transtornos aos moradores das imediações e podendo servir de habitat para animais peçonhentos e transmissores de doenças.</t>
   </si>
   <si>
     <t>15188</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15188/i002_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15188/i002_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a manutenção e troca de lâmpadas nos postes de iluminação da Praça Sagrado Coração de Jesus, no Parque Dracena, pois desde outubro de 2019 o local está sem iluminação, causando insegurança aos moradores daquela região. Indico ainda que sejam instalados bancos, sendo que a Prefeitura retirou os bancos do local em meados de maio de 2019 e, até o presente momento, não colocaram outros para substituí-los.</t>
   </si>
   <si>
     <t>15189</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15189/i003_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15189/i003_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita o conserto da placa de identificação de via localizada no cruzamento da Rua Antonio Martins com a Rua Florianópolis, pois a mesma está danificada, conforme foto em anexo, prejudicando a identificação das referidas vias.</t>
   </si>
   <si>
     <t>15190</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15190/i004_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15190/i004_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja finalizado o asfalto da Rua Felipe Delovo, no Bairro Vitória Régia, pois, com as chuvas, o trecho de terra está praticamente intransitável, causando muitos transtornos aos moradores.</t>
   </si>
   <si>
     <t>15191</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15191/i005_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15191/i005_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja autorizado o uso de praças públicas e do recinto da Fapidra periodicamente com a finalidade de realização de feiras de doação de cães e gatos pelas entidades de defesa dos animais no município.</t>
   </si>
   <si>
     <t>15192</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15192/i006_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15192/i006_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja promovida a regulamentação dos aplicativos do tipo "Delivery Much", exigindo que disponibilizem ao lado do nome das empresas parceiras seus respectivos endereços e CNPJs, para maior proteção dos consumidores que optarem por este tipo de serviço online.</t>
   </si>
   <si>
     <t>15193</t>
   </si>
   <si>
     <t>Rodrigo Rossetti Parra, Ailton Oscar Lorensetti</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15193/i007_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15193/i007_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja implantado um obstáculo redutor de velocidade na Rua Bolívia, próximo ao nº 753, pois os motoristas trafegam em alta velocidade, podendo causar acidentes e atropelamentos.</t>
   </si>
   <si>
     <t>15194</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15194/i008_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15194/i008_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza na Rua Nogueira, no Distrito de Jamaica, pois há vários entulhos e móveis depositados, conforme foto em anexo, causando transtornos e podendo servir de habitat para animais peçonhentos e/ou transmissores de doenças.</t>
   </si>
   <si>
     <t>15195</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15195/i009_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15195/i009_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam tomadas providências quanto à calçada da antiga sede do CREAS - Centro de Referência Especializado em Assistência Social, localizada na Avenida José Bonifácio, nº 1480, pois a calçada do referido prédio está afundando, conforme foto em anexo, podendo causar acidentes e prejudicando o trânsito de pedestres.</t>
   </si>
   <si>
     <t>15196</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15196/i010_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15196/i010_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam tomadas providências quanto ao terreno localizado em frente àsede da Apeoesp, no Jardim Brasilândia, pois, segundo moradores, o referido terreno necessita de limpeza.</t>
   </si>
   <si>
     <t>15197</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15197/i011_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15197/i011_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize o serviço de recapeamento ou perfilamento asfáltico nas imediações do Santuário Nossa Senhora de Fátima, na Vila Barros, pois este é um pedido antigo dos moradores.</t>
   </si>
   <si>
     <t>15198</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15198/i012_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15198/i012_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize o serviço de recapeamento ou perfilamento asfáltico em toda a Alameda Polônia. Pois os moradores reclamam dos buracos existentes na rua e pedem solução imediata.</t>
   </si>
   <si>
     <t>15199</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15199/i013_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15199/i013_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize o serviço de recapeamento ou perfilamento asfáltico em toda a região do Bairro Jussara. De acordo com os moradores, várias ruas da região necessitam do serviço com urgência.</t>
   </si>
   <si>
     <t>15200</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15200/i014_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15200/i014_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize o serviço de recapeamento e perfilamento asfáltico na Rua Alécio Perosso, no Bairro Metrópole. Pois de acordo com os moradores, existem vários buracos na via.</t>
   </si>
   <si>
     <t>15201</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15201/i015_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15201/i015_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize o serviço de recapeamento e perfilamento na Rua Magid Zacarias, entre a Avenida José Bonifácio e Rua Monte Castelo, pois a referida rua tem grande fluxo de veículos e os moradores pedem o serviço com urgência.</t>
   </si>
   <si>
     <t>15202</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15202/i016_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15202/i016_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize serviço de perfilamento asfáltico na Rua Carlos Gomes, entre as Ruas Miguel do Nascimento e Rua Dr. Bezerra de Menezes, pois os moradores pedem o serviço com urgência.</t>
   </si>
   <si>
     <t>15203</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15203/i017_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15203/i017_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize o serviço de perfilamento e recapeamento asfáltico na Rua Spinardi, entre os números 950 a 1390. O pedido é antigo e o morador Cláudio Cardoso vem fazendo este pedido há muito tempo para as autoridades do município.</t>
   </si>
   <si>
     <t>15204</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15204/i018_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15204/i018_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize o serviço de perfilamento e recapeamento asfáltico na Rua Medardo Belintani, no Bairro Jussara, pois os moradores pedem o serviço com urgência.</t>
   </si>
   <si>
     <t>15205</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15205/i019_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15205/i019_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize o serviço de perfilamento e recapeamento asfáltico nas ruas do Portal dos Girassóis, pois os moradores pedem urgência no serviço.</t>
   </si>
   <si>
     <t>15206</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15206/i020_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15206/i020_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize o serviço de perfilamento e recapeamento asfáltico na Rua Aécio de Féo Flora, mais precisamente na região da Escola Estadual Alfredo Machado, pois os moradores pedem o serviço com urgência.</t>
   </si>
   <si>
     <t>15207</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15207/i021_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15207/i021_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com os responsáveis por bairros e loteamentos de Dracena cujos nomes de ruas foram aprovados pela Câmara em 2019 e que ainda não colocaram placas de identificação das vias, para que tomem as providências o mais rápido possível.</t>
   </si>
   <si>
     <t>15208</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15208/i022_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15208/i022_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a Elektro para organização de podas de árvores, cujos galhos estão atingindo a rede elétrica. Pela cidade há várias situações preocupantes e que precisam de uma solução com urgência.</t>
   </si>
   <si>
     <t>15209</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15209/i023_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15209/i023_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a agilização do plano de recuperação de ruas, com perfilamento, das vias dos Jardins América, Europa e Palmeiras I, II, III e IV. São diversas as ruas que necessitam do serviço, a pedido de moradores e usuários.</t>
   </si>
   <si>
     <t>15232</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15232/i024_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15232/i024_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a pintura de faixa de pedestres na Avenida Presidente Vargas, esquina com a Rua Visconde do Rio Branco. No local há clínicas e estabelecimentos comerciais e a faixa é necessária para maior segurança dos pedestres.</t>
   </si>
   <si>
     <t>15233</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15233/i025_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15233/i025_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a realização do recapeamento da Rua Olímpica, atendendo o Centro Olímpico, a Delegacia Seccional, a Polícia Científica, moradores e usuários em geral. No local ainda há necessidade de construção da calçada do Centro Olímpico “Professor Paulo Tahara”.</t>
   </si>
   <si>
     <t>15234</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15234/i026_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15234/i026_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a recuperação do asfalto das ruas Vendramim, Fernão Dias, Almirante Barroso, Gastão Vidigal e demais que necessitam do serviço na região da Vila Lucélia.</t>
   </si>
   <si>
     <t>15235</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15235/i027_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15235/i027_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam realizadas melhorias no Bairro Tonico André, como reforma do Centro Comunitário, melhor conservação da academia ao ar livre e recuperação do asfalto das diversas ruas.</t>
   </si>
   <si>
     <t>15236</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15236/i028_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15236/i028_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a realização de diversos serviços de limpeza no Bairro Iandara, como reativação do campo de futebol, ampliação da iluminação pública, instalação de academia ao ar livre, entre outros, atendendo pedidos dos moradores.</t>
   </si>
   <si>
     <t>15237</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15237/i029_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15237/i029_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam realizados estudos para a construção de galeria na Rua Marechal Rondon, entre as Avenidas Presidente Vargas e Presidente Roosevelt, pois o local apresenta alagamentos em períodos de chuvas.</t>
   </si>
   <si>
     <t>15238</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15238/i030_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15238/i030_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja implantado obstáculo redutor de velocidade na Rua Roberval de Almeida, próximo ao nº 206, no Bairro Frei Moacir I, pois os motoristas trafegam em alta velocidade, elevando o risco de ocorrerem acidentes.</t>
   </si>
   <si>
     <t>15239</t>
   </si>
   <si>
     <t>Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15239/i031_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15239/i031_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja construído um obstáculo redutor de velocidade na Rua Benedito Borges, no Jardim Itália, em frente à empresa do Sr. Pedro da Sucatolândia, pois a referida via foi recapeada e os motoristas têm trafegado como se fosse uma pista de corrida, podendo causar acidentes.</t>
   </si>
   <si>
     <t>15240</t>
   </si>
   <si>
     <t>Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15240/i032_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15240/i032_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito recapeamento asfáltico em toda a extensão da Rua Gumercindo Correa de Almeida Moraes, no Jardim Bortolato II, pois há muitos buracos na via, prejudicando o trânsito de veículos.</t>
   </si>
   <si>
     <t>15241</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15241/i033_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15241/i033_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja consertado o parquinho infantil do Jardim Bortolato II, para que as crianças possam voltar a desfrutar do local.</t>
   </si>
   <si>
     <t>15242</t>
   </si>
   <si>
     <t>Sara dos Santos Scarabelli Souza</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15242/i034_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15242/i034_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza do lote localizado na Rua Júlio Antonio Bragato, nº 72, no Bairro Frei Moacir III, pois o mato se encontra muito alto, podendo servir de criadouro para animais peçonhentos ou transmissores de doenças.</t>
   </si>
   <si>
     <t>15243</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15243/i035_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15243/i035_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize o serviço de perfilamento e recapeamento nas ruas do Bairro São Cristovão, visto que o asfalto está precário. De acordo com moradores, quando os veículos passam na rua as pedras voam nos portões das residências, causando transtorno e prejuízos materiais como: danificando vidros da residência, vidros de carros e outros danos. Os moradores ainda pedem que seja feito um serviço de qualidade, pois o referido bairro tem um grande fluxo de ciclistas e andar de bicicleta em algumas ruas é um transtorno devido aos buracos.</t>
   </si>
   <si>
     <t>15244</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15244/i036_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15244/i036_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize serviço de perfilamento e recapeamento asfáltico nas ruas do Jardim Bortolato e também do Jardim Itália. São várias ruas dos referidos bairros que necessitam do serviço.</t>
   </si>
   <si>
     <t>15245</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15245/i037_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15245/i037_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize serviço de recapeamento e perfilamento asfáltico nas ruas do Jardim Vera Cruz, visto que já faz um tempo que o serviço não é realizado.</t>
   </si>
   <si>
     <t>15246</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15246/i038_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15246/i038_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que contrate, através de licitação, uma clínica veterinária para fazer o exame de contraprova em caso de Leishmaniose.</t>
   </si>
   <si>
     <t>15247</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15247/i039_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15247/i039_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com a Secretaria de Agricultura e Meio Ambiente, que providencie a compra de sementes da planta Crotalária (Crotalaria junceae), uma vez que esta planta atrai libélulas, cujas larvas se alimentam das larvas do mosquito Aedes aegypti, acabando com aquele foco, assim como as libélulas adultas se alimentam de pequenos insetos como o mosquito transmissor da dengue, chikungunya e do vírus zika.</t>
   </si>
   <si>
     <t>15282</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15282/i040_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15282/i040_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que se faça um processo para reprodução de Araras Canindé em palmeiras em nosso município. Esperamos com esse ato incentivar crianças a proteger a natureza, com implantação de ninhos artificiais nesse tipo de árvore.</t>
   </si>
   <si>
     <t>15283</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15283/i041_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15283/i041_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado um ponto de ônibus na Rua dos Jequitibás, próximo ao cruzamento com a Alameda Bélgica, pois muitos idosos têm ficado expostos à chuva e ao sol quente ao aguardar pela passagem do ônibus.</t>
   </si>
   <si>
     <t>15284</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15284/i042_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15284/i042_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam instaladas mais lixeiras públicas no município, inclusive lixeiras específicas para separação de materiais recicláveis como papel, metal, entre outros, pois devido à falta de lixeiras alguns munícipes têm jogado lixo nas calçadas e vários outros têm solicitado providências.</t>
   </si>
   <si>
     <t>15285</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15285/i043_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15285/i043_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada iluminação pública e alterada a localização do parquinho e da academia ao ar livre da praça localizada entre a Rua Osvaldo Paulino dos Santos e a Rua Carlos Castro Branco, no Jardim Brasilândia, pois foram instalados próximo à esquina e os moradores se sentem inseguros devido à velocidade em que os carros passam pelo local.</t>
   </si>
   <si>
     <t>15286</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15286/i044_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15286/i044_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, em função da mudança da entidade responsável pelo estacionamento Zona Azul, que a futura associação responsável se comprometa a gerar empregos de fiscais na comunidade e também introduza a cobrança via aplicativo de celular.</t>
   </si>
   <si>
     <t>15287</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15287/i045_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15287/i045_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que agilize as providências para a aquisição de novos semáforos para Dracena e que no centro o sistema seja sincronizado agilizando o deslocamento dos veículos pelas avenidas.</t>
   </si>
   <si>
     <t>15288</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15288/i046_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15288/i046_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja criada uma comissão responsável por organizar e agendar apresentações artísticas na Praça Arthur Pagnozzi às quartas-feiras, no período noturno. Há diversos artistas que buscam espaço e apoio para mostrarem seu trabalho na praça central.</t>
   </si>
   <si>
     <t>15289</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15289/i047_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15289/i047_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que promova reunião com presidentes de clubes de serviços para organizar eventos e programar melhorias para as praças que levam os nomes do Rotary e do Lions.</t>
   </si>
   <si>
     <t>15290</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15290/i048_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15290/i048_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que se faça operação tapa buracos nas ruas do Jardim Santa Clara, Bairro São Francisco e Vila Barros, em especial na Rua Almirante Barroso.</t>
   </si>
   <si>
     <t>15291</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15291/i049_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15291/i049_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que instale um ponto de ônibus com cobertura na Avenida José Bonifácio, em frente à Igreja Matriz e ao lado do Supermercado Troyano. Usuários têm ficado expostos aos fenômenos climáticos como chuva e sol forte, sendo de conhecimento geral que a exposição à radiação ultravioleta pode levar ao desenvolvimento de câncer de pele.</t>
   </si>
   <si>
     <t>15292</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15292/i050_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15292/i050_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que vistorie os postes colocados nas esquinas para identificação dos nomes de ruas quanto ao acumulo de águas de chuvas. Alguns postes não possuem fechamento na parte superior e com a infiltração de águas de chuvas o Aedes aegypti têm se instalado.</t>
   </si>
   <si>
     <t>15293</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15293/i051_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15293/i051_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que estude a possibilidade de promover a pintura dos nomes das ruas nos postes de energia elétrica, desta forma ajudará na identificação dos nomes das vias. Uma vez que a Prefeitura não tem feito a manutenção e substituição das placas de identificação.</t>
   </si>
   <si>
     <t>15294</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15294/i052_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15294/i052_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que estude a possibilidade para a implantação de um Diário Oficial Eletrônico em nosso município, visto que dará mais publicidade e divulgação aos atos do Poder Executivo. No Diário Oficial Eletrônico seriam publicados atos administrativos, despachos, decisões administrativas, atos normativos, instruções, ordens de serviço, avisos, contratos, convênios, termos de fomento e de parceria, atas de audiências, chamamentos, editais, portarias, entre outros documentos, cuja publicação seja necessária em conformidade ao princípio da publicidade.</t>
   </si>
   <si>
     <t>15295</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15295/i053_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15295/i053_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize um estudo para dar mais transparência ao cidadão dos atos dos poderes públicos. O objetivo é registrar em áudio e vídeo, via internet, por meio de transmissão ao vivo em seus sites institucionais, de todos os processos licitatórios a serem realizados no município. É preciso criar mecanismos que possam ajudar o município a promover, ainda mais, os preceitos estabelecidos pela Lei da Transparência e de Acesso à Informação. A meta é possibilitar àsociedade um acompanhamento direto em relação à tramitação dos processos, verificando assim, em tempo real, se os dispositivos da Lei Federal nº 8.666/93 (Lei das Licitações) estão sendo cumpridos. Esta medida também possibilitará uma maior publicidade da gestão dos recursos públicos.</t>
   </si>
   <si>
     <t>15296</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15296/i054_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15296/i054_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza na área institucional da Prefeitura que fica no Bairro Sol Nascente. Pois os moradores pedem com urgência a limpeza.</t>
   </si>
   <si>
     <t>15297</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15297/i055_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15297/i055_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza na área verde do Bairro Santa Mônica. Pois os moradores pedem a limpeza com urgência.</t>
   </si>
   <si>
     <t>15319</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15319/i056_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15319/i056_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que se faça estudo para colocação de canalização da água que fica parada em frente à Escola Anglo-Cid. Quando ocorrem chuvas, há um local onde se acumula água e o escoamento demora a acontecer, atrapalhando o trânsito e aos pedestres que por ali passam.</t>
   </si>
   <si>
     <t>15320</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15320/i057_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15320/i057_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a poda de árvores do Centro Olímpico "Professor Paulo Tahara", principalmente as que prejudicam a iluminação pública pelo lado da Rua Olímpica. Indico ainda estudos para implantação de lâmpadas de LED em toda a extensão da Rua Olímpica.</t>
   </si>
   <si>
     <t>15321</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15321/i058_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15321/i058_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam instalados uma academia ao ar livre e um parquinho infantil "playground" no sistema de lazer localizado na Alameda Alemanha, esquina com a Alameda Suíça. Visando oferecer um local adequado aos moradores que desejam se exercitar e também uma opção de lazer às crianças da vizinhança.</t>
   </si>
   <si>
     <t>15322</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15322/i059_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15322/i059_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja realizado recapeamento ou perfilamento asfáltico na Rua dos Mognos, nas proximidades do nº 247, pois a via se encontra em péssimo estado, prejudicando o trânsito de veículos.</t>
   </si>
   <si>
     <t>15323</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15323/i060_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15323/i060_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja trocado o bebedouro da Praça Rotary e instalado um novo com três ou quatro torneiras, pois o atual bebedouro se encontra em péssimo estado e muitas pessoas se exercitam na referida praça, necessitando de um local adequado para se hidratarem.</t>
   </si>
   <si>
     <t>15324</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15324/i061_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15324/i061_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que se passe a máquina nas estradas do Bairro Iandara que se encontram intransitáveis devido às fortes chuvas que atingiram os bairros Iandara e Marrequinha.</t>
   </si>
   <si>
     <t>15325</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15325/i062_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15325/i062_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a realização de estudo para a volta da mão dupla no quarteirão da Rua Magid Zacarias, entre a Rua Monte Castelo e a Avenida José Bonifácio. Citada via tem importância na ligação com a região da Santa Casa e o Pronto Atendimento Municipal e a mão-única naquele quarteirão atrapalha o deslocamento dos usuários e moradores.</t>
   </si>
   <si>
     <t>15326</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15326/i063_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15326/i063_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine estudos para implantação de equipamentos básicos de segurança para liberação do Centro Comunitário na Área de Lazer “Marcos Dracena”, no Jardim Jussara. O salão necessita de extintores de incêndio e outras medidas próprias preventivas para liberação pelo Corpo de Bombeiros visando à realização de eventos pela comunidade local.</t>
   </si>
   <si>
     <t>15327</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15327/i064_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15327/i064_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada grade de proteção na passarela sobre a Rodovia Comandante João Ribeiro de Barros, ligando o Bairro Tonico André ao Bairro Metrópole, pois não há segurança nenhuma para os pedestres e já houve caso de queda no local. Indico ainda que seja instalada iluminação pública naquele local, pois os moradores se sentem inseguros ao transitar durante o período noturno.</t>
   </si>
   <si>
     <t>15328</t>
   </si>
   <si>
     <t>Higor Tossato</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15328/i065_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15328/i065_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita manutenção na Estrada Vicinal Marcelo Lorenzetti, que liga Dracena ao Distrito de Jaciporã, pois os moradores do Distrito necessitam da referida via para acessar o município.</t>
   </si>
   <si>
     <t>15369</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15369/i066_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15369/i066_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja implantado um obstáculo redutor de velocidade na Avenida Benedito Borges, entre os números 190 e 247, pois os motoristas trafegam em velocidade excessiva pelo local.</t>
   </si>
   <si>
     <t>15370</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15370/i067_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15370/i067_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza na área verde da localizada na Avenida Benedito Borges, em frente à Sucatolandia, pois o mato se encontra muito alto e há muita sujeira no local, podendo servir de habitat para animais e insetos peçonhentos ou transmissores de doenças.</t>
   </si>
   <si>
     <t>15371</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15371/i068_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15371/i068_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a recuperação das ruas da Vila Lucélia. O bairro todo está com asfalto bastante desgastado, prejudicando moradores e visitantes que trafegam por suas ruas.</t>
   </si>
   <si>
     <t>15372</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15372/i069_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15372/i069_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que, mesmo após a extinção da Empresa Municipal de Saúde, o nome do médico Carlos Osvaldo de Carvalho Poli permaneça na fachada do prédio, na Rua Virgílio Pagnozzi, nº 837, ou que seja planejada nova homenagem ao profissional que atuou na saúde local por muitos anos e foi vice-prefeito no período de 1983 a 1988.</t>
   </si>
   <si>
     <t>15373</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15373/i070_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15373/i070_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja implantado redutor de velocidade na Alameda Bélgica, entre as Ruas dos Jequitibás e das Imbuias, atendendo os moradores e usuários. E que seja recuperado ainda o “sarjetão” existente no local.</t>
   </si>
   <si>
     <t>15374</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15374/i071_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15374/i071_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que promova reunião com os dirigentes da Faculdade de Ciências Agrárias e Tecnológicas (Unesp de Dracena) para conhecimento dos planos de utilização de área adquirida pelo município para expansão do campus e da previsão de novos investimentos para a vinda de mais cursos para a unidade.</t>
   </si>
   <si>
     <t>15375</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Kielse Chiari Munis</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15375/i072_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15375/i072_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize estudo visando que em áreas verdes de novos loteamentos seja obrigatório o plantio de 40 a 50% de árvores frutíferas.</t>
   </si>
   <si>
     <t>15376</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15376/i073_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15376/i073_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que possibilite que áreas verdes institucionais possam abrigar programas habitacionais em nosso município, conforme emenda a Constituição do Estado de São Paulo, recentemente aprovada na Assembleia Legislativa de São Paulo.</t>
   </si>
   <si>
     <t>15399</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15399/i074_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15399/i074_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado um parque infantil do tipo "playground" ao lado da creche Cantiga de Ninar, onde já existe uma academia ao ar livre e um campo de futebol. Tal medida beneficiará as crianças da região, proporcionando um espaço adequado para lazer. Indicamos ainda a instalação de iluminação na referida academia ao ar livre para que os moradores possam utilizá-la também no período noturno.</t>
   </si>
   <si>
     <t>15400</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15400/i075_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15400/i075_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito estudo na Rua Regência para instalação de obstáculo redutor de velocidade, pois os motoristas trafegam em alta velocidade, podendo causar acidentes.</t>
   </si>
   <si>
     <t>15401</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15401/i076_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15401/i076_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado parque infantil do tipo "playground" ao lado da academia ao ar livre do Bairro São Carlos, ou em outro local viável, visando proporcionar um local de lazer adequado às crianças daquela região.</t>
   </si>
   <si>
     <t>15402</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15402/i077_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15402/i077_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada iluminação na área verde da Rua Falcão Pelegrino, no Bairro Emílio Zanatta, uma vez que o local é muito escuro, podendo facilitar a prática de atos ilícitos e causando temor aos moradores.</t>
   </si>
   <si>
     <t>15403</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15403/i078_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15403/i078_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita manutenção e limpeza do mato existente no parque do Jardim Bortolato III. Têm ocorrido muitas reclamações dos moradores, já que o mato pode servir de esconderijo para animais peçonhentos e transmissores de doenças.</t>
   </si>
   <si>
     <t>15404</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15404/i079_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15404/i079_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam distribuídas à população sementes da planta Crotalária juncea para o combate ao mosquito Aedes aegypti, já que ela é considerada um repelente natural do Aedes, pois, em sua fase adulta, atrai a libélula, inseto que se alimenta das larvas do mosquito transmissor da dengue. Além disso, o inseto também deposita seus ovos na água parada, assim como o Aedes, e quando os ovos da libélula eclodem, as larvas se alimentam das larvas do Aedes.</t>
   </si>
   <si>
     <t>15405</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15405/i080_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15405/i080_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com a Secretaria de Assuntos Viários, a pintura de sinalização em locais que passaram por recapeamento, tais como Rua Monte Castelo e Rua Bolívia, entre outras.</t>
   </si>
   <si>
     <t>15406</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15406/i081_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15406/i081_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que faça levantamento sobre os bairros que ainda não contam com academia ao ar livre e parque infantil para o planejamento da destinação de recursos para esta finalidade.</t>
   </si>
   <si>
     <t>15407</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15407/i082_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15407/i082_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a instalação de academia ao ar livre e parque infantil na área entre o Jardim Kennedy e o Jardim Éden, que recentemente passou por urbanização e conta com maior número de frequentadores para lazer e atividades físicas.</t>
   </si>
   <si>
     <t>15408</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15408/i083_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15408/i083_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize perfilamento e recapeamento asfáltico nas ruas do Palmeiras, visto que há muito tempo é necessário o serviço. Diversas ruas estão com vários buracos e os moradores pedem o serviço com urgência.</t>
   </si>
   <si>
     <t>15409</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15409/i084_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15409/i084_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize perfilamento e recapeamento asfáltico nas ruas da Vila Barros. A maioria das ruas está com vários buracos no asfalto. Empresários e moradores da região pedem o serviço com urgência.</t>
   </si>
   <si>
     <t>15410</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15410/i085_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15410/i085_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que instale com urgência o alambrado do campo do Bairro Parque Dracena. Visto que esse vereador disponibilizou uma emenda no valor de R$ 10.500,00 (dez mil e quinhentos reais) e até o presente momento a Prefeitura e o setor competente não realizaram o serviço. Diversas pessoas querem saber onde está o dinheiro, inclusive este vereador que subscreve essa indicação.</t>
   </si>
   <si>
     <t>15411</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15411/i086_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15411/i086_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que instale com urgência os vidros no Centro Comunitário do Parque Dracena. Este vereador ainda quer saber os motivos do descaso do Senhor Prefeito em não atender aquela comunidade, pois já foram diversas indicações e requerimentos para os setores competentes e até o presente momento nada foi feito.</t>
   </si>
   <si>
     <t>15412</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15412/i087_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15412/i087_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que instale com urgência lombadas nas três ruas do Bairro Parque Dracena, que já foram pedidas diversas vezes por indicações e requerimentos feitos por este vereador aos setores competentes. Este vereador ainda quer saber os motivos do descaso do Senhor Prefeito em não atender aquela comunidade.</t>
   </si>
   <si>
     <t>15413</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15413/i088_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15413/i088_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que coloque a disposição na Rede Municipal de Educação, em todas as salas de aula das escolas e creches da rede municipal de ensino, recipientes com álcool gel. Pois a melhor maneira de combater as doenças infectocontagiosas é a prevenção. Com o intuito de evitar doenças que surgem nesta época do ano em que as crianças são as mais atingidas, bem como outras doenças que sejam transmitidas pelo ar, faz-se necessária a disponibilização de álcool gel em cada sala de aula. Tal medida visa inibir os vírus transmissores dessas doenças com a higienização e conscientização dos alunos que deverão ser orientados a fazerem o uso do mesmo.</t>
   </si>
   <si>
     <t>15414</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15414/i089_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15414/i089_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito recapeamento asfáltico na Rua Professor Waldomiro Gatto, pois tem ocorrido reclamações de moradores, devido ao asfalto se encontrar desgastado.</t>
   </si>
   <si>
     <t>15438</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15438/i090_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15438/i090_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado um braço de luz na Rua Rosa Roque Curcio, esquina com a Rua José Pavim, no Jardim Bela Vista, pois a falta de iluminação pública facilita a prática de atos ilícitos e causa temor aos moradores.</t>
   </si>
   <si>
     <t>15439</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15439/i091_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15439/i091_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado um braço de luz na Rua Maracaju, altura do nº 768, pois a iluminação pública deficiente facilita a prática de atos ilícitos e causa temor aos moradores.</t>
   </si>
   <si>
     <t>15440</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15440/i092_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15440/i092_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito reparo nas canaletas de escoamento de água na Rua Venezuela, cruzamento com a Rua Argentina, pois se encontram danificadas, prejudicando o escoamento.</t>
   </si>
   <si>
     <t>15441</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15441/i093_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15441/i093_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja implantado um obstáculo redutor de velocidade na Rua São Paulo, próximo ao nº 1253, pois muitos motoristas desrespeitam o limite de velocidade da via, podendo causar acidentes.</t>
   </si>
   <si>
     <t>15442</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15442/i094_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15442/i094_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a recuperação do asfalto das ruas do Conjunto Paulo Vendramim II e do Bairro Nossa Senhora Aparecida, bem como das ruas próximas do Estádio Raimundão, no Jardim Brasilândia, e Área de Lazer “Dr. Luís Carlos Siste”.</t>
   </si>
   <si>
     <t>15443</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15443/i095_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15443/i095_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a retirada de postes com ou sem padrão de energia que não estão sendo mais utilizados em praças públicas. Alguns postes foram utilizados por treilers de lanches ou outros tipos de serviços com atividades suspensas.</t>
   </si>
   <si>
     <t>15444</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15444/i096_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15444/i096_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam colocadas caçambas no Bairro Iandara para a retirada de entulhos, podas de árvores e materiais das residências em geral, atendendo pedido dos moradores.</t>
   </si>
   <si>
     <t>15445</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Célio Antonio Ferregutti</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15445/i097_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15445/i097_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que se coloque uma placa de advertência no pontilhão da Avenida Expedicionários, além da placa já existente que especifica a altura máxima, para que motoristas de caminhão e ônibus se atentem à altura do pontilhão. Pois alguns motoristas, especialmente os que vêm de outro município e que não conhecem bem a cidade, não se atentam para a altura máxima e acabam colidindo com o pontilhão.</t>
   </si>
   <si>
     <t>15446</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15446/i098_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15446/i098_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que a piscina do Centro Social Urbano (CSU) é utilizada pelas crianças assistidas no Projeto Criança Feliz/Mudarte de Dracena; considerando que nos bairros no entorno do CSU há muitos idosos e jovens que não podem utilizar a piscina para lazer ou prática de exercícios físicos, como natação ou hidroginástica; Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude, junto ao setor competente, a possibilidade de se fazer uma parceria junto a Secretaria Municipal de Esportes a fim de abrir espaço para que a população em geral também possa utilizar a piscina para prática de exercícios físicos, como natação e hidroginástica, em horários diversos ao utilizado pelo Projeto Criança Feliz.</t>
   </si>
   <si>
     <t>15447</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15447/i099_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15447/i099_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o proprietário da residência, desocupada, localizada na Rua Aldo Fumagalli, nº 198, próximo ao Condomínio Residencial Florença, a fim de que seja efetuada poda de árvores e limpeza do local, visto que vizinhos reclamam da sujeira contribuindo com o aparecimento de insetos e animais peçonhentos. É bom lembrar que com base na Lei Complementar n.º 50 - Código de Posturas - na SEÇÃO III - DA LIMPEZA E CONSERVAÇÃO - Artigo 23 - Os terrenos, edificados ou não, situados nas áreas urbana e de expansão urbana do Município deverão ser, obrigatoriamente, mantidos limpos, capinados e isentos de quaisquer materiais nocivos à vizinhança e à coletividade.</t>
   </si>
   <si>
     <t>15448</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15448/i100_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15448/i100_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita pintura de faixa de pedestres em frente à Paróquia São Francisco de Assis, localizada na Rua Dom Pedro, nº 1710. Visando que os motoristas fiquem mais atentos, pois o local apresenta grande fluxo de pessoas, devido às missas e à catequese.</t>
   </si>
   <si>
     <t>15449</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15449/i101_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15449/i101_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que elabore um decreto de medidas emergenciais proibindo a entrada e permanência no município de visitantes que por ventura venham a se hospedarem em hotéis, pensões e outros estabelecimentos da cidade com o intuito de realizar visitas nas penitenciárias do município. A medida também terá como objetivo suspender a entrada de ônibus e outros veículos que fazem o transporte destes visitantes. A finalidade é de manter afastado o risco iminente da doença COVID-19, a ser importada ao Município, além de evitar que haja uma sobrecarga incontrolável de atendimento no Sistema Municipal de Saúde.</t>
   </si>
   <si>
     <t>15450</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15450/i102_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15450/i102_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que faça a aquisição de álcool em gel para disponibilizá-lo aos servidores, para higienização de suas mãos. A aquisição do material é uma das medidas preventivas contra o novo coronavírus.</t>
   </si>
   <si>
     <t>15451</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15451/i103_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15451/i103_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que diante da pandemia da Covid-19, a população brasileira recebeu diversas recomendações para conter a disseminação do vírus, entre elas evitar a aglomeração de pessoas. Contudo, a medida não foi “obedecida” por integrantes de um dos grupos de maior risco: os idosos. Considerando que na Praça Arthur Pagnozzi, no Centro, em Dracena, a concentração deste público é ainda intensa e assim continuou. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que estude a possibilidade de determinar a interdição do espaço e de colocar fiscais no local, alertando esse público sobre o risco. O objetivo é evitar a aglomeração deste público vulnerável ao contágio do novo coronavírus.</t>
   </si>
   <si>
     <t>15452</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15452/i104_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15452/i104_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que estude a possibilidade de afastar os colaboradores que fazem parte do grupo de risco, medida que várias prefeituras estão tomando em relação aos vários casos da Pandemia. Sendo que este pedido segue as normas da OMS.</t>
   </si>
   <si>
     <t>15453</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Maria Mateus</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15453/i105_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15453/i105_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que não deixe de fazer o pagamento do cartão alimentação dos servidores, pois os mesmos estão muito preocupados, devido às consequências da pandemia de corona vírus. Pois esta vereadora foi procurada por vários servidores municipais que manifestaram a sua preocupação.</t>
   </si>
   <si>
     <t>15462</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15462/i106_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15462/i106_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado um obstáculo redutor de velocidade na Avenida Municipal, próximo ao campo de futebol, assim como na Rua dos Oitis e na Rua dos Ipês, no bairro Parque Dracena.</t>
   </si>
   <si>
     <t>15463</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15463/i107_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15463/i107_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a recuperação do “sarjetão” na Rua Monte Castelo, esquina com a Rua Antonio Rodrigues de Barros. O local passou por recapeamento e há reclamações que o “sarjetão” inadequado vem sendo atingido por veículos que passam por aquele trecho.</t>
   </si>
   <si>
     <t>15464</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15464/i108_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15464/i108_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que a Secretaria de Saúde amplie as estratégias para vacinação dos idosos contra a gripe, adotando pontos diversos como postos de imunização e até o atendimento deste público dentro de seus próprios veículos.</t>
   </si>
   <si>
     <t>15465</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15465/i109_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15465/i109_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a construção de “sarjetão” na Rua Adolfo Cavalhieri, esquina com a Rua Ipiranga, local que constantemente apresenta buracos no asfalto.</t>
   </si>
   <si>
     <t>15466</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15466/i110_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15466/i110_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine à Secretaria de Agricultura que entre em contato com o Sindicato dos Trabalhadores Rurais e feirantes para orientá-los sobre formas possíveis de comercializarem seus produtos durante a suspensão das feiras-livres. Uma forma possível é através da barraca pegue e pague, que não exige a presença do feirante no local.</t>
   </si>
   <si>
     <t>15467</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15467/i111_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15467/i111_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito estudo para ampliar as vagas de estacionamento de motos na região do Banco Santander, pois nas proximidades foi aberta uma empresa de moto táxi, que tem ocupado várias vagas do estacionamento existente no local, diminuindo a quantidade de vagas disponíveis para as pessoas que se dirigem ao comércio.</t>
   </si>
   <si>
     <t>15468</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15468/i112_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15468/i112_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sendo o cartão alimentação por dias trabalhados, quando o professor substitui outro professor efetivo ou contratado, este substituído deixará de receber o cartão alimentação e nessa situação poderia ser pago para aquele profissional que está substituindo, tendo em vista que o cartão é por dias trabalhados.</t>
   </si>
   <si>
     <t>15469</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15469/i113_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15469/i113_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que faça a adesão ao programa "O Brasil Conta Comigo", voltado aos alunos dos cursos da área de saúde, com o objetivo de otimizar a disponibilização de serviços de saúde no âmbito do Sistema Único de Saúde (SUS) para contenção da pandemia do coronavírus COVID-19.</t>
   </si>
   <si>
     <t>15470</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15470/i114_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15470/i114_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que promova campanha para acabar com a corrupção, a exemplo da campanha feita na cidade de Pompéia.</t>
   </si>
   <si>
     <t>15471</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15471/i115_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15471/i115_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita uma nebulização urgentemente no Bairro São Francisco, assim como em toda a cidade, pois tem havido muitos casos de dengue, afetando a saúde de muitos moradores.</t>
   </si>
   <si>
     <t>15472</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15472/i116_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15472/i116_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que agilize as providências para a realização dos serviços de recuperação do asfalto das vias do Jardim das Palmeiras e outros bairros. Há, ainda, muitos setores aguardando o perfilamento asfáltico.</t>
   </si>
   <si>
     <t>15473</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15473/i117_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15473/i117_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com as entidades para reorganização do calendário de eventos de 2020, visando a maior divulgação das promoções que serão realizados para arrecadação de recursos para cada grupo.</t>
   </si>
   <si>
     <t>15474</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15474/i118_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15474/i118_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a realização de operação tapa-buracos na Estrada Vicinal João Araújo, que dá acesso a Aeroporto Muliterno, bem como a limpeza das laterais, que apresentam plásticos que caíram dos veículos que se dirigem ao aterro sanitário e usina de reciclagem de materiais.</t>
   </si>
   <si>
     <t>15481</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15481/i119_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15481/i119_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza, com urgência, da área verde existente na Vila Itália, onde funcionava o "Gatio Recanto Felino" de Dracena. No local há muito entulho acumulado e também animais peçonhentos.</t>
   </si>
   <si>
     <t>15482</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15482/i120_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15482/i120_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza das áreas verdes do município que necessitam de atenção. Algumas delas estão com muito mato, o que facilita o aparecimento de insetos.</t>
   </si>
   <si>
     <t>15483</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15483/i121_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15483/i121_2020.pdf</t>
   </si>
   <si>
     <t>Considerando a situação mundial em relação ao novo coronavírus (COVID-19), classificada como pandemia; considerando os decretos estadual e municipal determinando que comércios fiquem fechados com isolamento social da população; considerando que as medidas de isolamento social em nossa cidade certamente trarão desemprego e negativas consequências econômicas em nossos munícipes; considerando que a população de Dracena está se unindo em várias campanhas para angariar materiais de limpeza e alimentos para doações às pessoas mais necessitadas do nosso município; considerando que nós, políticos, somos representantes do povo; Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que reduza por noventa dias o seu próprio subsídio e do Vice-Prefeito no percentual de 50%, destinando esses recursos às ações de saúde e sociais de nosso município relacionadas com a pandemia de coronavírus (COVID-19).</t>
   </si>
   <si>
     <t>15484</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15484/i122_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15484/i122_2020.pdf</t>
   </si>
   <si>
     <t>Considerando a situação mundial em relação ao novo coronavírus (COVID-19), classificada como pandemia; considerando os decretos estadual e municipal determinando que comércios fiquem fechados com isolamento social da população; considerando que as medidas de isolamento social em nossa cidade certamente trarão desemprego e negativas consequências econômicas em nossos munícipes; considerando que a população de Dracena está se unindo em várias campanhas para angariar materiais de limpeza e alimentos para doações às pessoas mais necessitadas do nosso município; considerando que nós, vereadores, como representantes do povo já contribuímos, mas o momento exige mais atenção e nós devemos abraçar a causa. Indico ao Sr. Presidente da Câmara e peço apoio de todos os vereadores, de acordo com o Regimento Interno dessa egrégia Casa de Leis, para que nós, juntos, possamos reduzir por noventa dias os nossos subsídios legislativos no percentual de 50%, destinando esses recursos às ações de saúde e sociais do nosso município relacionadas com a pandemia de coronavírus (COVID-19).</t>
   </si>
   <si>
     <t>15485</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15485/i123_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15485/i123_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Presidente da Câmara e peço apoio de todos os vereadores, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que após o término da quarentena, dia 22 de abril, sejam montados postos de vacinação contra a gripe para idosos no Centro de Saúde e demais unidades nos bairros, visando agilizar o atendimento dos interessados.</t>
   </si>
   <si>
     <t>15486</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15486/i124_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15486/i124_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Presidente da Câmara e peço apoio de todos os vereadores, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que o Centro de Saúde passe a disponibilizar mais linhas telefônicas para informações ao público, bem como um número de WhatsApp com a mesma finalidade.</t>
   </si>
   <si>
     <t>15487</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15487/i125_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15487/i125_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Presidente da Câmara e peço apoio de todos os vereadores, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja disponibilizado um telefone com a presença de psicólogos para orientação de pessoas que necessitem de apoio de profissionais em função do isolamento adotado durante a pandemia de Covid-19.</t>
   </si>
   <si>
     <t>15488</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15488/i126_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15488/i126_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Presidente da Câmara e peço apoio de todos os vereadores, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que, em função do grande número de casos de dengue, seja realizado um novo mutirão de limpeza na cidade e nos distritos de Jamaica e Jaciporã e Bairro Iandara, bem como que se intensifique a aplicação de veneno em todos os locais possíveis para combater o mosquito transmissor.</t>
   </si>
   <si>
     <t>15498</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15498/i127_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15498/i127_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a troca das lâmpadas queimadas na pista de caminhada paralela à linha férrea, na região central da cidade, pois a iluminação pública deficiente causa insegurança aos moradores.</t>
   </si>
   <si>
     <t>15499</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15499/i128_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15499/i128_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam consertados os dois buracos existentes na beirada da guia de sarjeta na Rua Ana Neri, cruzamento com a Avenida Rui Barbosa, pois estão colocando em risco tanto os pedestres quanto os motoristas que trafegam pela via.</t>
   </si>
   <si>
     <t>15500</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15500/i129_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15500/i129_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que se faça operação tapa buracos na Rua Tenente Antero Contrera, esquina com a Rua Anita Garibaldi. Consta que há vários buracos e os usuários da via têm reclamado, existindo ainda o risco de motoqueiros sofrerem acidentes naquele local.</t>
   </si>
   <si>
     <t>15501</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15501/i130_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15501/i130_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Provedor da Santa Casa de Dracena, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que os R$ 150.000,00 (cento e cinquenta mil reais) destinados pela Deputada Estadual Carla Morando, através de pedido feito por este Vereador, sejam utilizados para a compra de dois ventiladores respirados, uma máquina de hemodiálise, para ser usada nos pacientes que necessitem dializar quando internados no ambiente de UTI, e na compra de equipamentos de proteção individual para os funcionários.</t>
   </si>
   <si>
     <t>15502</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15502/i131_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15502/i131_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja estudada a possibilidade de se utilizar as máquinas de costura que estão no Cedrac para a confecção de máscaras, com mão de obra voluntária e a busca de doação de tecido. Pode ser feita uma campanha nas redes sociais para que costureiras se prontifiquem a confeccionar as máscaras, doando um pouco do tempo para tanto.</t>
   </si>
   <si>
     <t>15503</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15503/i132_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15503/i132_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a instalação de placas com nomes de ruas em bairros recentemente inaugurados e cujas denominações de vias foram aprovadas na Câmara Municipal.</t>
   </si>
   <si>
     <t>15504</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15504/i133_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15504/i133_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que para o segundo semestre seja organizada uma competição regional para equipes da melhor idade, com a participação de várias cidades, para suprir a falta neste ano dos Jogos da Melhor Idade em função da pandemia de coronavírus.</t>
   </si>
   <si>
     <t>15505</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15505/i134_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15505/i134_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a limpeza dos terrenos e acessos ao Distrito Industrial localizado no início da Estrada Marcelo Basso e imediações do Residencial São Paulo. O local passa a contar com acesso asfaltado e merece melhorias para incentivar as empresas instaladas e construção de novas firmas que receberam terrenos da administração.</t>
   </si>
   <si>
     <t>15506</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15506/i135_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15506/i135_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com os deputados mais votados em Dracena para que destinem emendas parlamentares ao município e à Santa Casa visando a conquista de maior estrutura para enfrentamento da pandemia de coronavírus.</t>
   </si>
   <si>
     <t>15507</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15507/i136_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15507/i136_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja organizada a volta da Campanha do Agasalho em 2020, com a participação do Fundo Social, secretarias municipais, Tiro de Guerra, Polícia Civil, Polícia Militar, clubes de serviços, lojas maçônicas, igrejas e voluntários em geral para destinação das doações para famílias necessitadas. Fica a sugestão também que se arrecade gêneros alimentícios não perecíveis para famílias de desempregados por conta da pandemia de coronavírus e entidades em geral.</t>
   </si>
   <si>
     <t>15508</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15508/i137_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15508/i137_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a urgente aquisição de Equipamentos de Proteção Individual (EPIs) para os profissionais da rede municipal de saúde, por conta do combate à propagação da Covid-19. A medida é para os profissionais que trabalham em hospitais e Prontos Atendimentos (PAs), Unidades de Pronto Atendimento (UPAs), Unidades Básicas de Saúde (UBSs) e Estratégias Saúde da Família (ESFs). A exposição ao risco para sua saúde é rotineira, que aumenta o grau de insalubridade diante da pandemia causada pela Covid-19.</t>
   </si>
   <si>
     <t>15509</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15509/i138_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15509/i138_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que estude a possibilidade da regulamentação de gratificações e adicionais, como insalubridade, penosidade, periculosidade para os ambulanceiros. A situação do condutor de ambulância no município está caótica. A lei federal que regulamentou a categoria exige uma série de capacitações do condutor e, em contrapartida, garante alguns benefícios, os quais foram cortados. Queremos, pelo menos, o retorno da gratificação de penosidade, insalubridade, periculosidade e aumento do data-base. Alguns motoristas pedem ainda 40 % de insalubridade.</t>
   </si>
   <si>
     <t>15510</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15510/i139_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15510/i139_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada uma lixeira na praça localizada entre a Alameda Alemanha e Alameda Bélgica, próximo ao Jesus Materiais de Construção.</t>
   </si>
   <si>
     <t>15511</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15511/i140_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15511/i140_2020.pdf</t>
   </si>
   <si>
     <t>Indico a administração pública municipal, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que crie uma comissão de vereadores, seguindo as recomendações sanitárias e científicas de proteção contra o coronavírus, comissão esta com a missão de acompanhar todas as compras realizadas neste período de pandemia coronavírus, com o intuito de conter qualquer tentativa de preços abusivos praticados por comerciantes e empresários aproveitando-se do período e a facilitação por conta da lei.</t>
   </si>
   <si>
     <t>15529</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15529/i141_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15529/i141_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com a Secretaria competente, que façam a instalação e o conserto das lixeiras que estão na esquina entre a Avenida Presidente Vargas e Rua Monte Castelo, em frente ao estabelecimento "Zé do Lanche", inclusive, se necessário, fazendo a adequação do local onde se encontram, pois aos estarem cheias de dejetos e demais lixos orgânicos têm causado mal estar aos usuários daquele local, sendo necessária a melhoria para o bem estar dos frequentadores daquele local.</t>
   </si>
   <si>
     <t>15530</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15530/i_142_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15530/i_142_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada uma academia ao ar livre na praça da Vila Itália, onde funcionava o Recanto Felino, visando proporcionar um local adequado para que os moradores possam se exercitar.</t>
   </si>
   <si>
     <t>15531</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15531/i_143_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15531/i_143_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja consertado o bueiro localizado no cruzamento da Rua Vicentina Falvo Parra com a Rua Professor Félix Alguz, no Jardim Bortolato II, pois o mesmo se encontra, inclusive, com a tampa quebrada.</t>
   </si>
   <si>
     <t>15532</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15532/i_144_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15532/i_144_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que mobilize lideranças e representantes de Dracena e região para contribuírem com informações e sugestões ao projeto de concessão dos aeroportos, junto ao Daesp e à Artesp. Haverá audiência pública, com transmissão pela Internet, no dia 12 de maio, às 15 horas, sendo que Dracena precisa se mobilizar para a conquista de vôos comerciais para o Aeroporto Estadual Muliterno.</t>
   </si>
   <si>
     <t>15533</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15533/i_145_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15533/i_145_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o Consórcio Infraestrutura Brasil para que disponibilize vagas para Dracena em função da futura operação das rodovias do Lote Piracicaba - Panorama.</t>
   </si>
   <si>
     <t>15534</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15534/i_146_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15534/i_146_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a realização de campanha de conscientização em lotéricas, bancos e supermercados para que as pessoas evitem aglomerações, mantenham distanciamento na fila, utilizem máscaras e álcool em gel e tomem todos os cuidados para evitar a transmissão do coronavírus. Ainda, que o setor de fiscalização da Prefeitura faça visitas a estes estabelecimentos para as orientações cabíveis neste momento.</t>
   </si>
   <si>
     <t>15535</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15535/i_147_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15535/i_147_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que retome o mais rápido possível o programa de recuperação de vias de Dracena, através do perfilamento asfáltico, levando em conta que vários bairros necessitam do serviço.</t>
   </si>
   <si>
     <t>15536</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15536/i_148_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15536/i_148_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a associação de feirantes para a organização de uma feira-livre drive thru, tendo como exemplo bem sucedido a promoção da cidade de Bebedouro.</t>
   </si>
   <si>
     <t>15537</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15537/i_149_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15537/i_149_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude a possibilidade de se estender aos servidores da Secretaria de Agricultura, que trabalham na limpeza da cidade, a gratificação dada aos servidores da saúde. Os servidores que atuam na limpeza púbica realizam serviços de excepcional importância.</t>
   </si>
   <si>
     <t>15538</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15538/i_150_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15538/i_150_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude a possibilidade de instalar aparelhos para uma academia ao ar livre no Bairro Iandara, a exemplo do que foi feito em outros bairros da cidade.</t>
   </si>
   <si>
     <t>15539</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15539/i_151_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15539/i_151_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que faça uma vala de captação de águas pluviais na Rua Januário Bonito, esquina com a Marechal Deodoro da Fonseca. No local, devido ao acúmulo de água, pode haver a proliferação de insetos, como o mosquito da dengue.</t>
   </si>
   <si>
     <t>15540</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15540/i_152_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15540/i_152_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de desinfecção de áreas públicas com hipoclorito, constantemente. Em especial no entorno de todos os prédios de saúde, conforme o recomendável.</t>
   </si>
   <si>
     <t>15565</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15565/153.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15565/153.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente o conserto e a instalação de novas lixeiras na esquina da Avenida Presidente Vargas com a Rua Monte Castelo, em frente ao estabelecimento "Zé do Lanche" inclusive, se necessário, adequar o local onde se encontram, pois quando estão cheias de dejetos e demais lixos orgânicos têm causado mal estar aos usuários daquele local.</t>
   </si>
   <si>
     <t>15566</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15566/154.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15566/154.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude, juntamente com a Secretária Municipal de Assistência Social, a possibilidade de designar funcionários da equipe da secretaria, técnicos do Cadastro Único, ou outros profissionais do setor, para dar suporte às pessoas que tiverem dificuldades de efetuar o cadastro para o recebimento do auxílio emergencial de R$600,00 concedido pelo governo Federal, disponibilizando a esses funcionários acesso à Internet para tanto. Isto, pois é de conhecimento de todos que muitas das pessoas beneficiadas têm dificuldades com o manuseio do aplicativo disponibilizado pela Caixa Econômica Federal e muitas vezes nem ao menos têm acesso à Internet. As orientações necessárias a essas pessoas poderiam ser passadas por telefone e se não fosse solucionada a dúvida, poderia ser agendado horário de atendimento, para evitar aglomerações. Muito embora, a solicitação do Auxílio Emergencial deve ser feita diretamente pelos canais oficiais da Caixa, prefeituras de alguns municípios vêm orientando, através da Secretaria Municipal de Assistência, Desenvolvimento Social, aquelas pessoas que têm mais dificuldades, ou mesmo não tem acesso à internet, computador ou celular. O que se tem percebido é que apesar de toda a orientação no sentido de que as pessoas não se desloquem de suas residências para efetuarem o cadastro, para não haver aglomeração, muitas filas estão se formando diante do Caixa, o que coloca todos em risco e dificulta sobremaneira o trabalho da agência bancária, cujos funcionários tudo têm feito para atender a população necessitada.</t>
   </si>
   <si>
     <t>15567</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15567/155.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15567/155.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a pintura do obstáculo/redutor de velocidade localizado na Rua Visconde do Rio Branco, próximo ao numero 1414, para mais segurança no local, de grande movimento de veículos.</t>
   </si>
   <si>
     <t>15568</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15568/156.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15568/156.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa buracos na Rua Anália Franco, no trecho compreendido entre as Rua Edson da Silveira Campos e Rua Irradiação, onde se observa muitos buracos causando transtornos aos motoristas e transeuntes. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa buracos na Rua Anália Franco, no trecho compreendido entre as Rua Edson da Silveira Campos e Rua Irradiação, onde se observa muitos buracos causando transtornos aos motoristas e transeuntes.</t>
   </si>
   <si>
     <t>15569</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15569/157.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15569/157.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa buracos na Rua Januário Bonito, no trecho compreendido entre as Ruas Stélio Machado Loureiro e Irradiação, onde se observa muitos buracos, causando transtornos aos motoristas e transeuntes. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa buracos na Rua Januário Bonito, no trecho compreendido entre as Ruas Stélio Machado Loureiro e Irradiação, onde se observa muitos buracos, causando transtornos aos motoristas e transeuntes.</t>
   </si>
   <si>
     <t>15570</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15570/158.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15570/158.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a capinação e limpeza do terreno da “Unidade Básica de Saúde Dr. Luiz Alencar de Moraes”, localizada na Rua Moacyr de Azevedo Nogueira, n.º 10, no Bairro Frei Moacir II. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a capinação e limpeza do terreno da “Unidade Básica de Saúde Dr. Luiz Alencar de Moraes”, localizada na Rua Moacyr de Azevedo Nogueira, n.º 10, no Bairro Frei Moacir II.</t>
   </si>
   <si>
     <t>15571</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15571/159.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15571/159.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que envie ofício ao DER para implantação de placas nas rotatórias e trevos de Dracena, que receberam nomes por iniciativa de projetos do deputado Reinaldo Alguz. Através da Lei nº 13.501 a rotatória no quilômetro 647 mais 470 metros recebeu o nome de Dom Marcelino Correr. E pela Lei nº 13.502 a rotatória no quilômetro 646 mais 300 metros leva o nome do Dr. Pedro Bocca Netto.</t>
   </si>
   <si>
     <t>15572</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15572/160.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15572/160.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que ao final da quarentena ocorram reuniões com diversos segmentos, tais como comércio, entidades, sindicatos, prestadores de serviços e outros para a elaboração de estratégias visando a recuperação econômica, através de plataformas de divulgações de produtos e serviços para informação à comunidade local e regional. Indico que a Prefeitura elabore campanhas de divulgação para incentivar os dracenenses a prestigiarem os segmentos locais visando sua recuperação financeira.</t>
   </si>
   <si>
     <t>15573</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15573/161.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15573/161.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a reorganização da relação de nomes de podadores de árvores, com a necessária capacitação através de cursos, para informação à comunidade sobre os profissionais que receberam orientações quanto aos serviços corretos no segmento de arborização.</t>
   </si>
   <si>
     <t>15574</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15574/162.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15574/162.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que divulgue para a comunidade as informações atualizadas sobre o andamento dos projetos de recuperação da Praça Manoel Gomes Gonçalves e Teatro Maestro Aécio de Féo Flora, bem como os recursos disponíveis para investimento e processos licitatórios.</t>
   </si>
   <si>
     <t>15575</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15575/163.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15575/163.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa-buracos na Rua Perobas, diante do numero 236, beirando a sarjeta, onde existe uma buraco no solo asfáltico e com as ultimas chuvas o buraco aumentou muito, atrapalhando a entrada e saída de veiculo da residência.</t>
   </si>
   <si>
     <t>15576</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15576/164.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15576/164.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a substituição das lâmpadas queimadas no sistema de lazer existente entre a Alameda Suíça e Alemanha. A medida contribuirá com a segurança de todos.</t>
   </si>
   <si>
     <t>15577</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15577/165.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15577/165.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a recuperação do trecho localizado na Rua Euclides de Cunha, entre as Ruas Tiradentes e Marechal Rondon, onde existe um grande buraco próximo àsarjeta, podendo causar acidente aos transeuntes.</t>
   </si>
   <si>
     <t>15578</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Cláudio José Pasqualeto, Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15578/i166_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15578/i166_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude, junto ao setor competente, a possibilidade do município adquirir máscaras faciais para toda população dracenense. A medida contribuirá sobremaneira com a segurança e saúde pública de todos os munícipes em época de pandemia, especialmente agora que o uso de máscaras é obrigatório.</t>
   </si>
   <si>
     <t>15579</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15579/i167_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15579/i167_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a pintura de faixas no solo por toda extensão da Avenida Washington Luiz, que já estão apagadas. A medida é uma reivindicação dos usuários da via que estão preocupados com a segurança de todos, quer seja motoristas ou pedestres.</t>
   </si>
   <si>
     <t>15580</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15580/i168_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15580/i168_2020.pdf</t>
   </si>
   <si>
     <t>Em tempos de pandemia e de necessidade de cuidados especiais no sentido da não aglomeração de pessoas, INDICAMOS ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude, junto ao setor competente, a possibilidade de uma maior fiscalização nas áreas públicas, especialmente onde há brinquedos e equipamentos de academia ao ar livre, para que não se avolume o número de pessoas nesses locais. Que se estude uma forma de controle ou de até mesmo de lacrar brinquedos e equipamentos. Ocorre que tem sido observado que em muitos desses locais vêm havendo aglomerações de pessoas, especialmente na Praça Pública localizada na Alameda Alemanha. Infelizmente, enquanto perdurar a situação de isolamento social, medidas nesse sentido são necessárias.</t>
   </si>
   <si>
     <t>15581</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15581/i169_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15581/i169_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a pintura de solo e a melhoria na sinalização aérea da Estrada Municipal - DRA-010 “Orlando Frucchi”, desde a Marginal José Rugani até a divisa com o Município de Tupi Paulista. A medida contribuirá sobremaneira com a segurança dos motoristas e transeuntes que por ali transitam, uma vez que a sinalização está muito deficitária, contribuindo com o risco de acidentes.</t>
   </si>
   <si>
     <t>15582</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15582/i170_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15582/i170_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a limpeza da área verde localizada na Rua Bolívia, a partir da esquina com a Rua das Dracenas, no Jardim das Palmeiras, onde existe uma estação elevatória de esgoto. Há necessidade de retirada de galhos, troncos e folhas no local a pedido dos moradores.</t>
   </si>
   <si>
     <t>15583</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15583/i171_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15583/i171_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine o calçamento de área verde localizada na Rua Natal Chiari, na divisa dos Bairros Vitória Régia e Frei Moacir 4 e a mesma providência no terreno da estação elevatória de esgoto. A chuva tem levado a terra destas áreas para a lateral da rua e para a boca de lobo, necessitando de providências do poder público.</t>
   </si>
   <si>
     <t>15584</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15584/i172_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15584/i172_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de estudos para implantação de redutor de velocidade na Rua Manoel Pedro, imediações da futura UBS do Conjunto Paulo Vendramim II. Moradores reivindicam o serviço para controle da velocidade, levando em conta a futura inauguração da unidade de saúde.</t>
   </si>
   <si>
     <t>15585</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15585/i173_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15585/i173_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda estudos junto ao setor competente para a revisão e pintura geral da torre de televisão do município, que funciona desde 1997 no espaço da Emdaep, na Rua Euclides da Cunha.</t>
   </si>
   <si>
     <t>15586</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15586/i174_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15586/i174_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a devida sinalização de solo, com marcação de sinais de trânsito na Rua Moacir de Azevedo Nogueira, no Bairro Frei Moacir II, em frente ao USB “Dr. Luiz Alencar de Moraes”, para dar mais segurança no trânsito de veículos e de pedestres no local.</t>
   </si>
   <si>
     <t>15587</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15587/i1752020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15587/i1752020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente um levantamento de todas as placas de ruas do perímetro urbano que estão danificadas e procedam a sua substituição. A falta da denominação das ruas gera um transtorno enorme aos entregadores de mercadorias, aos prestadores de serviços, aos carteiros, etc., para localizar os endereços.</t>
   </si>
   <si>
     <t>15588</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15588/i1762020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15588/i1762020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a substituição das lâmpadas queimadas da área verde localizada na Alameda Portugal, cruzamento com a Rua dos Jequitibás, no Jardim das Palmeiras.</t>
   </si>
   <si>
     <t>15589</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15589/i1772020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15589/i1772020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada iluminação pública no cruzamento da Rua das Petúnias com a Alameda Inglaterra, pois o local é muito escuro, causando insegurança aos moradores das proximidades e àqueles que transitam pelo local.</t>
   </si>
   <si>
     <t>15602</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15602/i178_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15602/i178_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que tome as devidas providências com referência a redutores de velocidade, lembrando que o pedido foi feito através do munícipe Leandro Rodrigues Agra, que nos procurou nas dependências da Câmara Municipal para alertar dos riscos ocorridos nas áreas por ele mencionadas, sendo: - Rua Fortaleza, altura do nº 12, na entrada do bairro São Cristóvão; - Rua dos Ipês, altura do nº 136, no Parque Dracena. Segundo relatado pelo cidadão, nesses locais são comum acidentes por conta das altas velocidades aplicadas pelos condutores, assim peço que a secretaria responsável pelo trânsito de Dracena estude a melhor ação para que vidas sejam preservadas.</t>
   </si>
   <si>
     <t>15603</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15603/i179_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15603/i179_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, através da Secretaria de Infraestrutura, com o máximo de urgência, visto que o pedido perdura por anos e anos, a realização de uma canaleta adequada, suficiente para captação da água no encontro da Rua Aluísio de Azevedo com a Rua Maria Aparecida da Silva Félix. O pedido é de suma importância, já que os buracos no local vêm trazendo grande preocupação para os moradores que temem, além da falta de segurança no trânsito, também por suas saúdes, já que se acumulam os casos de dengue na região e, provavelmente, o acumulo de água deste local pode ser o causador. Este pedido foi manifestado pelo munícipe Marcos Antonio Aparecido Mazzoni.</t>
   </si>
   <si>
     <t>15604</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15604/i180_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15604/i180_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a instalação de iluminação pública (braço de luz) no cruzamento das Ruas Rosa Roque Curso com José Pavim, no Jardim Bela Vista. O pedido tem sido feito pelos moradores, pois a falta de um braço de luz no referido local causa insegurança, assim como pode facilitar a prática de atos ilícitos.</t>
   </si>
   <si>
     <t>15605</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15605/i181_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15605/i181_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a instalação de um parque infantil ou "playground" no Bairro São Carlos, visando proporcionar às crianças um espaço adequado para o lazer.</t>
   </si>
   <si>
     <t>15606</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15606/i182_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15606/i182_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a Emdaep para que seja feita operação tapa buracos na Vicinal João Araújo, que liga o município ao Bairro Iandara.</t>
   </si>
   <si>
     <t>15607</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15607/i183_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15607/i183_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a melhoria da valeta tipo "depressão" existente na confluência da Rua Princesa Isabel com a Rua Quinze de Novembro, atendendo a pedidos dos usuários.</t>
   </si>
   <si>
     <t>15608</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Higor Tossato, Kielse Chiari Munis</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15608/i184_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15608/i184_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que interceda junto ao Comandante da Polícia Militar de Dracena, para que reforce o policiamento no Distrito de Jaciporã, com uma nova escala de ronda policial. Tivemos conhecimento de que recentemente houve vários assaltos no distrito deixando os moradores apreensivos e preocupados com a segurança de todos.</t>
   </si>
   <si>
     <t>15609</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15609/i185_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15609/i185_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com a Secretaria de Infraestrutura, através da Diretoria de Trânsito, que façam um levantamento das vias utilizadas pelos pedestres e ciclistas do município de Dracena e instalem placas sinalizando tais práticas para que diminua o risco de acidentes e se coloque em segurança a vida dos munícipes.</t>
   </si>
   <si>
     <t>15610</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15610/i186_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15610/i186_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a instalação de pelo menos dois pontos de iluminação na esquina da Alameda Inglaterra com a Rua dos Mangueirais, na divisa do Jardim das Palmeiras com o Bairro Campo Belo. Usuários e populares reclamam da escuridão no citado local, inclusive, para pessoas que fazem caminhadas naquele setor.</t>
   </si>
   <si>
     <t>15611</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15611/i187_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15611/i187_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja realizada ampla divulgação das atividades do Viveiro Municipal, que conta com variedade de plantas. É importante informar à população os tipos de plantas disponíveis e a forma de conseguir as mudas para plantio nas residências e propriedades rurais.</t>
   </si>
   <si>
     <t>15612</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15612/i188_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15612/i188_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de novas "lives" com médicos responsáveis pelo combate ao Covid-19 em Dracena, atualizando informações e orientações para a comunidade em geral.</t>
   </si>
   <si>
     <t>15613</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15613/i189_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15613/i189_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de estudos visando a implantação de redutor de velocidade na Avenida Rui Barbosa, entre as Ruas Vendramim e Duque de Caxias. No local há reclamação sobre excesso de velocidade podendo ocorrer acidentes.</t>
   </si>
   <si>
     <t>15639</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15639/i190_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15639/i190_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude a possibilidade de melhorias no trevo de acesso aos Bairros Emílio Zanatta, Vitória Régia e Frei Moacir I e II. Pois a entrada de acesso ao Bairro Vitória Régia está muito pequena, havendo a necessidade de praticamente se parar os automóveis na Marginal Marcelo Lorenzetti, sentido Dracena a Jaciporã, com risco de abalroamento por veículos, já que a desaceleração é brusca para fazer o acesso ao Bairro Vitória Régia.</t>
   </si>
   <si>
     <t>15640</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15640/i191_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15640/i191_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam instalados um ventilador e um bebedouro de água no prédio dos Correios, no Distrito de Jamaica, visando oferecer uma melhor estrutura aos munícipes.</t>
   </si>
   <si>
     <t>15641</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15641/i192_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15641/i192_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito recapeamento asfáltico na Rua Bahia, altura do nº 1440, pois os moradores têm reclamado de muitos buracos e do péssimo estado de conservação da via.</t>
   </si>
   <si>
     <t>15642</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15642/i193_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15642/i193_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de estudos em conjunto com a Câmara e demais órgãos e através de audiência pública para mudança da Lei Orgânica Municipal para na área econômica, por exemplo, preservar a independência constitucional em relação aos demais entes federativos quando houver necessidade de escolha e adoção de medidas sanitárias e emergenciais em caso de epidemia e pandemia. Piracicaba é um exemplo de adoção desta mudança favorecendo o comércio e os prestadores de serviços.</t>
   </si>
   <si>
     <t>15643</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15643/i194_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15643/i194_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que promova reunião com todos os integrantes do segmento cultural de Dracena, assim que for possível, para prestação de informações sobre a readequação do projeto de reforma do Teatro Municipal “Maestro Aécio de Féo Flora”.</t>
   </si>
   <si>
     <t>15644</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15644/i195_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15644/i195_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que através da Secretaria de Cultura faça o cadastro e divulgação dos contatos de todos os artistas em atividade no município para a retomada de atividades após a pandemia. Trata-se de mais um setor que precisa de apoio e divulgação visando o agendamento de eventos no decorrer do ano.</t>
   </si>
   <si>
     <t>15645</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15645/i196_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15645/i196_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de reunião com os integrantes do clube de bocha de Dracena visando a discussão de melhorias nas canchas do Centro Social Urbano. Ainda que se coloquem placas identificando as canchas com os nomes aprovados pela Câmara, sendo os homenageados José Manuel Vargas e Antonio Quirino Neto.</t>
   </si>
   <si>
     <t>15646</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15646/i197_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15646/i197_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a implantação de obstáculo redutor de velocidade, do tipo lombada, na Avenida São Cristóvão, na altura do Residencial Piazza Dansieri, pois os moradores têm reclamado do excesso de velocidade em que os motoristas trafegam pela via.</t>
   </si>
   <si>
     <t>15647</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15647/i198_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15647/i198_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a construção de uma canaleta para escoamento da água que tem ficado acumulada na esquina da Rua das Palmas com a Alameda Áustria.</t>
   </si>
   <si>
     <t>15648</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15648/i199_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15648/i199_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito recapeamento asfáltico na Alameda Hungria, pois o pavimento se encontra muito desgastado, causando transtornos aos motoristas que trafegam por aquela via.</t>
   </si>
   <si>
     <t>15649</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15649/i200_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15649/i200_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza da área verde localizada na Rua dos Pinheiros, pois há muitos galhos e folhas acumulados, podendo servir de habitat para animais peçonhentos ou transmissores de doenças.</t>
   </si>
   <si>
     <t>15650</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15650/i201_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15650/i201_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, através da Secretaria da Saúde, com apoio da Polícia Militar, que seja realizado um bloqueio na entrada da cidade com objetivo de proteção a saúde de todos, nos moldes do realizado pela Prefeitura de Monte Castelo, onde está sendo realizado aferição de temperatura, orientações para uso obrigatório de máscaras e entrega de folhetos com informações sobre a Covid-19.</t>
   </si>
   <si>
     <t>15651</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15651/i202_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15651/i202_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a limpeza das áreas verdes do Jardim Palmeiras III, pois moradores têm reclamado da existência de muito mato e do aparecimento de animais peçonhentos.</t>
   </si>
   <si>
     <t>15652</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15652/i203_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15652/i203_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com a Secretaria de Agricultura, que seja feita a limpeza da rua principal do Bairro Iandara, pois ao se fazer a reforma do trevo de acesso, a terra desceu pela rua, sujando as vias e causando transtornos aos moradores.</t>
   </si>
   <si>
     <t>15653</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15653/i204_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15653/i204_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza do parque infantil do Bairro Iandara, pois o mesmo se encontra abandonado, com matagal e sujeira. Tal medida visa dar segurança às crianças que brincam no referido local.</t>
   </si>
   <si>
     <t>15670</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15670/i205_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15670/i205_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, com o máximo de urgência, a revitalização da Praça Antonio Guerino, do Bairro Emílio Zanata. Pois o gramado precisa ser aparado para que a proliferação de animais peçonhentos não aconteça, também precisa ser feita a recuperação dos aparelhos de ginástica e também dos brinquedos para crianças, já que da forma como estão se corre o risco de lesionar uma criança. No campo de futebol faltam as traves e são necessárias pintura e iluminação, com a intenção de proporcionar segurança aos usuários. Este pedido é dos moradores e nos certificamos da necessidade com visita in loco.</t>
   </si>
   <si>
     <t>15671</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15671/i206_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15671/i206_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a recuperação do ‘sarjetão’ da Rua Dr. Cunha Bueno, esquina com a Rua Xingu, no Jardim Vera Cruz. O local fica com água parada e os moradores pedem providências.</t>
   </si>
   <si>
     <t>15672</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15672/i207_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15672/i207_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude junto com a Emdaep a solução de problema de falta de água em algumas regiões do Jardim Brasilândia, inclusive, com a instalação de reservatório no local.</t>
   </si>
   <si>
     <t>15673</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15673/i208_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15673/i208_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que a campanha de vacinação contra a gripe Influenza atenda todos os servidores da Prefeitura e Emdaep.</t>
   </si>
   <si>
     <t>15674</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15674/i209_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15674/i209_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que agilize junto com a Câmara o levantamento de todos os novos bairros cujas ruas não possuem nome para que projeto de denominação das vias e praças ocorra ainda neste ano.</t>
   </si>
   <si>
     <t>15675</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15675/i210_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15675/i210_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, com o máximo de urgência e com o intuito de inibir o risco de acidentes de trânsito, a instalação de um redutor de velocidade na Rua Ana Beatriz Ramalho Pereira, altura do número 900, no Bairro Pitangueiras. Este vereador esteve no local a pedido de vários moradores do bairro, entre eles o Sr. Lucas e a Sra. Cibele, onde foi instalado, à margem da rua, um parque para as crianças do bairro, atitude louvável, que deu a oportunidade das crianças desfrutarem de um ambiente bastante favorável, porém os veículos passam por aquele local em alta velocidade. O fato de existir uma curva bem próxima deixa-o ainda mais vulnerável a acidentes. Assim, para preservar o lazer e as vidas das crianças e demais frequentadores, solicitamos à Secretaria de Infraestrutura que seja realizada esta obra.</t>
   </si>
   <si>
     <t>15676</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15676/i211_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15676/i211_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que atenda aos moradores dos Bairros Pitangueiras I e II, pois segundo eles não há praça e nem área de lazer no referido bairro.</t>
   </si>
   <si>
     <t>15677</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15677/i212_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15677/i212_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que vários moradores do Bairro Vitória Régia, desde o início desta administração, vem reivindicando melhorias na área verde. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que atenda aos pedidos dos citados moradores.</t>
   </si>
   <si>
     <t>15678</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15678/i213_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15678/i213_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja ampliado o estacionamento para motos da Avenida Expedicionários, localizado ao lado do Banco Santander. Pois há vagas reservadas para táxis que não são utilizadas, podendo ser convertidas em vagas para motos, uma vez que são altamente procuradas no centro do município.</t>
   </si>
   <si>
     <t>15679</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15679/i214_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15679/i214_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza do terreno localizado na Rua Arthur Alves de Brito, em frente ao nº 248, no Bairro Frei Moacir III, pois no local o mato se encontra muito alto, podendo servir de criadouro para animais peçonhentos e transmissores de doenças.</t>
   </si>
   <si>
     <t>15680</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15680/i215_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15680/i215_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a limpeza do terreno localizado na esquina da Rua Caetés com a Rua Terenas, no Bairro Campo Belo II, ao lado do posto de saúde, pois o mato está muito alto, podendo favorecer o aparecimento animais peçonhentos e transmissores de doenças.</t>
   </si>
   <si>
     <t>15706</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15706/i216_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15706/i216_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam instaladas lâmpadas de LED na Praça Manoel Bandeira, localizada na esquina da Rua Nelson Rodrigues com a Rua Érico Veríssimo, pois a praça é muito escura e tem se tornado ponto de consumo de drogas.</t>
   </si>
   <si>
     <t>15707</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15707/i217_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15707/i217_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que no próximo pacote para implantação de lâmpadas de LED sejam incluídas as Ruas Januário Bonito, Spinardi e Antonio Rodrigues de Barros, pois são ruas principais do Jardim Santa Clara e necessitam de iluminação a altura. Indico ainda que se estude instalar lâmpadas de LED ao redor da futura creche do Jardim Santa Clara.</t>
   </si>
   <si>
     <t>15708</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15708/i218_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15708/i218_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que realize estudos para a implantação de lâmpadas de LED na Rua Martim Afonso, na região do Terminal Rodoviário e linha férrea.</t>
   </si>
   <si>
     <t>15709</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15709/i219_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15709/i219_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que realize estudos para a implantação de lâmpadas de LED na Rua Olímpica, na região da Delegacia Seccional de Polícia e do Centro Olímpico “Professor Paulo Tahara”.</t>
   </si>
   <si>
     <t>15710</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15710/i220_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15710/i220_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que se possível instale no Paço Municipal um posto de informação e orientação para tirar dúvidas dos cidadãos sobre as inscrições para as casas populares, levando em conta que todo o procedimento só será realizado pelo site da CDHU e aplicativo Kaizala.</t>
   </si>
   <si>
     <t>15711</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15711/i221_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15711/i221_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que realize estudos sobre a implantação de redutor de velocidade na Rua Aristides Zanoni, esquina com a Rua das Amoreiras, levando em conta que aumentou o trânsito de veículos no local.</t>
   </si>
   <si>
     <t>15712</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15712/i222_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15712/i222_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza e melhoria de manutenção na Rua Palmira Reigota Stelatto, no Bairro Emílio Zanatta, visando atender aos pedidos dos moradores.</t>
   </si>
   <si>
     <t>15713</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15713/i223_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15713/i223_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor de fiscalização, que seja redobrada a fiscalização nas agências bancárias, pois há muitas pessoas nas filas, dentre elas muitas pessoas sem máscara, e não respeitando o distanciamento mínimo.</t>
   </si>
   <si>
     <t>15714</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15714/i224_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15714/i224_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor de fiscalização, que seja redobrada a fiscalização nas filas das casas lotéricas, pois há muitas pessoas nas filas, dentre elas muitas sem máscara, e não respeitando o distanciamento mínimo.</t>
   </si>
   <si>
     <t>15715</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15715/i225_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15715/i225_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja implantado, com urgência, um obstáculo redutor de velocidade na Rua Fortaleza, pois ocorrem muitos acidentes nesta via, que conecta diversos bairros. Caso seja possível, que seja instalado semáforo para garantir a segurança de todos.</t>
   </si>
   <si>
     <t>15716</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15716/i226_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15716/i226_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam instaladas placas proibindo a passagem de caminhões que excedam o limite de peso em vias que são estreitas, como é o caso dos bairros: Parque Dracena, Conjunto Habitacional Virgílio Fioravante e Jardim Kennedy.</t>
   </si>
   <si>
     <t>15717</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15717/i227_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15717/i227_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja concedida aos mutuários que compraram lotes no Conjunto Habitacional Dorival Inocêncio a possibilidade de se inscreverem para adquirirem casas do Conjunto Habitacional Florindo Tabacchi.</t>
   </si>
   <si>
     <t>15718</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15718/i228_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15718/i228_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja concedida aos servidores públicos municipais uma porcentagem para aquisição das casas do novo Conjunto Habitacional Florindo Tabacchi.</t>
   </si>
   <si>
     <t>15719</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15719/i229_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15719/i229_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que a Avenida Vitória se trata de uma via de muito movimento de veículos e que existe uma igreja, com grande número de membros, no cruzamento com a Rua Antônio Martins. A Avenida Vitória tem sido a preocupação de muitos moradores, que já solicitaram providências da administração por conta de acidentes que já ocorreram. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que tome as devidas providências para garantir a segurança tanto dos motoristas quanto dos pedestres, conforme a Indicação nº 224/2017, já apresentada por esta vereadora, através da qual solicitava melhorias.</t>
   </si>
   <si>
     <t>15720</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15720/i230_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15720/i230_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que o caminhão que recolhe galhos passe pela Rua Constantino Andreassa, na Vila Itália, pois, segundo vários moradores, o caminhão não tem passado naquela via.</t>
   </si>
   <si>
     <t>15721</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15721/i231_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15721/i231_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o departamento de inscrições para as 300 casas populares e que seja disponibilizado em Dracena um ponto de cadastramento de inscrições. Sabemos que muitas das famílias que têm o perfil para adquirir as casas não possuem computadores ou sistemas necessários e também muitos não sabem utilizar os sistemas eletrônicos, assim seguindo as recomendações sanitárias, que disponibilize um local, equipamentos e servidores para auxiliar as famílias.</t>
   </si>
   <si>
     <t>15722</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15722/i232_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15722/i232_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita reforma no Centro Comunitário do Parque Dracena, pois os moradores reclamam das péssimas condições em que se encontra o local e clamam por melhorias.</t>
   </si>
   <si>
     <t>15723</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15723/i233_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15723/i233_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a implantação de lâmpadas de LED nas vias de acesso aos Jardins América, Europa e Palmeiras, como as Alamedas Espanha, Portugal, Alemanha, Bélgica e Polônia e Ruas Aristides Zanoni, Bolívia e Argentina.</t>
   </si>
   <si>
     <t>15724</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15724/i234_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15724/i234_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que elabore junto com as entidades um evento gastronômico para arrecadação de recursos para aqueles grupos. E que, em função da quarentena, os produtos sejam retirados num local determinado ou entregues aos interessados, evitando-se aglomerações. O objetivo é proporcionar uma promoção para ajudar na manutenção das entidades.</t>
   </si>
   <si>
     <t>15725</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15725/i235_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15725/i235_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a realização de levantamento junto aos funcionários da Prefeitura e da Emdaep a respeito do número de servidores que não contam com casa própria. Com o número em mãos, a administração poderia estudar com a CDHU um projeto habitacional para atender o funcionalismo, se possível.</t>
   </si>
   <si>
     <t>15726</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15726/i236_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15726/i236_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que elabore projeto de renovação das placas de identificação de ruas na cidade toda, bem como nos distritos. O último grande investimento no setor já faz 15 anos e há cruzamentos sem placas com nomes de ruas ou materiais já deteriorados e apagados. Indico ainda que se adquira uma máquina para os próprios funcionários da Secretaria de Assuntos Viários reformarem as placas.</t>
   </si>
   <si>
     <t>15727</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15727/i237_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15727/i237_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a poda das árvores localizadas na Rua Marechal Deodoro da Fonseca, altura do nº 2686, pois as árvores estão muito frondosas.</t>
   </si>
   <si>
     <t>15728</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15728/i238_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15728/i238_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que os projetos esportivos de natação e hidroginástica desenvolvidos pela Secretaria Municipal de Esporte sejam realizados no CSU - Centro Social Urbano e que estejam disponíveis a todos, em especial aos munícipes dos bairros adjacentes.</t>
   </si>
   <si>
     <t>15740</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15740/i239_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15740/i239_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com a Diretoria de Trânsito, que seja feita a instalação de um redutor de velocidade, de preferência do tipo lombo-faixa, na Rua Tenente Antero Contrera, próximo ao número 200. O pedido é da população que está preocupada com risco de acidentes, principalmente por haver muito próximo dali um campo de futebol e uma área de lazer. Não podemos esquecer que no mesmo local encontra-se uma fábrica de móveis. Pedimos com o máximo de urgência esta instalação, que foi solicitada pelo morador Eder Carlos Martins.</t>
   </si>
   <si>
     <t>15741</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15741/i240_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15741/i240_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam instaladas placas de sinalização, como o modelo enviado em anexo, alertando os motoristas quanto a presença de ciclistas na Estrada Municipal DRA 010, que liga Dracena ao Bairro Oásis e à Tupi Paulista; na Estrada Municipal Dr. Francisco de Assis Martucci e na Estrada Vicinal Marcelo Lorenzetti. Pois muitos ciclistas transitam por estas vias sendo necessárias providências para garantir a segurança de todos.</t>
   </si>
   <si>
     <t>15742</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15742/i241_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15742/i241_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com a Secretaria de Agricultura, que seja feita a limpeza do pátio da antiga estação ferroviária, inclusive a poda de árvores ao lado do local onde funciona a auto escola.</t>
   </si>
   <si>
     <t>15743</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15743/i242_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15743/i242_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam feitas melhorias na iluminação pública nos canteiros centrais das Avenidas Alcides Chacon Couto e Rui Barbosa.</t>
   </si>
   <si>
     <t>15744</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15744/i243_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15744/i243_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude a possibilidade de comprar termômetros digitais infravermelho para o setor de saúde, uma vez que os termômetros são importantes para medir a temperatura corporal das pessoas que chegam aos estabelecimentos. O objetivo é fazer um monitoramento mais rígido para que o vírus não se prolifere.</t>
   </si>
   <si>
     <t>15745</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Kielse Chiari Munis</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15745/i244_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15745/i244_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em função da implantação de lâmpadas de tecnologia LED se observe que a fotocélula é unitária, não necessitando mais do sistema de setores. Desta forma, com a mudança, quando uma lâmpada queima não atinge as demais unidades do referido setor. Que sejam realizados estudos para que esta mudança ocorra de imediato.</t>
   </si>
   <si>
     <t>15746</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15746/i245_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15746/i245_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine o recapeamento asfáltico da Rua São Manoel, a partir da Avenida Rui Barbosa. O primeiro quarteirão é utilizado como acesso dos ônibus ao Terminal Rodoviário. Os demais quarteirões dão acesso a empresas e à futura creche do Jardim Santa Clara.</t>
   </si>
   <si>
     <t>15747</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15747/i246_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15747/i246_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a limpeza e plantio de grama na rotatória de acesso ao Jardim dos Pássaros. O local necessita ainda de sinalização de trânsito para orientação dos motoristas.</t>
   </si>
   <si>
     <t>15748</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15748/i247_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15748/i247_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o perfilamento asfáltico da Avenida Francisco Antonio Pereira, no Jardim Village. O local apresenta asfalto com problemas, dificultando o acesso de moradores e visitantes.</t>
   </si>
   <si>
     <t>15749</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15749/i248_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15749/i248_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja realizada a operação tapa-buracos na cidade e nos distritos. Há locais necessitando da recuperação emergencial do asfalto enquanto não ocorrem serviços de perfilamento ou recapeamento.</t>
   </si>
   <si>
     <t>15750</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15750/i249_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15750/i249_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam realizadas melhorias como nova iluminação e implantação de pista de caminhadas na praça da Alameda Bélgica, imediações da futura Igreja São Frei Galvão. Moradores sugerem a criação da pista de caminhadas aproveitando material retirado da Praça Rotary.</t>
   </si>
   <si>
     <t>15751</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15751/i250_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15751/i250_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam instaladas lâmpadas de LED na Avenida São Cristóvão, pois há uma pista de caminhada muito utilizada pela população e se trata de uma via com grande fluxo de veículos.</t>
   </si>
   <si>
     <t>15752</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15752/i251_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15752/i251_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito recapeamento asfáltico de todas as ruas do Bairro São Cristóvão, com exceção da Avenida São Cristóvão, uma vez que o pavimento se encontra extremamente desgastado, prejudicando o trânsito e causando transtornos aos moradores.</t>
   </si>
   <si>
     <t>15753</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15753/i252_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15753/i252_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que várias ruas de nosso município estão com muitos buracos. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que tome as devidas providências, pois existem buracos que foram tampados com cimento.</t>
   </si>
   <si>
     <t>15754</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15754/i253_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15754/i253_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que muitas ruas de nosso município estão com a sinalização horizontal de "Pare" apagada. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam feitas as sinalizações em todas as ruas que necessitam, pois a situação está muito perigosa e poderá causar acidentes.</t>
   </si>
   <si>
     <t>15796</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15796/i254_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15796/i254_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita uma faixa elevada em frente ao portão de entrada da Escola 9 de Julho, localizada na Rua 8 de Dezembro, pois há um grande fluxo de alunos naquele local, sendo necessária a referida melhoria para proporcionar mais segurança aos alunos e aos motoristas.</t>
   </si>
   <si>
     <t>15797</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15797/i255_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15797/i255_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine estudos para eliminação de água parada por falta de galeria na Rua Marechal Rondon, esquina com a Avenida Presidente Vargas. Em períodos de chuvas o local apresenta alagamentos prejudicando comerciantes e pedestres.</t>
   </si>
   <si>
     <t>15798</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15798/i256_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15798/i256_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o Comando da 1ª Companhia da Polícia Militar para que seja realizada fiscalização de motos para identificação daquelas que apresentam escapamento alterado provocando muito barulho. O pedido partiu de cidadãos que observaram a situação irregular causando poluição sonora.</t>
   </si>
   <si>
     <t>15799</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15799/i257_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15799/i257_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que faça estudos para implantação de uma cancha de malha no interior da Praça Norberto Martins da Fonseca, no Jardim Europa, atendendo pedidos de moradores. Os praticantes do esporte pedem uma cancha simples com demarcação das medidas oficiais na própria terra.</t>
   </si>
   <si>
     <t>15800</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15800/i258_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15800/i258_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a CDHU para que o sorteio das 300 casas populares seja realizado com transmissão pela Internet, caso não seja possível o evento aberto ao público por causa da pandemia do novo coronavírus.</t>
   </si>
   <si>
     <t>15801</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15801/i259_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15801/i259_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que promova reunião com empresários estabelecidos na região da rotatória do Parque Dracena para discutir futuras obras na Rodovia Comandante João Ribeiro de Barros. O projeto de duplicação da SP-294 prevê desativação do trevo e construção de viaduto distante daquela rotatória, o que causa preocupação aos comerciantes. Há necessidade de trabalho junto ao DER e Artesp para alterações no projeto recentemente divulgado.</t>
   </si>
   <si>
     <t>15802</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15802/i260_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15802/i260_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que atenda ao pedido dos moradores do Bairro Paulo Vendramin 2 que clamam por uma praça, academia ao ar livre, área de lazer e plantação de árvores na Rua Lucinda Rosa dos Santos, altura do nº 344. Pois naquele local há um grande espaço adequado para a implantação de uma área de lazer.</t>
   </si>
   <si>
     <t>15803</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15803/i261_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15803/i261_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que se inclua os bombeiros no convênio de atividade delegada, uma vez que seria uma grande contribuição nos serviços de ambulâncias, haja vista que alguns municípios da região já utilizam esse tipo de serviço com sucesso.</t>
   </si>
   <si>
     <t>15804</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15804/i262_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15804/i262_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que estude a possibilidade de se fazer uma ciclovia na Via Marginal José Rugani que leva até a UNESP. A administração atual tem conhecimento que vários alunos utilizam bicicletas como meio de transporte, para realizar o trajeto de suas residências até a Universidade. A demarcação no asfalto dará mais segurança para os ciclistas e a referida via será mais um espaço utilizado pelos amantes do ciclismo.</t>
   </si>
   <si>
     <t>15805</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15805/i263_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15805/i263_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que estude a possibilidade de transformar o antigo Centro Comunitário do Bairro Parque Dracena em uma creche para atender a população do referido bairro e também dos bairros adjacentes. O espaço encontra-se abandonado pela administração e sem uso pela população.</t>
   </si>
   <si>
     <t>15806</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15806/i264_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15806/i264_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize com urgência o perfilamento ou recapeamento asfáltico da Rua Antônio Martins, no Bairro Metrópole. A referida rua é uma das piores para se trafegar no município e os moradores reclamam constantemente nas redes sociais sobre os buracos.</t>
   </si>
   <si>
     <t>15807</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15807/i265_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15807/i265_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito recapeamento asfáltico próximo ao cruzamento da Rua Dr. Gastão Vidigal com a Rua Euclides da Cunha, pois há buracos grandes na via que prejudicam o trânsito e podem causar acidentes.</t>
   </si>
   <si>
     <t>15808</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15808/i266_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15808/i266_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja construído um sarjetão para escoar água na Rua Dr. Gastão Vidigal, altura do nº 1314, devido à água que fica parada, causando transtornos à população.</t>
   </si>
   <si>
     <t>15809</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15809/i267_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15809/i267_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado um obstáculo redutor de velocidade do tipo lombada na Rua Almirante Barroso, entre o Posto Montreal e o Jardim Kennedy, pois, segundo moradores, alguns motoristas fazem "racha" no local, já tendo ocorrido atropelamentos de animais e acidentes.</t>
   </si>
   <si>
     <t>15810</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15810/i268_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15810/i268_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam recolhidos os galhos e saco de folhas no Jardim Itália, assim como em toda a cidade, pois vários moradores estão reclamando da situação.</t>
   </si>
   <si>
     <t>15811</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15811/i269_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15811/i269_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa-buraco na esquina da Rua Oscar Stevanato com Maria Francisca Lellis de Oliveira no Residencial Frei Moacir III, onde se observa uma enorme cratera causando transtorno aos moradores.</t>
   </si>
   <si>
     <t>15812</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15812/i270_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15812/i270_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com o setor competente a possibilidade de se construir uma praça de lazer, dotada de academia ao ar livre e um parque infantil na Rua Julio A. Bragatto esquina com a Alameda Bélgica, mais precisamente, defronte à construção da Igreja Frei Galvão, no Bairro Frei Moacir III. Nossa solicitação visa atender reivindicação dos moradores, que anseiam por um local para entretenimento e lazer, assim como um espaço para a prática de exercícios físicos para terem melhor qualidade de vida.</t>
   </si>
   <si>
     <t>15813</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15813/i271_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15813/i271_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com o setor competente a construção de uma canaleta na Rua Gastão Vidigal, esquina com a Rua Euclides da Cunha, com objetivo de escoar as águas pluviais e para evitar possíveis acidentes, já que este ponto é um cruzamento muito movimentado.</t>
   </si>
   <si>
     <t>15814</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15814/i272_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15814/i272_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos, juntamente com o setor competente, para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Rua Manoel Pedro, n.º 155, proximidades da Chácara Shalon, no Conjunto Habitacional Paulo Vendramin, onde se observa motoristas trafegando em alta velocidade, colocando em risco suas vidas e de outrem.</t>
   </si>
   <si>
     <t>15815</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15815/i273_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15815/i273_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos, juntamente com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Rua Ana Néri, proximidades do numero 771, no Jardim Santa Clara, atendendo ao pedido dos moradores e usuários da via pública que estão preocupados com a segurança no local.</t>
   </si>
   <si>
     <t>15816</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15816/i274_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15816/i274_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos juntamente com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Alameda Inglaterra, em frente a torre, proximidades do numero 316, atendendo a pedido dos moradores e usuários da via pública que estão preocupados com a segurança de todos.</t>
   </si>
   <si>
     <t>15817</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15817/i275_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15817/i275_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza do terreno localizado na Rua Arthur Alves de Brito, em frente ao numero 248, no Bairro Frei Moacir III. Nossa solicitação visa atender reivindicação dos moradores circunvizinhos àquele local, que estão incomodados com o matagal e a sujeira. A falta da limpeza propicia a reprodução de mosquitos a animais peçonhentos, além de facilitar a ocultação de infratores da lei.</t>
   </si>
   <si>
     <t>15818</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15818/i276_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15818/i276_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que realize estudos sobre a possibilidade de implantação de redutor de velocidade na Rua Fortaleza, altura do número 713, atendendo pedido de moradores e usuários, em função de ser uma via de trânsito intenso.</t>
   </si>
   <si>
     <t>15819</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15819/i277_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15819/i277_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que agilize a troca de placas de identificação de ruas e avenidas em diversas vias de Dracena.</t>
   </si>
   <si>
     <t>15820</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15820/i278_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15820/i278_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que desenvolva nova etapa de recapeamento asfáltico ou perfilamento nas ruas que ainda não receberam o serviço.</t>
   </si>
   <si>
     <t>15821</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15821/i279_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15821/i279_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que desenvolva nova etapa de implantação de lâmpadas de LED nas vias de acesso e bairros de Dracena.</t>
   </si>
   <si>
     <t>15822</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15822/i280_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15822/i280_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita calçada na Rua Reginaldo Marques, no Bairro Paulo Vendramin, visando proporcionar segurança aos pedestres que transitam pelo local.</t>
   </si>
   <si>
     <t>15848</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15848/i281_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15848/i281_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja reforçada a sinalização de trânsito ao redor da Praça da Matriz reservando faixa para deslocamento dos pedestres, garantindo a segurança de todos. A medida se faz necessária em função do bloqueio de toda a calçada para troca do piso.</t>
   </si>
   <si>
     <t>15849</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15849/i282_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15849/i282_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que priorize a instalação de semáforo na Avenida Presidente Roosevelt, no cruzamento com a Rua Aécio de Féo Flora, visando o controle do trânsito intenso que existe naquela região.</t>
   </si>
   <si>
     <t>15850</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15850/i283_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15850/i283_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que faça a programação orçamentária para pavimentação da sequência da Rua Aluísio Azevedo até a chegada na Estrada João Araújo, criando mais uma opção de saída e entrada na região do Jardim Brasilândia.</t>
   </si>
   <si>
     <t>15851</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15851/i284_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15851/i284_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a limpeza do terreno localizado na Rua Manoel Pedro, ao lado do nº 155, pois os moradores solicitam providências, uma vez que o local pode se tornar criadouro de animais peçonhentos e transmissores de doenças.</t>
   </si>
   <si>
     <t>15852</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>Claudevi Oliveira da Silva Júnior, Maria Mateus</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15852/i285_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15852/i285_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, considerando que o Bairro São Cristóvão é um local de grande movimentação de pessoas realizando exercícios, por exemplo caminhada, vários moradores solicitam que sejam instaladas lixeiras na Avenida São Cristóvão.</t>
   </si>
   <si>
     <t>15853</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15853/i286_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15853/i286_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que sejam recolhidos os galhos e sacos de folhas da Rua Santa Helena e da Rua Santa Rita, vale ressaltar que o Bairro São Cristóvão também necessita desse atendimento e, segundo alguns moradores, não está havendo recolhimento. Indicamos ainda que, além do Bairro São Cristóvão, sejam recolhidos os galhos e sacos de folhas de todos os bairros do município.</t>
   </si>
   <si>
     <t>15854</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15854/i287_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15854/i287_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza de entulhos que estão sendo depositados por moradores na Rua Martin Afonso, em frente ao nº 683.</t>
   </si>
   <si>
     <t>15855</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15855/i288_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15855/i288_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado um obstáculo redutor de velocidade na Alameda Alemanha, em frente ao nº 880, pois se trata de área de travessia de alunos para a Escola Ottília Braz Noguerol e de moradores que se dirigem à academia ao ar livre e ao parquinho. Sendo que os pedestres encontram muita dificuldade de atravessar a rua devido ao excesso de velocidade dos carros.</t>
   </si>
   <si>
     <t>15856</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15856/i289_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15856/i289_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza no Centro Comunitário do Jardim Kennedy, visando atender aos pedidos dos moradores.</t>
   </si>
   <si>
     <t>15857</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15857/i290_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15857/i290_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza na academia ao ar livre e no centro comunitário do Jardim Virgílio Fioravante, pois os moradores reivindicam providências.</t>
   </si>
   <si>
     <t>15858</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15858/i291_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15858/i291_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita sinalização de trânsito em todas as ruas do Bairro Campo Belo, pois os moradores reclamam devido à falta de sinalização, que pode vir a ocasionar acidentes.</t>
   </si>
   <si>
     <t>15871</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15871/i292_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15871/i292_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja cedido ou adquirido um veículo para o Centro de Controle de Zoonoses, uma vez que há somente um veículo e às vezes há necessidade de sair para coletar sangue e não há veículo disponível.</t>
   </si>
   <si>
     <t>15872</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15872/i293_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15872/i293_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a construção de calçada no Centro Olímpico “Professor Paulo Tahara”, no lado da Rua Olímpica.</t>
   </si>
   <si>
     <t>15873</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15873/i294_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15873/i294_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que o material retirado da pista de caminhada da Praça Rotary seja aproveitado em outras praças, inclusive, na área próxima da futura Igreja São Frei Galvão.</t>
   </si>
   <si>
     <t>15874</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15874/i295_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15874/i295_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a reforma e limpeza geral da Área de Lazer “Marcos Dracena”, no Jardim Jussara, para que a comunidade volte a utilizar o salão existente para reuniões e comemorações, quando estiverem devidamente liberadas após a pandemia.</t>
   </si>
   <si>
     <t>15875</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15875/i296_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15875/i296_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de estudos para implantação de um parque ambiental na área existente na entrada do Jardim Europa, onde ainda permanece a antena da antiga Rádio Regional.</t>
   </si>
   <si>
     <t>15876</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15876/i297_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15876/i297_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito recapeamento asfáltico na Rua Bahia, nas proximidades do nº 961, Bairro Metrópole, pois o quarteirão está praticamente intransitável e com muitos buracos, causando transtornos aos usuários.</t>
   </si>
   <si>
     <t>15877</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15877/i298_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15877/i298_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que o setor competente cuide dos bueiros de todos os bairros de nosso município, passando os produtos necessários para a eliminação do mosquito Aedes aegypti, de acordo com as necessidades, devido ao número muito alto de moradores que foram acometidos pela dengue.</t>
   </si>
   <si>
     <t>15878</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15878/i299_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15878/i299_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja implantando um obstáculo redutor de velocidade na Rua Olímpica, proximidades da Delegacia Seccional e do Instituto Médico Legal, uma vez que além dos órgãos citados existem também restaurantes e bairros naquela região e diversos motoristas transitam em alta velocidade, podendo causar acidentes.</t>
   </si>
   <si>
     <t>15888</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15888/i300_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15888/i300_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja implantado um obstáculo redutor de velocidade na Rua Constantino Andreassa, próximo ao nº 300, pois muitos motoristas trafegam em alta velocidade e os moradores temem que venham a acontecer acidentes.</t>
   </si>
   <si>
     <t>15889</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15889/i301_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15889/i301_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito recapeamento asfáltico no Bairro Santa Luzia, pois o pavimento se encontra desgastado e os moradores têm pedido melhorias. Indico ainda que sejam reformadas as placas de identificação das ruas, pois há placas, porém não constam os nomes das vias.</t>
   </si>
   <si>
     <t>15890</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15890/i302_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15890/i302_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito um sarjetão para escoamento de água na Rua Aristides Zanoni, entre a Rua das Dracenas e Rua das Amoeiras. Já havia um sarjetão no local, porém com a realização do perfilamento asfáltico o mesmo se tornou muito raso. Naquela área existe a banca de um produtor rural que comercializa verduras e legumes, além de outros tipos de comércio informal, havendo grande movimentação de veículos e pedestres.</t>
   </si>
   <si>
     <t>15891</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15891/i303_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15891/i303_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de limpeza e poda de árvores, assim como instalação de parquinho infantil na área verde localizada na Rua das Palmas, altura do nº 369. Pois o local está abandonado e os moradores têm nos procurado para solicitar providências.</t>
   </si>
   <si>
     <t>15892</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15892/i304_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15892/i304_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja realizado recapeamento asfáltico na Rua das Dracenas, entre a Alameda Bélgica e Alameda Polônia, pois o asfalto se encontra em péssimo estado, prejudicando o fluxo dos veículos. Indicamos ainda que seja refeita a canaleta na esquina da Alameda Bélgica com a Rua das Dracenas para que a água seja escoada adequadamente.</t>
   </si>
   <si>
     <t>15893</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15893/i305_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15893/i305_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a recuperação do asfalto da Rua Fortaleza, entre o recinto da Fapidra e o Parque Dracena, atendendo pedido dos usuários e moradores.</t>
   </si>
   <si>
     <t>15894</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15894/i306_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15894/i306_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja realizado estudo para controle do trânsito na Alameda Espanha, no Jardim Europa e Jardim das Palmeiras. Moradores e usuários reclamam do excesso de velocidade em alguns pontos, bem como da necessidade de recuperação do piso asfáltico. Moradores reivindicam redutores de velocidade e mais placas de sinalização no local.</t>
   </si>
   <si>
     <t>15895</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15895/i307_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15895/i307_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja avaliada a condição de canaletas instaladas na avenida de entrada do futuro Residencial São Paulo. Referidas canaletas ficaram profundas e atrapalham o trânsito no local.</t>
   </si>
   <si>
     <t>15896</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15896/i308_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15896/i308_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que cuide dos bueiros de todos os bairros de nosso município. Visto que é necessária uma limpeza constante, para a eliminação do mosquito Aedes aegypti.</t>
   </si>
   <si>
     <t>15897</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15897/i309_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15897/i309_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize limpeza na área verde do Residencial Pitangueiras em Dracena, pois vários moradores pedem o serviço.</t>
   </si>
   <si>
     <t>15898</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15898/i310_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15898/i310_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que estude a possibilidade de instalar uma academia ao ar-livre no Residencial Pitangueiras. Uma vez que o bairro não possui um local para atividades físicas.</t>
   </si>
   <si>
     <t>15899</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15899/i311_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15899/i311_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que faça uma nova entrada de acesso aos bairros pela Estrada Vicinal Marcelo Lorenzetti. O pedido foi feito por moradores daquela região.</t>
   </si>
   <si>
     <t>15900</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15900/i312_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15900/i312_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que estude pavimentar a ligação entre o Parque do Bosque e a Estrada João Araújo, passando pelo Bairro Santa Mônica. Há um pequeno trecho não pavimentado e vários moradores cobram o serviço.</t>
   </si>
   <si>
     <t>15918</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15918/i313_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15918/i313_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito recapeamento asfáltico na Rua Joaquim Nabuco, no Jardim Alvorada, pois o pavimento se encontra em péssimo estado, prejudicando o trânsito e gerando pedidos por providências entre os moradores.</t>
   </si>
   <si>
     <t>15919</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15919/i314_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15919/i314_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza nos terrenos localizados na Rua Arthur Alves de Brito, em frente ao nº 248, e na Rua Júlio Antonio Bragatto, ao lado do nº 150, ambos no Bairro Frei Moacir III, pois há muita sujeira, folhas e galhos acumulados e também mato alto, causando temor de que possa servir de habitat para animais peçonhentos e transmissores de doenças.</t>
   </si>
   <si>
     <t>15920</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15920/i315_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15920/i315_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de estudos para a implantação de lâmpadas LED na Rua Martim Afonso, entre a antiga estação ferroviária e a Rua Tupã, no Bairro São Francisco, atendendo pedidos dos moradores e usuários.</t>
   </si>
   <si>
     <t>15921</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15921/i316_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15921/i316_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que a Secretaria da Educação realize pela Internet alguma atividade relativa à comemoração da Semana da Pátria e ao dia 7 de Setembro. A data é importante e merece celebração mesmo em tempo de pandemia e de distanciamento social.</t>
   </si>
   <si>
     <t>15922</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15922/i317_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15922/i317_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja realizado o perfilamento asfáltico da Rua das Hortências, entre as Alamedas Bélgica e Polônia, atendendo pedido dos moradores.</t>
   </si>
   <si>
     <t>15923</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15923/i318_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15923/i318_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização das reformas necessárias e pintura do Centro Comunitário do Jardim Brasilândia, conforme pedido da associação de moradores.</t>
   </si>
   <si>
     <t>15924</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15924/i319_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15924/i319_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a limpeza do bueiro localizado na Rua Antonio Faraco, altura do nº 655, pois se encontra entupido, impossibilitando o escoamento adequado da água e causando transtornos aos moradores.</t>
   </si>
   <si>
     <t>15964</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15964/i320_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15964/i320_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito recapeamento asfáltico na Rua dos Lírios, altura do nº 34, no Jardim das Palmeiras, pois o asfalto se encontra desgastado e os moradores solicitam melhorias.</t>
   </si>
   <si>
     <t>15965</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15965/i321_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15965/i321_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada placa de "Rua sem saída" na Rua Custódio Braga dos Santos, no Bairro Vila Itália IV, visando melhorar a sinalização de trânsito e atender aos pedidos dos moradores daquela região.</t>
   </si>
   <si>
     <t>15966</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15966/i322_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15966/i322_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam tomadas medidas quanto ao local onde são realizadas as aulas práticas de autoescola, nas imediações da estação ferroviária, pois há mato crescendo e areia espalhada pelo solo, conforme as fotos em anexo.</t>
   </si>
   <si>
     <t>15967</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15967/i323_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15967/i323_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que aproveitando a modernização dos semáforos da cidade, faça estudos sobre a mudança na esquina da Avenida José Bonifácio com a Rua Magid Zacarias. No local o semáforo é de três tempos e a Rua Magid Zacarias possui um quarteirão de sentido obrigatório. Usuários solicitam a transformação do trecho em mão dupla novamente.</t>
   </si>
   <si>
     <t>15968</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15968/i324_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15968/i324_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que aproveitando a modernização dos semáforos da cidade, aproveite para instalar unidades na esquina da Avenida Presidente Roosevelt com a Rua Aécio de Féo Flora (acesso ao Jardim Brasilândia) e na Rua Fortaleza esquina com a Alameda Bélgica (na entrada do Jardim das Palmeiras), conforme pedidos formulados pela população anteriormente.</t>
   </si>
   <si>
     <t>15969</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15969/i325_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15969/i325_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a recuperação do asfalto no estacionamento do Centro Olímpico “Professor Paulo Tahara”, que vem apresentando problemas.</t>
   </si>
   <si>
     <t>15970</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15970/i326_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15970/i326_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que solicite junto à Artesp - Agência de Transporte do Estado de São Paulo, cópia do mapa com as mudanças que serão realizadas na Rodovia Comandante João Ribeiro de Barros, no trecho de Dracena. Referido mapa poderá será colocado à disposição de empresas e demais interessados que querem saber as alterações previstas com a concessão das rodovias no lote Piracicaba - Panorama.</t>
   </si>
   <si>
     <t>15971</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15971/i327_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15971/i327_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito um obstáculo redutor de velocidade do tipo lombada na Alameda Espanha, altura do nº 725, pois muitos motoristas transitam em alta velocidade, colocando a segurança de todos em risco.</t>
   </si>
   <si>
     <t>15972</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15972/i328_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15972/i328_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada uma academia ao ar livre na área verde localizada na Alameda Espanha, visando proporcionar instalações adequadas para a população praticar atividades físicas e de lazer.</t>
   </si>
   <si>
     <t>15973</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15973/i329_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15973/i329_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada iluminação pública na Alameda Espanha, em frente ao nº 783. Os moradores pedem providências com urgência, pois a iluminação pública deficiente pode facilitar a prática de atos ilícitos e causa temor aos moradores das imediações.</t>
   </si>
   <si>
     <t>15974</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15974/i330_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15974/i330_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que na Rua José Pantaroto, altura do nº 484, no Jardim Village, está muito perigoso porque muitos motoristas não respeitam o limite de velocidade, já causaram muitos acidentes com animais e os moradores estão muito assustados. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que instale um redutor de velocidade na referida rua para evitar acidentes e garantir a segurança de todos que transitam pelo local.</t>
   </si>
   <si>
     <t>15987</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15987/i331_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15987/i331_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que seja feita limpeza no lote localizado na Rua Júlio Antonio Bragato, ao lado do nº 150, pois a sujeira causa preocupação e reclamações dos moradores.</t>
   </si>
   <si>
     <t>15988</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15988/i332_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15988/i332_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que sejam refeitas as canaletas de passagem de água nas esquinas da Avenida Alcides Chacon Couto. Várias canaletas estão com problemas, quebradas e os usuários da via têm pedido o conserto das mesmas.</t>
   </si>
   <si>
     <t>15989</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15989/i333_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15989/i333_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que atualize no site da Prefeitura e na imprensa informações sobre os órgãos que estão funcionando no prédio do Cedrac, em função de recentes mudanças efetuadas.</t>
   </si>
   <si>
     <t>15990</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15990/i334_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15990/i334_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que a unidade local do Banco do Povo Paulista divulgue informações no site da Prefeitura e na imprensa sobre linhas de créditos disponíveis em apoio aos empreendedores, inclusive, por causa da retomada da economia no período de pandemia.</t>
   </si>
   <si>
     <t>15991</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15991/i335_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15991/i335_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a CDHU - Companhia de Desenvolvimento Habitacional e Urbano para a divulgação, assim que possível, dos nomes dos contemplados com casas do Conjunto Dracena K e que conseguiram formalizar a documentação para assinatura de contrato.</t>
   </si>
   <si>
     <t>15992</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15992/i336_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15992/i336_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que faça a previsão orçamentária para recapeamento da Rua Fioravante, entre a Rua Ipiranga e a Rua Marechal Deodoro da Fonseca. O asfalto no local está bastante desgastado, necessitando de urgente recuperação.</t>
   </si>
   <si>
     <t>15993</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15993/i337_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15993/i337_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que os moradores estão colaborando com a limpeza da cidade, inclusive rastelando algumas áreas verdes porque os insetos estão entrando nas residências e causando danos à saúde. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que faça o recolhimento das folhas que os próprios moradores já juntaram na Rua dos Pinheiros, altura do nº 597.</t>
   </si>
   <si>
     <t>16005</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16005/i338_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16005/i338_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito o conserto da valeta localizada no cruzamento da Rua Aimorés com a Rua Terenas, pois têm ocorrido reclamações de moradores da região de que a mesma se encontra muito funda e cheia de buracos.</t>
   </si>
   <si>
     <t>16006</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16006/i339_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16006/i339_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que realize estudos para inclusão no orçamento de 2021 de recursos para pavimentação de trecho da Rua Irradiação, a partir do número 2.829, entre a Avenida Presidente Roosevelt e Rua Tomé de Souza. A solicitação parte de usuários da via e proprietários de imóveis em construção no local.</t>
   </si>
   <si>
     <t>16007</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16007/i340_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16007/i340_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que realize estudos visando a implantação de redutor de velocidade na Avenida Presidente Roosevelt, altura do número 2.304. Com a instalação de semáforo naquele trecho da Avenida Presidente Roosevelt, há necessidade de mudança do redutor existe para o novo local visando o controle do excesso de velocidade na atualidade.</t>
   </si>
   <si>
     <t>16008</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16008/i341_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16008/i341_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a implantação de nova sinalização nos redutores de velocidade localizados na Avenida Orlando Fruchi, na saída para Tupi Paulista. Usuários reclamam que a pintura dos redutores está desgastada dificultando sua visualização no período noturno.</t>
   </si>
   <si>
     <t>16009</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16009/i342_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16009/i342_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a readequação das calçadas do Cemitério, na Rua Marechal Deodoro da Fonseca. Para o trecho entre a Rua Carlos Gomes e a Rua Caramuru há espaço para criação de estacionamento 45 graus entre a guia e o muro, suprindo a necessidade de vagas para veículos no local.</t>
   </si>
   <si>
     <t>16010</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16010/i343_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16010/i343_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a recuperação dos sarjetões de passagem de água ao longo da Avenida Alcides Chacon Couto, especialmente nos cruzamentos com as Ruas Porto Alegre e Espírito Santo, que apresentam buracos.</t>
   </si>
   <si>
     <t>16011</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16011/i344_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16011/i344_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que na Alameda Inglaterra, altura do nº 172, no Jardim das Palmeiras IV, está muito perigoso, pois muitos motoristas não respeitam o limite de velocidade e os moradores estão assustados. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que instale um redutor de velocidade no referido local para evitar acidentes e garantir a segurança de todos que transitam pelo local.</t>
   </si>
   <si>
     <t>16032</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16032/i345_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16032/i345_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a limpeza do bueiro localizado no cruzamento da Rua São Paulo com a Rua Fidélis Paulino de Arruda, pois ele se encontra entupido e com a grade caindo, causando muitos transtornos aos moradores da região.</t>
   </si>
   <si>
     <t>16033</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16033/i346_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16033/i346_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza da galeria localizada na Rua Eloy Ferreira Duarte, pois se encontra muito suja, causando mau cheiro e prejudicando a saúde dos moradores, que solicitam providências. Inclusive, esta vereadora esteve presente naquele local para verificar a situação, a pedido dos referidos moradores.</t>
   </si>
   <si>
     <t>16034</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16034/i347_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16034/i347_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita o conserto do bueiro localizado na Rua Almirante Barroso, próximo à estação ferroviária, pois o mesmo se encontra sem grade, podendo causar queda de pedestres que transitam pelo local.</t>
   </si>
   <si>
     <t>16035</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16035/i348_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16035/i348_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito um valetão no cruzamento da Alameda Inglaterra com a Rua Caetés, no Bairro Campo Belo II, a pedido dos moradores daquele bairro, a fim de que a água escoe adequadamente.</t>
   </si>
   <si>
     <t>16036</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16036/i349_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16036/i349_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a implantação de lâmpadas de LED na Rua Ipiranga, entre a Santa Casa e o Ambulatório Médico de Especialidades (AME), atendendo pedidos de usuários e de moradores.</t>
   </si>
   <si>
     <t>16037</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16037/i350_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16037/i350_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada placa com a denominação de cada área verde do município. As áreas receberam nomes de cidadãos e em sua maioria não contam com placas de identificação. O mesmo precisa ocorrer em praças públicas sem o nome do homenageado.</t>
   </si>
   <si>
     <t>16038</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16038/i351_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16038/i351_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a previsão orçamentária para 2021 visando a pavimentação asfáltica da Rua Palmira Reigota Stelato, que divide o Bairro Emílio Zanata de área rural reservada para futuro loteamento. A falta de asfalto naquela via atrapalha o deslocamento dos visitantes e moradores a partir da Rua das Garças.</t>
   </si>
   <si>
     <t>16039</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16039/i352_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16039/i352_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que dentro das possibilidades legais agilize a data de liberação de consumo de alimentos na feira-livre, respeitando medidas que evitem aglomerações no local, com orientação de feirantes e visitantes para impedir contaminação.</t>
   </si>
   <si>
     <t>16041</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16041/i353_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16041/i353_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja revista, dentro das possibilidades legais, a proibição de funcionamento de bares, restaurantes e lanchonetes após as 22 horas durante a pandemia. Proprietários dos estabelecimentos reivindicam a flexibilização do horário até pelo menos meia-noite para atender os clientes, evitando aglomerações nos horários limitados.</t>
   </si>
   <si>
     <t>16040</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16040/i354_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16040/i354_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja refeita a pintura de solo de "Pare" na esquina da Rua Fidélis Paulino de Arruda com a Rua Edson da Silveira Campos, pois se trata de uma esquina muito perigosa e movimentada, sendo que a sinalização se encontra desgastada.</t>
   </si>
   <si>
     <t>16058</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16058/i355_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16058/i355_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a pintura geral do Terminal Rodoviário de Passageiros “Vereador José Pereira Marotto”. O local recebe visitantes o ano todo e merece uma melhor conservação de parte do poder público para este final de ano também.</t>
   </si>
   <si>
     <t>16059</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16059/i356_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16059/i356_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja realizado um levantamento sobre todas as pontes da zona rural, que necessitam de recuperação e que os serviços sejam programados o mais rápido possível para atender a todos os proprietários rurais e usuários das estradas em geral.</t>
   </si>
   <si>
     <t>16060</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16060/i357_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16060/i357_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o Governo do Estado e a Defesa Civil para que sejam agilizadas as liberações de recursos para a construção da ponte do Córrego Caigangs, da ponte da Estrada José Mazoni, a conhecida Ponte Torta, bem como a ligação da Via Marginal José Dancieri, perto da conhecida Chácara do Candinho. São passagens que estão interrompidas há muitos anos, criando muitos transtornos para os moradores em geral.</t>
   </si>
   <si>
     <t>16061</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16061/i358_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16061/i358_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que ao longo do mês de outubro todo sejam realizados serviços de limpeza no Cemitério para que o local fique preparado para receber os visitantes no Dia de Finados.</t>
   </si>
   <si>
     <t>16062</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16062/i359_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16062/i359_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja lançado o chamamento público para as entidades que queiram explorar os serviços de estacionamento Zona Azul, com reativação por ocasião do final de ano, quando aumenta bastante o movimento no comércio e área central.</t>
   </si>
   <si>
     <t>16063</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16063/i360_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16063/i360_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que na Avenida Municipal, no Parque Dracena, as árvores estão muitos altas, inclusive próximas aos fios de eletricidade. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que seja feita a devida poda dessas árvores, porque os moradores já solicitaram várias vezes e ainda não foram atendidos.</t>
   </si>
   <si>
     <t>16064</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16064/i361_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16064/i361_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a limpeza do lote localizado na Rua Fortaleza, nº 1093, pois se encontra sujo e com mato alto, podendo servir de criadouro para animais peçonhentos e/ou transmissores de doenças.</t>
   </si>
   <si>
     <t>16065</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16065/i362_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16065/i362_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada iluminação pública na área verde do Bairro Frei Moacir II, localizada na Rua Cristina Pompílio Schmidt, altura do nº 153, visando atender aos pedidos dos moradores daquela região.</t>
   </si>
   <si>
     <t>16066</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16066/i363_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16066/i363_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam feitas melhorias na pavimentação da entrada do Jardim dos Pássaros, pois os moradores têm reclamado devido ao grande número de buracos na via.</t>
   </si>
   <si>
     <t>16067</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16067/i364_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16067/i364_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado um obstáculo redutor de velocidade do tipo lombada na Rua Natal Chiari, altura do nº 177, pois alguns motoristas desrespeitam o limite de velocidade, podendo causar acidentes.</t>
   </si>
   <si>
     <t>16068</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16068/i365_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16068/i365_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita sinalização de trânsito na Rua Ana Elias de Souza, em frente ao Posto de Saúde Dr. Luiz Alencar de Moraes, visando proporcionar segurança aos motoristas e pedestres que transitam pela área.</t>
   </si>
   <si>
     <t>16069</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16069/i366_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16069/i366_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de campanha com faixas, nas redes sociais e imprensa para alertar os motoristas sobre o novo sistema de semáforos da cidade visando evitar acidentes.</t>
   </si>
   <si>
     <t>16070</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16070/i367_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16070/i367_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja implantada iluminação pública na Rua dos Mangueirais, entre a Alameda Inglaterra e o Jardim das Palmeiras, atendendo pedido dos usuários e moradores.</t>
   </si>
   <si>
     <t>16071</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16071/i368_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16071/i368_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a programação do recapeamento asfáltico na Rua Spinardi, entre a Vila Barros e o Jardim Santa Clara.</t>
   </si>
   <si>
     <t>16072</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16072/i369_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16072/i369_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o Governo do Estado para adesão do município ao programa de desenvolvimento da energia solar fotovoltaica, atendendo prédios públicos também. O município poderia reservar recursos no orçamento de 2021 para início de investimentos neste segmento.</t>
   </si>
   <si>
     <t>16073</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16073/i370_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16073/i370_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que todos os bairros com praças e áreas verdes necessitam de benfeitorias para o bem estar de seus moradores e frequentadores. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que instale iluminação e quadra de areia no Bairro Vitória Régia pois, segundo moradores, foi compromisso da administração.</t>
   </si>
   <si>
     <t>16074</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16074/i371_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16074/i371_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que segundo os moradores, na Avenida Francisco Antonio Pereira, altura do nº 87, bairro Jardim Village, já houve acidentes, muitos motoristas não respeitam o limite de velocidade e os moradores estão assustados. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que instale um obstáculo redutor de velocidade no referido local, para evitar outros acidentes e garantir a segurança de todos que transitam pelo local.</t>
   </si>
   <si>
     <t>16075</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16075/i372_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16075/i372_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita a retirada do telefone público localizado na Rua Paraguai, em frente ao nº 28, buscando atender aos pedidos dos moradores.</t>
   </si>
   <si>
     <t>16086</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16086/i373_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16086/i373_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam feitas melhorias e instalação de energia elétrica nos cemitérios dos Distritos de Jamaica e de Jaciporã, visando atender aos pedidos dos moradores.</t>
   </si>
   <si>
     <t>16087</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16087/i374_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16087/i374_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a Artesp - Agência de Transporte do Estado de São Paulo para que seja reavaliada a necessidade de obras consideradas desnecessárias no trevo da Avenida José Bonifácio, o que provocaria desapropriações de imóveis para construção de novas alças no local.</t>
   </si>
   <si>
     <t>16088</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16088/i375_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16088/i375_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a troca da iluminação da Rua Nossa Senhora Aparecida, que atende o quarteirão da Igreja Matriz e a Praça Manoel Gomes Gonçalves. No local há dois postes com iluminação deficiente e que podem receber lâmpadas de LED.</t>
   </si>
   <si>
     <t>16089</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16089/i376_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16089/i376_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de investimentos na aquisição de novas lixeiras para as principais ruas e avenidas de Dracena, podendo valorizar ainda a separação de materiais recicláveis.</t>
   </si>
   <si>
     <t>16090</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16090/i377_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16090/i377_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de estudos para ampliação do número de equipes de coleta de lixo para atendimento de novos bairros que estão sendo implantados em Dracena.</t>
   </si>
   <si>
     <t>16091</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16091/i378_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16091/i378_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja implantado um obstáculo redutor de velocidade do tipo lombada na Alameda Áustria, altura do nº 184, pois há um grande declive na via e muitos motoristas desrespeitam o limite de velocidade, podendo causar acidentes.</t>
   </si>
   <si>
     <t>16092</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16092/i379_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16092/i379_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja consertada a ponte que dá acesso ao Bairro das Marrecas, no km 5, buscando atender aos pedidos dos moradores.</t>
   </si>
   <si>
     <t>16093</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16093/i380_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16093/i380_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam instalados dois postes e braços de luz no campo de futebol do Bairro Iandara, pois o local é muito escuro e impede a prática de lazer no período noturno, inclusive, podendo se utilizar postes retirados de outros locais.</t>
   </si>
   <si>
     <t>16108</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16108/i381_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16108/i381_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito reparo na iluminação pública na Rua Osvaldo Paulino dos Santos, próximo da Rua Alécio de Féo Flora. Pois vários moradores reclamam da escuridão, gerando insegurança.</t>
   </si>
   <si>
     <t>16109</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16109/i382_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16109/i382_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito um estudo para se instalar novas placas de identificação de ruas em todos os bairros do município, pois existem vários bairros sem as placas de identificação.</t>
   </si>
   <si>
     <t>16110</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16110/i383_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16110/i383_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado obstáculo redutor de velocidade na região do Bairro Parque Dracena, pois moradores reclamam do abuso de velocidade no local.</t>
   </si>
   <si>
     <t>16111</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16111/i384_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16111/i384_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que instale um redutor de velocidade na Rua Venezuela, altura do número 123, pois segundo os moradores, muitos motoristas não respeitam os limites de velocidade, causando insegurança a todos que transitam pelo local.</t>
   </si>
   <si>
     <t>16112</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16112/i385_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16112/i385_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize a limpeza da galeria do Jardim Éden. Uma vez que os moradores não estão suportando o cheiro forte e a sujeira na referida galeria.</t>
   </si>
   <si>
     <t>16113</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16113/i386_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16113/i386_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que a Secretaria de Assuntos Viários realize estudos para aproveitamento da estrutura dos novos semáforos para instalação de adesivos com orientações sobre trânsito e sentido de direção.</t>
   </si>
   <si>
     <t>16114</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16114/i387_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16114/i387_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a implantação de lâmpadas de LED na Avenida Benedito Borges, no trecho do Distrito Comercial e Igreja São João Paulo II, atendendo pedido da comunidade.</t>
   </si>
   <si>
     <t>16115</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16115/i388_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16115/i388_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a programação de serviços de recapeamento para a Rua Aécio de Féo Flora, no setor entre a Colônia da Apeoesp, Escola Alfredo Machado e residências. O trecho apresenta asfalto bastante deteriorado.</t>
   </si>
   <si>
     <t>16116</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16116/i389_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16116/i389_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a construção de calçada na Praça Álvaro Pedro, localizada na Rua Bolívia, esquina com a Rua das Dracenas, no Jardim das Palmeiras 1.</t>
   </si>
   <si>
     <t>16117</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16117/i390_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16117/i390_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a implantação de nova sinalização de trânsito e iluminação na confluência da Rua Olavo Bilac com a Estrada Mário Covas, na saída para a Pousada Bom Samaritano, atendendo pedido dos usuários e moradores.</t>
   </si>
   <si>
     <t>16118</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16118/i391_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16118/i391_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito recapeamento asfáltico na Rua Carlos Gomes, altura do nº 423, uma vez que as ruas ao redor foram recapeadas, porém foram deixados dois quarteirões sem melhorias.</t>
   </si>
   <si>
     <t>16119</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16119/i392_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16119/i392_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente, a melhoria na canalização do Jardim Santa Clara, mais precisamente na Rua São Paulo, proximidades do número 472, uma vez que no local não há vazão suficiente para escoamento das águas pluviais, ocasionando alagamento das residências circunvizinhas ao local. Indico ainda melhoria com implantação de academia ao ar livre e parque infantil na área verde ali localizada, e que pertence à Prefeitura.</t>
   </si>
   <si>
     <t>16120</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16120/i393_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16120/i393_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a pavimentação asfáltica e a iluminação pública da rua que faz a ligação entre os bairros Fioravante e Santa Luzia.</t>
   </si>
   <si>
     <t>16142</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16142/i394_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16142/i394_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que faça a previsão orçamentária para recapeamento asfáltico das ruas do Parque São Carlos, atendendo pedidos de moradores e usuários das vias.</t>
   </si>
   <si>
     <t>16143</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16143/i395_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16143/i395_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado semáforo com contador digital em substituição ao equipamento analógico na Avenida Alcides Chacon Couto, esquina com a Avenida Vitória.</t>
   </si>
   <si>
     <t>16144</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16144/i396_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16144/i396_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a instalação de lâmpadas com a tecnologia LED nas ruas ao redor da Emefi João Vendramini e Câmara Municipal, bem como a poda das árvores na calçada lateral do Ginásio Alaor Ferrari.</t>
   </si>
   <si>
     <t>16145</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16145/i397_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16145/i397_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o governo federal para que Dracena seja incluída em programa habitacional, visando diminuir o déficit de moradias populares.</t>
   </si>
   <si>
     <t>16146</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16146/i398_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16146/i398_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que instale um obstáculo redutor de velocidade na Rua Bolívia, altura do nº 1213, pois, segundo moradores da citada rua, muitos motoristas não respeitam os limites de velocidade, causando insegurança a todos.</t>
   </si>
   <si>
     <t>16147</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16147/i399_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16147/i399_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que instale um obstáculo redutor de velocidade na Alameda Inglaterra, altura do nº 770, no Jardim das Palmeiras IV, pois os moradores reclamam que muitos motoristas não respeitam o limite de velocidade, causando insegurança e atropelando animais.</t>
   </si>
   <si>
     <t>16148</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16148/i400_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16148/i400_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que tome as devidas providências quanto à Rua Arthur Alves de Brito, altura do nº 248, no Bairro Frei Moacir III. Os moradores já reclamaram várias vezes, porém não foram atendidos e o lote ao lado está com muito mato, além disso, os moradores estão sofrendo com ratos, escorpiões e outros tipos de insetos.</t>
   </si>
   <si>
     <t>16149</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16149/i401_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16149/i401_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que recolha os galhos e sacos de folhas da Rua Julio Antonio Bragatto, ao lado do nº 150, no Bairro Frei Moacir III.</t>
   </si>
   <si>
     <t>16150</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16150/i402_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16150/i402_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que tome as devidas providências na Rua Julio Antonio Bragatto, altura do nº 271, no Bairro Frei Moacir III, pois os moradores reclamam de muitos entulhos que estão causando transtornos.</t>
   </si>
   <si>
     <t>16151</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16151/i403_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16151/i403_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que faça a retirada dos galhos deixados na calçada próxima ao cruzamento da Rua Porto Alegre com a Rua Amazonas, pois estão atrapalhando o trânsito de pedestres e deixando água parada no local.</t>
   </si>
   <si>
     <t>16162</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16162/i404_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16162/i404_2020.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado um obstáculo redutor de velocidade na Rua Bolívia, próximo ao nº 753, pois muitos motoristas desrespeitam o limite de velocidade, podendo causar acidentes.</t>
   </si>
   <si>
     <t>16163</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16163/i405_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16163/i405_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza na área verde do Bairro Pitangueiras, localizada na Rua Alexandre Nenartavis, altura do nº 579, pois o local é usado por crianças para brincar e o mato existente prejudica as atividades de recreação.</t>
   </si>
   <si>
     <t>16164</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16164/i406_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16164/i406_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado um obstáculo redutor de velocidade na Rua Aluisio Azevedo, entre os nºs 660 e 640, no Jardim Brasilândia, pois o local está muito perigoso e os moradores pedem providências.</t>
   </si>
   <si>
     <t>16165</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16165/i407_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16165/i407_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a melhoria da sinalização de trânsito no cruzamento da Avenida Antonio Henrique Branco com a Rua Marechal Deodoro da Fonseca, atendendo o pedido de moradores e usuários, em função do registro de acidentes.</t>
   </si>
   <si>
     <t>16166</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16166/i408_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16166/i408_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a instalação de lâmpadas de LED na Rua Carlos Gomes, região do Cemitério e dos velórios. O local necessita de melhor iluminação conforme pedido de pessoas que passam por aquela via pública.</t>
   </si>
   <si>
     <t>16167</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16167/i409_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16167/i409_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja programado o recapeamento de ruas da Vila Itália, onde o asfalto está totalmente deteriorado.</t>
   </si>
   <si>
     <t>16199</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16199/i410_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16199/i410_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que realize estudos para a substituição dos guarda-corpos nas esquinas do centro por floreiras ou outro tipo de ornamentação atendendo pedidos dos comerciantes.</t>
   </si>
   <si>
     <t>16200</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16200/i411_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16200/i411_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que realize estudos para a sequência do recapeamento asfáltico das ruas do Jardim das Palmeiras, que não foram atendidas na primeira etapa do projeto de recuperação de vias públicas.</t>
   </si>
   <si>
     <t>16201</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16201/i412_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16201/i412_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que coloque como prioridade para janeiro a agilização de obras da galeria da Rua Ipiranga, conforme previsão orçamentária para 2021.</t>
   </si>
   <si>
     <t>16202</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>Kazue Ishiy</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16202/i413_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16202/i413_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada lâmpada de iluminação pública na Rua Aristides Zanoni, altura da Chácara Takatsuki, pois devido à escuridão muitos vândalos têm causado problemas diariamente.</t>
   </si>
   <si>
     <t>16203</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16203/i414_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16203/i414_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam entregues medicamentos, pelo menos os mais básicos, no Posto de Saúde do Jardim Brasilândia, pois os pacientes precisam se deslocar até o centro para receberem seus medicamentos, sendo que muitos deles são idosos e têm dificuldade de locomoção.</t>
   </si>
   <si>
     <t>16204</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16204/i415_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16204/i415_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalada lâmpada de iluminação pública no início da Rua Jacarandás, pois não há lâmpada na beira da rodovia, oferecendo perigo aos moradores.</t>
   </si>
   <si>
     <t>16205</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16205/i416_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16205/i416_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que se passe a roçadeira na Estrada Luis Serrante, pois está muito difícil para carros pequenos transitarem pela via.</t>
   </si>
   <si>
     <t>16206</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16206/i417_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16206/i417_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja construída pista de caminhada nas proximidades da ABD e da APAE em direção a Ouro Verde, visando proporcionar segurança, pois muitos moradores praticam atividades físicas naquela área.</t>
   </si>
   <si>
     <t>16207</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16207/i418_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16207/i418_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam instaladas placas de identificação na Rua Nações Unidas, ao final da Rua Tenente Antero Contrera, uma vez que muitas pessoas desconhecem o nome daquela rua.</t>
   </si>
   <si>
     <t>16208</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16208/i419_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16208/i419_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja construído um bueiro e canaletas para escoamento de águas pluviais na Rua Nações Unidas, pois quando chove a água quase adentra as casas.</t>
   </si>
   <si>
     <t>16209</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16209/i420_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16209/i420_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam instaladas grades nos bueiros na Rua Manoel Bandeira, altura do nº 543, no Jardim Brasilândia, pois os mesmos se encontram abertos, oferecendo grande risco aos pedestres.</t>
   </si>
   <si>
     <t>16210</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16210/i421_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16210/i421_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que coloque como prioridade para o término do mandato, a agilização de obras da galeria da Rua Ipiranga, conforme previsão orçamentária para 2021.</t>
   </si>
   <si>
     <t>16211</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16211/i422_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16211/i422_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize estudos para a sequência do recapeamento asfáltico das ruas do Jardim das Palmeiras, que não foram atendidas na primeira etapa do projeto de recuperação de vias públicas.</t>
   </si>
   <si>
     <t>16212</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16212/i423_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16212/i423_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize estudo para a retirada dos guarda-corpos instalados nas principais vias da cidade. A maioria encontra-se danificada, dando um aspecto negativo e de abandono por parte da administração. Uma sugestão de alguns comerciantes do centro é que se substituam os guarda-corpos nas esquinas do centro por floreiras ou outro tipo de ornamentação.</t>
   </si>
   <si>
     <t>16213</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16213/i424_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16213/i424_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que programe o recapeamento ou perfilamento de ruas da Vila Itália, Jardim Bortolato e Campo Belo, onde o asfalto está totalmente deteriorado.</t>
   </si>
   <si>
     <t>16214</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16214/i425_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16214/i425_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize a limpeza das praças e áreas verdes do Bairro Parque Dracena, antes do término do mandato.</t>
   </si>
   <si>
     <t>16215</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16215/i426_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16215/i426_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize a limpeza das praças e áreas verdes do Bairro Emilio Zanata, antes do término do mandato.</t>
   </si>
   <si>
     <t>16216</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16216/i427_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16216/i427_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize a limpeza das praças e áreas verdes do Jardim Brasilândia, antes do término do mandato.</t>
   </si>
   <si>
     <t>16217</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16217/i428_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16217/i428_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que realize a limpeza das praças e áreas verdes do Conjunto Habitacional Virgilio Fioravante, antes do término do mandato.</t>
   </si>
   <si>
     <t>16218</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16218/i429_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16218/i429_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita limpeza na área verde do Bairro Pitangueiras, localizada na Rua Alexandre Nenartavis, pois o local é usado por crianças para brincar e o mato existente prejudica as atividades de recreação.</t>
   </si>
   <si>
     <t>16219</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16219/i430_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16219/i430_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, juntamente com o setor competente, que instale a ornamentação natalina no centro de Dracena.</t>
   </si>
   <si>
     <t>16263</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16263/i431_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16263/i431_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que a pandemia de COVID-19 causou prejuízos consideráveis à economia da nossa cidade, causando a suspensão de muitas atividades, fechamento de empresas e demissão de colaboradores. Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que trabalhe na criação de um plano de retomada econômica para a indústria, comércio e prestação de serviços do município de Dracena, em parceira com agências de fomento, inclusive com oferecimento de crédito a profissionais autônomos e liberais, trabalhadores informais, microempreendedores individuais e microempresários. Dessa forma, poderemos superar a crise, salvar empregos e projetar um bom futuro para Dracena pós-pandemia.</t>
   </si>
   <si>
     <t>16264</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16264/i432_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16264/i432_2020.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feita operação tapa buracos na Rua das Petúnias, esquina com a Alameda Polônia, em frente a Empório Conveniência, pois os buracos têm causado transtornos aos motoristas.</t>
   </si>
   <si>
     <t>15210</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15210/r001_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15210/r001_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Alfeu Castelani, ocorrido em 19 de dezembro de 2019.</t>
   </si>
   <si>
     <t>15211</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15211/r002_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15211/r002_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Há previsão para realização de melhorias na estrada de terra que se inicia na Rua Irradiação, no Bairro Tocantins? Pois há muitos buracos na referida via, causando transtornos aos moradores que precisam transitar pelo local.</t>
   </si>
   <si>
     <t>15212</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15212/r003_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15212/r003_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe qual a previsão para realização de conserto da placa de identificação de via localizada no cruzamento da Rua Antonio Martins com a Rua Florianópolis, pois a mesma se encontra danificada, conforme a foto em anexo.</t>
   </si>
   <si>
     <t>15213</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15213/r004_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15213/r004_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos jovens André Cardoso e Gustavo Fávero que tem feito trabalho voluntário de revitalização das praças e áreas verdes do município, proporcionando melhores condições de uso aos moradores das imediações.</t>
   </si>
   <si>
     <t>15214</t>
   </si>
   <si>
     <t>Claudevi Oliveira da Silva Júnior, Pedro Trabuco, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15214/r005_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15214/r005_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor, que nos informe sobre o setor de ambulância: 1. Quantas viagens são realizadas por mês pelo setor? Informar os destinos. 2. Quantos motoristas o setor possui? 3. Quais são os motoristas que fazem a viagem para Presidente Prudente? Informar os nomes e as datas das viagens. 4. Quais são os motoristas que fazem a viagem para São Paulo? Informar os nomes e as datas das viagens. 5. Quais são os motoristas que fazem a viagem para Campinas? Informar os nomes e as datas das viagens. 6. Quais são os motoristas que fazem a viagem para São José do Rio Preto? Informar os nomes e as datas das viagens. 7. Quais são os motoristas que fazem viagem para Bauru? Informar os nomes e as datas das viagens. 8. Quais são os motoristas que fazem viagem para Ribeirão Preto? Informar os nomes e as datas das viagens. 9. Como é feito a escolha dos motoristas? Informar o procedimento. 10. Qual é o valor da diária destes motoristas? 11. Como é feito o plantão destes motoristas? 12. Em dias de plantões, os motoristas ficam alocados em algum lugar? 13. Existe algum privilégio para alguns motoristas? Visto que os vereadores receberam uma denúncia que alguns recebem privilégios. 14. Por qual motivo alguns dos motoristas não podem dirigir alguns veículos da frota? 15. Responder a todas as perguntas de forma bem clara para o Legislativo.</t>
   </si>
   <si>
     <t>15215</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15215/r006_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15215/r006_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Qual é a previsão para o término do asfalto da Rua Felipe Delovo, no Bairro Vitória Régia? Pois, devido às chuvas, o trecho de terra está praticamente intransitável.</t>
   </si>
   <si>
     <t>15216</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15216/r007_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15216/r007_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários da empresa "Dracena Comercial Hidráulica", inaugurada no dia 1º de fevereiro, na Avenida Presidente Vargas, nº 1788.</t>
   </si>
   <si>
     <t>15217</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15217/r008_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15217/r008_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Será passado veneno contra o mosquito Aedes aegypti nos Distritos de Jamaica e Jaciporã?</t>
   </si>
   <si>
     <t>15218</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15218/r009_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15218/r009_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Haverá a construção da galeria na Avenida Vitória, no Bairro Metrópole? A reivindicação dos moradores daquele local se dá por conta de problemas seriíssimos de invasão de águas de chuvas, destruindo móveis e imóveis naquele local, inclusive com risco de vida.</t>
   </si>
   <si>
     <t>15219</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15219/r010_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15219/r010_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Têm sido fiscalizadas as estradas rurais dos Distritos de Jamaica e Jaciporã? Pois os caminhões das usinas têm causado muitos danos às estradas.</t>
   </si>
   <si>
     <t>15220</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15220/r011_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15220/r011_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão de realização de obras na ponte sobre o córrego Caingangs?</t>
   </si>
   <si>
     <t>15221</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15221/r012_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15221/r012_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se existe previsão para colocação de guias de sarjeta nas seguintes ruas do Distrito de Jaciporã: 1. Rua José da Silva Azevedo; 2. Rua Francisco Ramos dos Santos, no cruzamento com a Rua José da Silva Azevedo, totalizando 200 metros.</t>
   </si>
   <si>
     <t>15222</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15222/r013_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15222/r013_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre os terrenos da Prefeitura, cuja venda foi autorizada pela Câmara em 2019: - Qual o resultado da concorrência pública realizada em dezembro? - Nova concorrência será anunciada pela municipalidade com o mesmo objetivo?</t>
   </si>
   <si>
     <t>15223</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15223/r014_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15223/r014_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre as obras em andamento no futuro Distrito Comercial “Joaquim Martins”: - Qual o cronograma de obras no referido Distrito Comercial? - Existe previsão para abertura de processo de cadastramento para os interessados em terrenos disponíveis no local?</t>
   </si>
   <si>
     <t>15224</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15224/r015_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15224/r015_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Lucinéia Francisca de Oliveira, ocorrido em 30 de janeiro de 2020.</t>
   </si>
   <si>
     <t>15225</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15225/r016_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15225/r016_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Qual será o órgão responsável pela Carteira de Identificação da Pessoa com Transtorno do Espectro Autista (CIPTEA), criada pela Lei 13.977/2020? 2. A partir de quando os portadores do Transtorno do Espectro Autista (TEA) poderão procurar pelo serviço?</t>
   </si>
   <si>
     <t>15226</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15226/r017_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15226/r017_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Aparecida da Silva, ocorrido em 29 de janeiro de 2020.</t>
   </si>
   <si>
     <t>15227</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15227/r018_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15227/r018_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe quanto às faixas elevadas: 1. Onde estão sendo implantadas? 2. Quais são os critérios adotados para se definir o local onde são implantadas?</t>
   </si>
   <si>
     <t>15228</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15228/r019_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15228/r019_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Manoel José de Freitas, ocorrido em 31 de janeiro de 2020.</t>
   </si>
   <si>
     <t>15229</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15229/r020_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15229/r020_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos colaboradores Cláudio Luiz Nolasco, Jaqueline e Adriana, da empresa Metalquip, inaugurada no dia 1º de fevereiro, na Avenida Presidente Vargas, 1788. A empresa vem para Dracena acreditando no crescimento do município e gerando novos empregos.</t>
   </si>
   <si>
     <t>15230</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Célio Antonio Ferregutti, Claudevi Oliveira da Silva Júnior, Cláudio José Pasqualeto, Higor Tossato, Kielse Chiari Munis, Maria Mateus, Milton Polon, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15230/r021_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15230/r021_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Priscila Célia Daniel, ocorrido em 31 de janeiro de 2020.</t>
   </si>
   <si>
     <t>15231</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15231/r022_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15231/r022_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 007, de 28/02/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder executivo para abertura de crédito adicional especial no orçamento vigente. (credito no valor de R$232.000,00 - (duzentos e trinta e dois mil reais), destinado a abertura de crédito adicional especial com a finalidade de executar obras de infraestrutura no município, com recurso transferido pela esfera federal).</t>
   </si>
   <si>
     <t>15248</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15248/r023_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15248/r023_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se será refeita a ponte de madeira sobre o córrego na Estrada Municipal DRA 247. Consta que a ponte está muito danificada e os usuários da via estão necessitando urgentemente de melhoria na referida ponte para ter acesso ao município.</t>
   </si>
   <si>
     <t>15249</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Pedro Trabuco, Rodrigo Castilho Soares, Milton Polon, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15249/r024_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15249/r024_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Rubens dos Santos, ocorrido em 04 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15250</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15250/r025_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15250/r025_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Rodrigues Silva Valero, ocorrido em 04 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15251</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15251/r026_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15251/r026_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que preste informações sobre o andamento do projeto de monitoramento com câmeras nas entradas e saídas da cidade. - Quais os locais que já estão sendo atendidos? - Qual a programação para os demais pontos escolhidos?</t>
   </si>
   <si>
     <t>15252</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15252/r027_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15252/r027_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Quais são as medidas dos prédios das escolas dos Distritos de Jaciporã e Jamaica? - Há previsão para realização de pintura?</t>
   </si>
   <si>
     <t>15253</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15253/r028_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15253/r028_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quantos cuidadores do concurso e processo seletivo a Secretaria Municipal de Educação convocou para atender a rede municipal? 2. Enviar lista com os nomes dos profissionais e em qual escola cada cuidador cumpre a sua carga horária. 3. Os cuidadores fizeram capacitação? 4. Quantos alunos com necessidades especiais a rede municipal atendeu no ano de 2019 e está atendendo em 2020?</t>
   </si>
   <si>
     <t>15254</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15254/r029_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15254/r029_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Existe previsão pare reformar as EMEIs e EMEFIs? Pois a situação está ficando cada vez mais complicada, com muito mofo e falta de manutenção. Inclusive, a EMEI Lar Infantil continua com os azulejos colados com fita crepe.</t>
   </si>
   <si>
     <t>15255</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15255/r030_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15255/r030_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Qual é a previsão para realização de reforma dos banheiros das EMEIs e EMEFIs que estão necessitando?</t>
   </si>
   <si>
     <t>15256</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15256/r031_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15256/r031_20.pdf</t>
   </si>
   <si>
     <t>Considerando que a data base do piso dos professores é no mês de janeiro. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o que segue: 1. Qual é o motivo que impede os professores de receberem o piso do magistério no salário base? 2. Qual o motivo de se pagar como complemento?</t>
   </si>
   <si>
     <t>15257</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15257/r032_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15257/r032_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Existe previsão para realizar os reparos na quadra da EMEFI Ottília Braz Noguerol? As traves de gol e as cestas de basquete estão em péssimas condições de uso e a situação está muito perigosa para todos que utilizam o ambiente.</t>
   </si>
   <si>
     <t>15258</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15258/r033_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15258/r033_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Qual é o motivo de transformar salas de aula de 40 horas das EMEIs em salas de aula de 30 horas, após os titulares se aposentarem? 2. Existe amparo legal para isto?</t>
   </si>
   <si>
     <t>15259</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15259/r034_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15259/r034_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Quantos Auxiliares da Educação a Secretaria Municipal da Educação convocou para efetivar? 2. Enviar os nomes e as funções que cada auxiliar desenvolve. 3. Também enviar os nomes das escolas onde trabalham.</t>
   </si>
   <si>
     <t>15260</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15260/r035_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15260/r035_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Quantos Auxiliares da Educação foram contratados do processo seletivo? 2. Enviar nomes e funções que cada um desenvolve e escolas onde trabalham.</t>
   </si>
   <si>
     <t>15261</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15261/r036_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15261/r036_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Senhor Adonias Escurinho Soares de Brito, que completou 60 anos de trabalho como barbeiro e cabeleireiro em Dracena. Trata-se do profissional mais antigo em atividade em Dracena e que também teve passagem pela Câmara Municipal com suplente de vereador.</t>
   </si>
   <si>
     <t>15262</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15262/r037_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15262/r037_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Têm sido ofertados cursos de capacitação e/ou reciclagem em noções de primeiros socorros aos professores e funcionários das escolas públicas e privadas existentes em nosso município, conforme a Lei nº 13.722, de 04 de outubro de 2018?</t>
   </si>
   <si>
     <t>15263</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15263/r038_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15263/r038_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: 1. A Prefeitura Municipal já está ciente da Proposta de Emenda à Constituição nº 17/2019, aprovada na Assembleia Legislativa de São Paulo possibilitando que áreas verdes institucionais possam abrigar programas habitacionais? 2. Em caso afirmativo, está sendo elaborado projeto para se desenvolver em Dracena? 3. Seria viável a implantação em nosso município?</t>
   </si>
   <si>
     <t>15264</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15264/r039_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15264/r039_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Existe estudo visando que em áreas verdes de novos loteamentos seja obrigatório o plantio de 40 a 50% de árvores frutíferas? Pois esta sugestão foi protocolada nesta Casa de Leis pelo Sr. Evandro Terneiro Panizolo, conforme documento em anexo.</t>
   </si>
   <si>
     <t>15265</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15265/r040_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15265/r040_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe quanto à remoção de árvores do passeio público: 1. Quais são os trâmites necessários? 2. Qual setor deve ser procurado? 3. O plantio de novas árvores pode ser feito em outro local, a exemplo de uma área verde? 4. Caso a árvore caia sobre a casa do morador, quem é o responsável por arcar com os prejuízos? Pois um morador da Rua Euclides da Cunha já fez o pedido para a remoção de uma árvore plantada em frente à sua casa e, até o presente momento, não foi atendido, sendo que a situação tem causado insegurança à sua família, pois, devido à época de chuvas, há o temor de que a árvore venha a cair sobre o imóvel.</t>
   </si>
   <si>
     <t>15266</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15266/r041_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15266/r041_20.pdf</t>
   </si>
   <si>
     <t>Considerando que em algumas EMEIs o ponto digital não está funcionando. Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Qual o prazo para que os aparelhos sejam consertados?</t>
   </si>
   <si>
     <t>15267</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15267/r042_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15267/r042_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão para construção de rampa de acessibilidade na EMEI Pintando o Sete? Conforme previsto pela Lei nº 10.098, de 19 de dezembro de 2000, e pela NBR 9050.</t>
   </si>
   <si>
     <t>15268</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15268/r043_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15268/r043_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Por qual motivo a área da antiga Fepasa se encontra abandonada, com matagal em toda a sua extensão? O mato alto tem gerado reclamação generalizada por parte dos moradores.</t>
   </si>
   <si>
     <t>15269</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15269/r044_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15269/r044_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe sobre a Organização Não Governamental (ONG) que tomou posse da antiga estação ferroviária: 1. Existe autorização por parte da Prefeitura Municipal? 2. Em caso afirmativo, enviar cópia da autorização.</t>
   </si>
   <si>
     <t>15270</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15270/r045_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15270/r045_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Por qual motivo, até a presente data, não foi feita reforma nem adequações no trevo do Bairro Iandara? 2. Qual a previsão para realização?</t>
   </si>
   <si>
     <t>15271</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15271/r046_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15271/r046_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe quanto às caçambas da Secretaria Municipal de Agricultura, Meio Ambiente e Limpeza Pública: 1. Quantas das caçambas estão destruídas? 2. Foi feita licitação pra reformá-las? 3. Em caso afirmativo, qual o nome da empresa vencedora? 4. Em caso negativo, por qual motivo não foi feita a licitação?</t>
   </si>
   <si>
     <t>15272</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15272/r047_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15272/r047_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Tem sido feita fiscalização quanto à aplicação de veneno nos lotes do município? Pois diversos moradores reclamam que, quando aplicado veneno, o mato morre, mas continua no local, ainda podendo servir de criadouro para animais peçonhentos ou transmissores de doenças.</t>
   </si>
   <si>
     <t>15273</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15273/r048_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15273/r048_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe quanto à reforma da Praça da Igreja Matriz: - Como está o andamento do processo? - Há previsão para o início das obras?</t>
   </si>
   <si>
     <t>15274</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15274/r049_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15274/r049_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Existe previsão ou tem sido buscada a implantação de um CAPS com foco na saúde mental em nosso município? Pois o CAPS existente é especializado em transtornos pelo uso de álcool e outras drogas, sendo que tem sido constatada grande procura por atendimento especializado para transtornos mentais graves e persistentes, especialmente na região do Jardim Brasilândia e bairros adjacentes.</t>
   </si>
   <si>
     <t>15275</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15275/r050_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15275/r050_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Existe a possibilidade de ser disponibilizado transporte aos idosos que participam dos projetos da Prefeitura, a exemplo da hidroginástica? Pois muitos idosos faltam ou deixam de participar dos projetos por dificuldades de locomoção.</t>
   </si>
   <si>
     <t>15276</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15276/r051_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15276/r051_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Qual o andamento do processo de instalação de iluminação na academia ao ar livre do Bairro Emílio Zanatta, nas proximidades da EMEI Cantiga de Ninar?</t>
   </si>
   <si>
     <t>15277</t>
   </si>
   <si>
     <t>Claudevi Oliveira da Silva Júnior, Maria Mateus, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15277/r052_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15277/r052_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, as seguintes informações referentes aos casos de Leishmaniose no município de Dracena: 1. O que é feito quando se descobre que o animal está com suspeita de alguma doença grave? Citar passo a passo. 2. O Centro de Controle de Zoonoses realiza eutanásia em animais que estão doentes e sem possibilidade de vida? 3. Informar qual o procedimento tomado quando há suspeita por parte do médico do Pronto Atendimento Municipal (PAM) de que o paciente esteja com leishmaniose. 4. O exame de diagnóstico é realizado no momento do atendimento no PAM? 5. O Sistema Único de Saúde (SUS) paga pelo exame ou o paciente precisa realizar o exame em laboratório particular? 6. Existem cotas para realização dos exames? 7. Em quanto tempo sai o resultado? 8. O paciente é liberado sem o diagnóstico confirmado? 9. Quantos casos de Leishmaniose houve em 2016, 2017, 2018, 2019 e 2020? 10. Por que está demorando tanto tempo para se recolher folhas e galhos no município? 11. Está sendo realizada alguma campanha de combate à Leishmaniose nas escolas e com a população? 12. Por que não estão sendo recolhidos galhos e folhas nas áreas verdes do município?</t>
   </si>
   <si>
     <t>15278</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15278/r053_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15278/r053_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, que nos informe a respeito aos casos de dengue no município: 1. Em relação ao combate ao mosquito Aedes Aegypt, qual o trabalho que está sendo realizado? 2. Existem casos confirmados recentemente? Em caso afirmativo, em quantas pessoas? 3. O veneno que está sendo aplicado é a base de óleo ou de água? Qual o efeito de um e do outro contra o mosquito? 4. Qual a previsão de se ter o trabalho com o caminhão recolhendo os materiais inservíveis para a limpeza da cidade? 5. Já está sendo realizada alguma campanha em massa para o alerta à população da importância da prevenção? 6. Os locais de maior incidência dos mosquitos estão sendo monitorados? E como estão atualmente? 7. Atualmente, qual o índice de risco em que a cidade se encontra em relação aos critérios da tabela de nível de epidemia? Envie-nos cópia desta tabela. 8. Os funcionários estão tendo todas as ferramentas e o apoio total para o desenvolvimento do trabalho?</t>
   </si>
   <si>
     <t>15279</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15279/r054_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15279/r054_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. A Secretaria Municipal da Educação está abrindo portaria para professores eventuais substituírem nas EMEIs e EMEFIs? 2. Em caso negativo, por quais motivos não estão sendo abertas portarias?</t>
   </si>
   <si>
     <t>15280</t>
   </si>
   <si>
     <t>Célio Antonio Ferregutti, Cláudio José Pasqualeto, Milton Polon, Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15280/r055_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15280/r055_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Ivanil Matias da Silva Bordim, ocorrido em 08 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15281</t>
   </si>
   <si>
     <t>Higor Tossato, Milton Polon, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15281/r056_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15281/r056_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Oswaldo Conrado, ocorrido em 10 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15298</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15298/r057_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15298/r057_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - É possível de se fazer a instalação de ninhos artificiais para reprodução de Araras Canindé? Nossa intenção é, além de fomentar a reprodução da espécie, termos a possibilidade de turismo ecológico das pessoas que não residem em nossa cidade. Também estaremos promovendo bem estar aos moradores, sendo que a beleza desse animal é abundante no município e todos se encantam com suas cores, inclusive, com esse ato passaremos a incentivar nossas crianças a proteger a natureza.</t>
   </si>
   <si>
     <t>15299</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15299/r058_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15299/r058_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão para implantação de obstáculos redutores de velocidade na Avenida Municipal, no Bairro Parque Dracena?</t>
   </si>
   <si>
     <t>15300</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15300/r059_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15300/r059_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Existe estudo para se cercar o campo de futebol do Bairro Parque Dracena?</t>
   </si>
   <si>
     <t>15301</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15301/r060_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15301/r060_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Existe o cargo de encanador no setor de esgoto da Emdaep? 2. Em caso afirmativo, quantos funcionários executam a função de encanador? 3. Em caso negativo, quem são os funcionários que executam esta função?</t>
   </si>
   <si>
     <t>15302</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15302/r061_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15302/r061_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Existe estudo ou previsão para revitalização das praças do município? Como por exemplo, a praça do Bairro São Cristóvão, localizada entre a Rua São Carlos e a Rua São Francisco, pois é uma praça bonita porém se encontra abandonada.</t>
   </si>
   <si>
     <t>15303</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15303/r062_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15303/r062_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Débora da Silva Marqueti, ocorrido em 11 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15304</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15304/r063_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15304/r063_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre convênios assinados para a execução de recapeamento no sistema CBUQ em Dracena, a saber: - Qual o montante de recursos previstos para investimento no setor? - Quais as vias que serão atendidas? - Há prazo para execução dos convênios?</t>
   </si>
   <si>
     <t>15305</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15305/r064_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15305/r064_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Enviar cópia da tabela de vencimentos do magistério. 2. Enviar cópia da tabela de progressão funcional dos professores. 3. Há diferença no valor hora/aula dos professores de EMEI e EMEFI? 4. Em caso afirmativo, existe amparo legal?</t>
   </si>
   <si>
     <t>15306</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15306/r065_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15306/r065_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: 1. Em nome de quem foi concedido o alvará do estabelecimento localizado na Rua Fagundes Varela, nº 399, no Bairro Jardim Brasilândia? 2. Existem débitos em atraso? 3. Foi ajuizada alguma ação em nome do responsável pelo alvará? 4. Qual tipo de comércio existe neste endereço?</t>
   </si>
   <si>
     <t>15307</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15307/r066_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15307/r066_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - A Secretaria da Educação está abrindo portaria para os professores eventuais substituírem?</t>
   </si>
   <si>
     <t>15308</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15308/r067_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15308/r067_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quantos professores se aposentaram ou foram exonerados da educação infantil e do ensino fundamental? 2. Já foram convocados outros professores do concurso ou do processo seletivo para ocuparem as vagas?</t>
   </si>
   <si>
     <t>15309</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15309/r068_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15309/r068_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão de obras para melhorias na Rua Dante Marinho, cruzamento com a Rua Abdala Zacarias, no Bairro Vitória Régia? Pois a água tem ficado empoçada no local, adentrando imóveis e causando transtornos aos moradores.</t>
   </si>
   <si>
     <t>15310</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15310/r069_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15310/r069_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: - Por qual motivo, até a presente data, não houve nenhuma reparação na ponte do Bairro Água Verde, ligando o Bairro Marrequinha à Rodovia Engenheiro Byron de Azevedo Nogueira?</t>
   </si>
   <si>
     <t>15311</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15311/r070_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15311/r070_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Por qual motivo não foi feito recapeamento asfáltico em nenhuma via na Vila Barros e no Jardim Santa Clara? 2. Enviar cópia do mapa e nome das ruas a serem recapeadas e perfiladas.</t>
   </si>
   <si>
     <t>15312</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15312/r071_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15312/r071_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Quais são as ruas que serão recapeadas ou perfiladas no Bairro São Francisco? 2. Caso nenhuma rua esteja prevista, justificar.</t>
   </si>
   <si>
     <t>15313</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15313/r072_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15313/r072_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: - Em que pé se encontra a construção de bocas de lobo que ficaram de serem feitas na Rua Aécio de Feo Flora, cruzamento com a Rua Mário Quintana?</t>
   </si>
   <si>
     <t>15314</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15314/r073_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15314/r073_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: - A Rua Espírito Santo, entre a Rua Antônio Martins e a Rua Fortaleza, está inclusa nos planos para perfilamento ou recapeamento asfáltico?</t>
   </si>
   <si>
     <t>15315</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15315/r074_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15315/r074_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Elzira Galina Passos, ocorrido em 13 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15316</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15316/r075_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15316/r075_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, que nos informe: 1. Existe algum estudo para dar mais transparência ao cidadão dos atos dos Poder Executivo? 2. Há possibilidade de registrar em áudio e vídeo (via internet por meio de transmissão ao vivo no site institucional da Prefeitura) todos os processos licitatórios? Visto que muitas vezes o cidadão não consegue, por conta da correria, participar das licitações no setor e muitas vezes os horários em que é realizado o serviço dificulta a participação da comunidade. 3. Se a resposta for positiva, informar para a Casa de Leis, o período em que poderá ocorrer este serviço. 4. Se a resposta for negativa, explicar o motivo da não implantação. Com o mecanismo, ajudará o cidadão no acompanhamento direto em relação à tramitação dos processos, verificando assim, em tempo real, se os dispositivos da Lei Federal nº 8.666/93 (Lei das Licitações) estão sendo cumpridos.</t>
   </si>
   <si>
     <t>15317</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Higor Tossato</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15317/r076_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15317/r076_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Vivaldo Grande, ocorrido em 17 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15318</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Milton Polon, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15318/r077_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15318/r077_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Sandra Regina de Brito, ocorrido em 14 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15329</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15329/r078_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15329/r078_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Qual o prazo para a instalação dos aparelhos de ar condicionado nas EMEIs e EMEFIs? Pois as mães dos alunos têm reclamado do calor excessivo, que prejudica o aprendizado e o desempenho escolar das crianças.</t>
   </si>
   <si>
     <t>15330</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15330/r079_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15330/r079_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Qual o prazo para reinstalação do poste que foi derrubado na praça ao lado da EMEFI Ottília Braz Noguerol? Há muito tempo tem sido solicitada a reinstalação, pois o local ficou escuro, prejudicando os moradores que utilizam a praça.</t>
   </si>
   <si>
     <t>15331</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15331/r080_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15331/r080_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de Moção de Apoio à Indicação nº 3794, de 2019, de autoria do Deputado Estadual Ed Thomas, solicitando ao Governador do Estado de São Paulo, João Doria, que determine a inclusão da Região Administrativa de Presidente Prudente nos direitos de ações, projetos e programas de Políticas Públicas de Estado apresentados e disponibilizados à região Administrativa de Registro, denominada de "Vale do Futuro". Uma vez que, no dia 17 de outubro de 2019, o governador João Dória lançou o supracitado projeto "Vale do Futuro", tendo por objetivo impulsionar ações de curto, médio e longo prazo de desenvolvimento econômico e social do Vale do Ribeira. O programa prevê R$ 1 bilhão em investimentos públicos e atração de mais R$ 1 bilhão em recursos privados, além de 30 mil oportunidades de emprego, renda e empreendedorismo até o final de 2022. Solicitamos a inclusão da Região Administrativa de Presidente Prudente nas ações, projetos e programas estabelecidos pelo governador e sua equipe para haver equidade humana, social e econômica para todo Estado de São Paulo, pois não podemos sacrificar 53 municípios que formam a região de Presidente Prudente dos seus direitos constitucionais. Requeremos ainda que depois de aprovada esta matéria seja dado conhecimento desse ato do Poder Legislativo ao Governador do Estado de São Paulo, Exmo. Sr. João Doria.</t>
   </si>
   <si>
     <t>15332</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15332/r081_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15332/r081_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações quanto à Saúde, a saber: 1. Existe convênio do município para atendimento de Neuro Clínico e Neuro Cirurgião? O questionamento se refere tanto ao Pronto Atendimento Municipal, quanto à Santa Casa e rede de saúde.</t>
   </si>
   <si>
     <t>15333</t>
   </si>
   <si>
     <t>Kielse Chiari Munis, Milton Polon, Rodrigo Rossetti Parra, Sara dos Santos Scarabelli Souza, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15333/r082_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15333/r082_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. A Prefeitura oferece curso de capacitação aos funcionários que preparam a merenda nas escolas? 2. Há algum tipo de avaliação ou pesquisa de opinião entre os alunos quanto à qualidade da merenda servida nas redes municipal e estadual?</t>
   </si>
   <si>
     <t>15334</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15334/r083_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15334/r083_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Há previsão para recapeamento ou perfilamento nas ruas do Jardim das Palmeiras IV? 2. Em caso afirmativo, enviar lista com os nomes das ruas previstas.</t>
   </si>
   <si>
     <t>15335</t>
   </si>
   <si>
     <t>Célio Antonio Ferregutti, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15335/r084_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15335/r084_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Edson Altino de Oliveira, ocorrido em 19 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15336</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15336/r085_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15336/r085_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Por qual motivo o setor de protocolo não funciona por todo o período em que a Prefeitura está aberta? Uma vez que, segundo informações, o setor de protocolo funciona somente durante duas horas por período.</t>
   </si>
   <si>
     <t>15337</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15337/r086_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15337/r086_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o último concurso público da Secretaria Municipal da Educação: 1. Quantas vagas de Professor de Educação Básica - EMEI/Creche (PEB I) foram criadas? Quantos docentes foram efetivados até a presente data? 2. Quantas vagas de Professor Tutor de Educação Básica - Pré-Escola/Ensino Fundamental (PTEB II) foram criadas? Quantos docentes foram efetivados até a presente data? 3. Quantas vagas de Professor de Arte (PEB II) foram criadas? Quantos docentes foram efetivados até a presente data? 4. Quantas vagas de Professor de Informática Educacional (PEB II) foram criadas? Quantos docentes foram efetivados até a presente data? 5. Quantas vagas de Professor de Inglês (PEB II) foram criadas? Quantos docentes foram efetivados até a presente data? 6. Quantas vagas de Professor de Educação Musical (PEB II) foram criadas? Quantos docentes foram efetivados até a presente data? 7. Quantas vagas de Professor Educação Básica I (PEB I) foram criadas? Quantos docentes foram efetivados até a presente data? 8. Quantas vagas de Professor Pré-Escola I e II (PEB I) foram criadas? Quantos docentes foram efetivados até a presente data?</t>
   </si>
   <si>
     <t>15338</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15338/r087_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15338/r087_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações a saber: 1. Quantos professores do nosso município estão em licença pelo INSS e em licença maternidade? 2. Informar os nomes da EMEIs, EMEFIs e Projetos em que os referidos professores lecionam. 3. Informar a carga horária de cada docente afastado. 4. Informar a data de início e do término de cada afastamento. 5. Enviar lista com os nomes dos docentes afastados.</t>
   </si>
   <si>
     <t>15339</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15339/r088_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15339/r088_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Qual a porcentagem de esgoto encanado no município? 2. Em quais pontos ainda falta rede de esgoto?</t>
   </si>
   <si>
     <t>15340</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15340/r089_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15340/r089_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: - Há previsão para limpeza do matagal existente na área da antiga Fepasa?</t>
   </si>
   <si>
     <t>15341</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15341/r090_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15341/r090_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há estudos, por parte da Secretaria responsável, para alteração na legislação, regulamentando qual medida deverá ser implantada nas guias rebaixadas em cada lote? Tal fato se faz necessário, pois há imóveis que tem na sua totalidade a guia rebaixada.</t>
   </si>
   <si>
     <t>15342</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15342/r091_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15342/r091_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Há previsão para que seja refeita a sinalização de solo em frente ao Banco de Sangue, na Rua São Paulo? 2. Há previsão para que sejam podadas as árvores no referido local? Os responsáveis pelo Banco de Sangue já fizeram o pedido, pois no local há grande fluxo de pacientes e veículos, porém não foram atendidos.</t>
   </si>
   <si>
     <t>15343</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15343/r092_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15343/r092_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Por qual motivo não foi recapeada a Avenida Washington Luiz, no Bairro Tonico André? Pois foram recapeadas outras ruas do bairro, porém a rua principal não recebeu melhorias, causando transtornos aos moradores.</t>
   </si>
   <si>
     <t>15344</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15344/r093_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15344/r093_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações junto a administração municipal em relação a ações do setor da saúde: 1. Em quais casos o município de Dracena contrata ambulância UTI particular? 2. Enviar cópia das notas fiscais dos contratos realizados no ano 2020. 3. Enviar um relatório destes atendimentos contendo todos os dados justificáveis, incluindo datas.</t>
   </si>
   <si>
     <t>15345</t>
   </si>
   <si>
     <t>Pedro Trabuco, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15345/r094_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15345/r094_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Empresário Luiz Carlos Jerônimo, proprietário da empresa “Gui Atacadão”, pela reinauguração em novas e modernas instalações, localizada na Avenida Rui Barbosa, n.º 301, Vila Barros. A Câmara Municipal de Dracena cumprimenta e parabeniza o empresário, que acreditando no comércio dracenense investe aqui os seus sonhos, contribuindo com o crescimento do município. Ao empresário e seus funcionários nossos especiais cumprimentos e votos de sucesso absoluto.</t>
   </si>
   <si>
     <t>15346</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15346/r095_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15346/r095_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Pedro Henrique Bueno, ocorrido em 25 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15347</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15347/r096_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15347/r096_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Valdomiro Ussifati, ocorrido em 23 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15348</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15348/r097_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15348/r097_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Claudenir Oliveira da Silva, ocorrido em 26 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15349</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15349/r098_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15349/r098_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Leonel Diógenes Petrillo, ocorrido em 24 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15350</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15350/r099_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15350/r099_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 012, de 14/02/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Crédito Adicional Suplementar no valor de R$ 620.750,00 (seiscentos e vinte mil setecentos e cinquenta reais), com a finalidade de adquirir maquinários, com recursos transferidos pelo governo federal através do Ministério da Agricultura, Pecuária e Abastecimento)</t>
   </si>
   <si>
     <t>15351</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15351/r100_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15351/r100_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 013, de 14/02/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Crédito Adicional Suplementar no valor de R$386.000,00 (trezentos e oitenta e seis mil reais), com a finalidade de executar contratar empresa especializada em fornecimento e implantação de sinalização semafórica no município, com recursos próprios).</t>
   </si>
   <si>
     <t>15352</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15352/r101_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15352/r101_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 016, de 18/02/2020, de autoria do Poder Executivo, que considera urbana área de terras de acordo com o que dispõe o § 2º, do art. 32, do Código Tributário Nacional, um imóvel rural abaixo descrito pertencente à Matrícula nº 7.474, do Cartório de Registro de Imóveis de Dracena/SP.</t>
   </si>
   <si>
     <t>15353</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15353/r102_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15353/r102_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 018, de 20/02/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Crédito Adicional Suplementar no valor de R$ 400.000,00 (quatrocentos mil reais), destinado a transferir recursos financeiros a Santa Casa de Misericórdia de Dracena, na seguinte classificação orçamentária).</t>
   </si>
   <si>
     <t>15354</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15354/r103_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15354/r103_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 019, de 27/02/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Crédito Adicional Especial no valor de R$ 150.000,00 (cento e cinquenta mil reais), com a finalidade de adquirir equipamentos agrícolas, com recursos transferidos pelo governo estadual através da Secretaria de Agricultura e Abastecimento).</t>
   </si>
   <si>
     <t>15355</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15355/r104_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15355/r104_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quantos pacientes foram transferidos com a ambulância UTI móvel para Presidente Prudente nos anos de 2019 e 2020? 2. Informar os nomes dos responsáveis por cada transferência com as datas e horários. 3. Informar data das transferências, horário e nome dos pacientes.</t>
   </si>
   <si>
     <t>15356</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15356/r105_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15356/r105_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Davi Fernando da Silva pelos relevantes serviços prestados à população relativamente à fraude no transporte de pacientes pela UTI móvel contratada pela Prefeitura Municipal, denunciada em reportagem publicada no dia 21 de fevereiro, veiculada pelo Jornal Interativo.</t>
   </si>
   <si>
     <t>15357</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15357/r106_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15357/r106_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Quais os critérios, segundo a lei, para demarcação de faixas amarelas proibindo o estacionamento de veículos? 2. Tem sido feita fiscalização quanto à pintura das referidas faixas de forma irregular? 3. Em caso afirmativo, informar nome e endereço das empresas e/ou cidadãos autuados nos anos de 2019 e 2020. 4. Quais os critérios, segundo a lei, para o rebaixamento de guias de calçadas? 5. Tem sido feita fiscalização quanto ao rebaixamento das guias no município? 6. Em caso afirmativo, informar nome e endereço das empresas e/ou cidadãos autuados nos anos de 2019 e 2020.</t>
   </si>
   <si>
     <t>15358</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15358/r107_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15358/r107_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Qual o prazo para que seja feito recapeamento asfáltico na Rua Joaquina Maria André, trecho de dois quarteirões entre a Avenida Vitória e Rua Paraná; e na Rua Paraná, trecho de um quarteirão, entre a Rua Joaquina Maria André e Rua Joaquim André? Uma vez que esta solicitação tem sido feita há muito tempo e que o asfalto se encontra extremamente desgastado. Além disso, tais vias apresentam alto fluxo de veículos, devido à proximidade de diversos estabelecimentos comerciais e da Escola Professor Moacir Simardi.</t>
   </si>
   <si>
     <t>15359</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15359/r108_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15359/r108_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Em que situação se encontra o projeto que contempla a pista de caminhada nas proximidades dos Bairros Vitória Régia, Frei Moacir I e II e Conjunto Habitacional Emílio Zanatta?</t>
   </si>
   <si>
     <t>15360</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15360/r109_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15360/r109_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quantos funcionários da Vigilância e do Centro de Controle de Zoonoses receberam uniformes compostos de calças, camisetas e botinas? 2. Informar o nome dos funcionários que receberam. 3. Informar a data em que foram entregues. 4. Especificar o que já foi entregue aos funcionários.</t>
   </si>
   <si>
     <t>15361</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15361/r110_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15361/r110_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe os locais a serem atendidos com o processo 19/2020, que prevê serviços como “sarjetões”, lombadas, faixas elevadas, guias e sarjetas, através de contrato da Secretaria de Infraestrutura com a Emdaep, responsável pela execução das construções.</t>
   </si>
   <si>
     <t>15362</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15362/r111_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15362/r111_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao proprietário da empresa "Digão Lanches 3", inaugurado no dia 28 de fevereiro, na Rua Etore Bertolini, nº 93, Bairro Frei Moacir II. Os nossos especiais cumprimentos aos empresários por investirem no comércio dracenense, contribuindo para o crescimento e desenvolvimento da cidade.</t>
   </si>
   <si>
     <t>15363</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15363/r112_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15363/r112_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Por qual motivo a agência do Banco Santander localizada na Prefeitura Municipal não fica aberta durante o horário de almoço, especialmente no dia do pagamento dos funcionários da Prefeitura?</t>
   </si>
   <si>
     <t>15364</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15364/r113_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15364/r113_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Laura Josefa da Conceição, ocorrido em 28 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15365</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15365/r114_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15365/r114_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Eugênio da Gama, ocorrido em 28 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>15366</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15366/r115_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15366/r115_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há possibilidade de serem instaladas câmeras na área de embarque e desembarque para a verificação da composição da equipe que vai nas viagens da UTI móvel que saem do Pronto Atendimento Municipal?</t>
   </si>
   <si>
     <t>15367</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15367/r116_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15367/r116_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Quais providências foram tomadas pelo Sr. Prefeito a respeito das denúncias feitas pelo Jornal Interativo quanto ao transporte de paciente pela UTI móvel contratada pela Prefeitura?</t>
   </si>
   <si>
     <t>15368</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15368/r117_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15368/r117_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 022, de 28/02/2020, de autoria do Poder Executivo, que dispõe sobre autorização para abertura de credito adicional especial no orçamento vigente. (credito no valor de R$20.000,00 vinte mil reais, destinado à aquisição de equipamentos para UBS do Município com recursos transferidos pelo Governo Federal).</t>
   </si>
   <si>
     <t>15377</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15377/r118_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15377/r118_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao instrutor e aos alunos da 1ª turma de Atendimento Pré Hospitalar (APH). Curso este com duração de 110 horas, ao qual serão aptos ao atendimento fora hospitalar às vítimas de traumas, acidentes de trânsito e casos clínicos, como: AVC, infartos e convulsões, sabendo diagnosticar e tratar minimizando o sofrimento da vítima até o socorro adequado, como chegada do resgate ou ambulância. O curso tem como instrutor o Tenente da reserva Augusto Cesar Sitta, que conta com 45 alunos de Dracena e região, divididos em duas turmas. Destacamos a importância desta profissão que salva vidas.</t>
   </si>
   <si>
     <t>15378</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15378/r119_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15378/r119_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o Pronto Atendimento Municipal: - Fornecer o prontuário e demais documentos referentes a todos os usos de transferência de pacientes de Dracena para Presidente Prudente, na data de 1º de março de 2020. - Informar os dados de todos os profissionais que prestaram serviço nesta data com nomes e funções dos membros da UTI móvel.</t>
   </si>
   <si>
     <t>15379</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15379/r120_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15379/r120_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Há previsão para construção de um obstáculo redutor de velocidade entre a Rua Abolição e a Rua Três Poderes, no Jardim Alvorada? Pois os motoristas têm transitado em alta velocidade, podendo causar acidentes.</t>
   </si>
   <si>
     <t>15380</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15380/r121_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15380/r121_20.pdf</t>
   </si>
   <si>
     <t>Considerando que o serviço postal é garantia de toda população, prevista na Constituição Federal, art. 21 inc. X, e o serviço de monopólio postal, e rigidez na Empresa Brasileira de Correios e Telégrafos (ECT), para prestar o serviço postal para a população da melhor forma possível é garantido pelo STF - Supremo Tribunal Federal na ADPF 46, julgada em 2009, bem como previsto na Lei 6538/78 que regula o Serviço Postal Nacional, e obriga a ECT a assegurar a continuidade dos serviços mantendo ainda índices de qualidade e eficiência, em seu art. 3º “A empresa exploradora é obrigada a assegurar a continuidade dos serviços, observados os índices de confiabilidade, qualidade, eficiência e outros requisitos fixados pelo Ministério das Comunicações”. Considerando ainda, que o art. 4º, da Lei 6538/78, prevê “É reconhecido a todos o direito de haver a prestação do serviço postal e do serviço de telegrama”, e na Portaria 6206/2015 do Ministério das Comunicações assegura, através das metas de universalização, a existência e a disponibilidade de todos os serviços postais básicos em todo o território nacional e principalmente, de forma permanente, e em condições de qualidade adequada, conforme art. 2º desta portaria. Considerando que a ECT deve sempre ampliar o serviço e não reduzir, conforme Art. 3º da portaria 6206/2015 do Ministério das Comunicações “A ECT deverá ampliar o serviço de atendimento postal, por meio de sua rede de unidades ou por outras formas de prestação desse serviço”. No artigo 20 da Portaria 1326/2010 do Ministério das Comunicações, que “Os Estados Partes assumem o compromisso de realizar todas as ações necessárias para garantir a toda a população o efetivo acesso ao Serviço Postal Universal.” Considerando que, não menos importante, a Portaria nº 566 de 2011 do Ministério das Comunicações, prevê a qualidade no serviço postal e “estabelece as metas para a universalização e de qualidade dos serviços postais básicos, a serem cumpridas pela Empresa Brasileira de Correios e Telégrafos - ECT”. Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de Moção de Protesto em razão da inclusão da ECT no rol de Empresas a serem privatizadas, conforme consta no Programa de Parcerias de Investimentos, divulgado na data de 21/08/2019. Requeiro ainda que depois de aprovada esta matéria seja dado conhecimento desse ato do Poder Legislativo à Presidência da República, ao Ministério da Comunicação, ao Ministério Público Federal, ao Ministério Público do Trabalho, ao Presidente da Empresa Brasileira de Correios e Telégrafos, ao Diretor Regional da SPI/SPI Correio, ao Presidente da FINDECT e do SINDECTEB, a fim de prestar-lhes a devida ciência e adoção das medidas cabíveis.</t>
   </si>
   <si>
     <t>15381</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15381/r122_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15381/r122_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Elza Munhoz, ocorrido em 04 de março de 2020.</t>
   </si>
   <si>
     <t>15382</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Maria Mateus</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15382/r123_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15382/r123_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao pastor Matheus Daminelli Martins e à missionária Priscila Daminelli Martins, que foram consagrados para suas novas funções na Igreja Batista Boas Novas, em culto realizado dia 3 de março. Os dois jovens, filhos dos pastores Walmir Martins e Elisabete, passam a se dedicar aos trabalhos da Igreja Batista com todo o apoio dos familiares e da comunidade a qual pertencem.</t>
   </si>
   <si>
     <t>15383</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15383/r124_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15383/r124_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o número de multas aplicadas até agora em função da localização de água parada nos quintais, gerando focos do mosquito da dengue, e o valor das atuações. E quais os critérios para aplicação das multas?</t>
   </si>
   <si>
     <t>15384</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15384/r125_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15384/r125_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Mario Lima, ocorrido em 04 de março de 2020.</t>
   </si>
   <si>
     <t>15385</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15385/r126_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15385/r126_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários da Padaria Cheff Café Campo Belo, inaugurada na Rua das Mangueiras, nº309, no Bairro Campo Belo. Os nossos especiais cumprimentos aos empresários por investirem no comércio dracenense, contribuindo para o crescimento e desenvolvimento da cidade.</t>
   </si>
   <si>
     <t>15386</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15386/r127_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15386/r127_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, que nos informe: - Por qual motivo ainda não foi instalado o alambrado do Bairro Parque Dracena? Visto que este vereador destinou o valor de R$ 10.500,00 (dez mil e quinhentos reais) para essa finalidade e até o presente momento o serviço não foi realizado.</t>
   </si>
   <si>
     <t>15387</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15387/r128_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15387/r128_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, que nos informe: - Por qual motivo não foram instaladas lombadas nas três ruas do Bairro Parque Dracena? Visto que diversas vezes este vereador solicitou ao Senhor Prefeito, explicando ainda sobre o abuso de velocidade e os perigos existentes nas ruas do referido bairro. Especificar os motivos.</t>
   </si>
   <si>
     <t>15388</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15388/r129_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15388/r129_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, que nos informe: - Por qual motivo não foram instalados os vidros no Centro Comunitário do Bairro Parque Dracena? Visto que, diversas vezes, este vereador solicitou ao Senhor Prefeito, explicando ainda sobre o abandono que está o local. O Senhor Prefeito esteve ainda com este vereador no local e prometeu o serviço, que até hoje não foi feito. Especificar os motivos.</t>
   </si>
   <si>
     <t>15389</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15389/r130_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15389/r130_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente nos informe: - Por qual motivo não há mais auxiliar de dentistas nas UBS do município? - As auxiliares possuem registro no Conselho Regional de Odontologia de São Paulo (CRO-SP)? - Informar como está atualmente o setor.</t>
   </si>
   <si>
     <t>15390</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15390/r131_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15390/r131_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - O que a Prefeitura tem feito na Rede Municipal de Educação para combater as doenças infectocontagiosas? Pois nesta época do ano as crianças são as mais atingidas pelas referidas doenças, bem como por outras doenças que são transmitidas pelo ar, fazendo-se necessária a disponibilização de álcool gel em cada sala de aula.</t>
   </si>
   <si>
     <t>15391</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15391/r132_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15391/r132_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Qual o nome da empresa contratada para administrar o Pronto Atendimento Municipal (PAM) na parte médica? 2. Desde quando esta empresa presta serviços para a Prefeitura Municipal de Dracena? 3. Qual a cidade sede da referida empresa? A empresa tem filial? 4. Informar nome dos sócios proprietários, responsáveis pela empresa. 5. A referida empresa presta serviços em outras localidades? Em caso afirmativo, em quais?</t>
   </si>
   <si>
     <t>15392</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15392/r133_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15392/r133_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Qual o nome da empresa contratada para transporte de pacientes por UTI móvel? 2. Desde quando esta empresa presta serviços para a Prefeitura Municipal de Dracena? 3. Qual a cidade sede da referida empresa? A empresa tem filial? 4. Informar nome dos sócios proprietários, responsáveis pela empresa. 5. A referida empresa presta serviços em outras localidades? Em caso afirmativo, em quais? 6. Enviar cópia dos documentos do processo licitatório e cópia do respectivo contrato.</t>
   </si>
   <si>
     <t>15393</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15393/r134_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15393/r134_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Quem é o técnico em pavimentação que está acompanhando a firma de Votuporanga que está prestando serviço em Dracena? 2. Informar o nome do funcionário.</t>
   </si>
   <si>
     <t>15394</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15394/r135_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15394/r135_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: - Serão feitas melhorias na galeria do Bairro Iandara? Pois a mesma está totalmente assoreada, com os tubos de escoamento de água entupidos e nas últimas chuvas a água invadiu os quintais das casas ribeirinhas. Sendo que este vereador fez solicitação para a Secretaria de Agricultura e há vários meses vem cobrando providências, porém nada foi feito até o momento.</t>
   </si>
   <si>
     <t>15395</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15395/r136_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15395/r136_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: - Qual é o critério usado para se fazer recapeamento em vez de perfilamento em algumas ruas da cidade? - Há algum laudo?</t>
   </si>
   <si>
     <t>15396</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15396/r137_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15396/r137_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: - Em virtude de a dengue estar se alastrando, principalmente no Jardim Santa Clara, onde já foram confirmados muitos casos, como irá ficar a situação do matagal existente na área da ferrovia? - Foi feita alguma notificação? Em caso afirmativo, enviar cópia da notificação.</t>
   </si>
   <si>
     <t>15397</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15397/r138_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15397/r138_20.pdf</t>
   </si>
   <si>
     <t>Considerando que este vereador repassou R$ 15.000,00 (quinze mil reais) da verba de gabinete para que se fizesse a pavimentação asfáltica na Rua Spinardi, em frente ao Atacadão de Peixes e próximo ao antigo matadouro. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Quais foram as medidas tomadas? 2. A pavimentação consta em cronograma? 3. As obras serão feitas ou não?</t>
   </si>
   <si>
     <t>15398</t>
   </si>
   <si>
     <t>Pedro Trabuco, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15398/r139_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15398/r139_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Antonio Dias, ocorrido em 07/03/2020.</t>
   </si>
   <si>
     <t>15415</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Milton Polon, Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15415/r140_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15415/r140_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Adolfo Mansano, ocorrido em 10 de março de 2020.</t>
   </si>
   <si>
     <t>15416</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15416/r141_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15416/r141_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Coral Guiomar Novaes pela apresentação durante a Sessão Solene em comemoração ao Dia Internacional da Mulher, pois as canções apresentadas abrilhantaram o evento e emocionaram a todos os presentes.</t>
   </si>
   <si>
     <t>15417</t>
   </si>
   <si>
     <t>Higor Tossato, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15417/r142_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15417/r142_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Audalio Pereira Barboza, ocorrido em 10 de março de 2020.</t>
   </si>
   <si>
     <t>15418</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15418/r143_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15418/r143_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Será incluída a reforma dos banheiros das praças públicas e, principalmente, os banheiros da Praça Arthur Pagnozzi no cronograma? Consta que os banheiros da praça central estão sem condições de uso.</t>
   </si>
   <si>
     <t>15419</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15419/r144_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15419/r144_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES para a equipe da Veterana do Jardim Brasilândia, que concluiu, no dia 8 de março, o seu 1º Campeonato de Futebol Amador, sendo campeã o Santa Clara e vice a Classe A Vidraçaria. Cumprimentos ao presidente Lorentino Félix e todos os dirigentes e participantes pelo sucesso da competição, que teve o apoio da Secretaria de Esportes de Dracena e Associação de Moradores, com jogos aos domingos no Estádio Raimundão.</t>
   </si>
   <si>
     <t>15420</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15420/r145_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15420/r145_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre a possibilidade de retomada das obras do Centro de Convivência do Idoso que está com sendo construído nas imediações do bosque do Jardim Brasilândia. Há possibilidade da conclusão dos serviços neste ano? O Governo do Estado se manifestou sobre a sequência do convênio?</t>
   </si>
   <si>
     <t>15421</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15421/r146_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15421/r146_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Consta na programação a implantação de um obstáculo redutor de velocidade na Rua Salvador, no cruzamento com a Rua Antonio Martins? Este pedido já foi feito através da Indicação nº 105/2017 e os moradores aguardam providências.</t>
   </si>
   <si>
     <t>15422</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15422/r147_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15422/r147_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre as providências tomadas pelo Sr. Prefeito para averiguar a capacidade laborativa do funcionário público Higor Tossato, tendo em vista o mesmo ter declarado nos autos do Termo Circunstanciado 302168585202090622 estar em tratamento médico para depressão e ansiedade, motivo pelo qual faz uso contínuo de remédios que o deixam sonolento e, por vezes, o fazem esquecer de alguns fatos. Requeiro ainda, cópia dos documentos relacionados à informação supra solicitada assim como os que sejam relativos a eventuais licenças de saúde requeridas pelo dito funcionário.</t>
   </si>
   <si>
     <t>15423</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15423/r148_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15423/r148_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Yoshie Norimatsu, ocorrido em 11 de março de 2020.</t>
   </si>
   <si>
     <t>15424</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15424/r149_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15424/r149_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Por que para os professores que acumulam dois cargos no município, como professor de EMEI e de pré-escola, são feitos dois contratos diferentes? Podendo abonar somente em um dos períodos. 2. Por que os professores não recebem cartão alimentação, já que são feitos dois contratos distintos? Pois esta vereadora foi procurada por um funcionário que possui dois cargos e que abonou em um cargo e trabalhou no outro, porém não recebeu cartão alimentação. Vários professores abonam em uma unidade escolar e não abonam na segunda, sendo necessário um estudo para que se paguem os servidores adequadamente.</t>
   </si>
   <si>
     <t>15425</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15425/r150_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15425/r150_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Existem guarda-corpos sendo retirados de algumas esquinas? Em caso afirmativo, informar os endereços. 2. Para onde os guarda-corpos estão sendo levados? 3. As pessoas que causaram o prejuízo foram notificadas, em razão de se tratar de patrimônio público? 4. As pessoas que causaram os danos fizeram o ressarcimento à Prefeitura Municipal? 5. Os referidos guarda-corpos estão sendo restaurados? Em caso afirmativo, onde está sendo feita a restauração? 6. Informar os endereços de todos os locais onde foram instalados os guarda-corpos. 7. Informar o valor pago por cada um dos guarda-corpos quando foram comprados, assim como o valor de cada restauração. 8. Informar os endereços de todos os guarda-corpos que foram danificados.</t>
   </si>
   <si>
     <t>15426</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15426/r151_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15426/r151_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador: - Existem estudos para instalação nos prédios públicos de placas fotovoltaicas?</t>
   </si>
   <si>
     <t>15427</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15427/r152_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15427/r152_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador: - Por qual motivo a concessionária que está fazendo limpeza na área da antiga FEPASA só limpa o leito carroçável e não limpa os lotes que pertencem à empresa?</t>
   </si>
   <si>
     <t>15428</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15428/r153_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15428/r153_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador: - Foi aberto processo licitatório relativo à galeria do Bairro Iandara, que está toda entupida? Pois este vereador vem cobrando providências e, até o momento, não houve nenhum posicionamento.</t>
   </si>
   <si>
     <t>15429</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15429/r154_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15429/r154_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador: 1. Em virtude de a verba ter chegado há trinta dias e não haver movimentação para conclusão da creche do Jardim Santa Clara, qual a posição da Prefeitura Municipal e da empreiteira? 2. O proprietário da empresa fez algum comunicado por escrito a Prefeitura? 3. Em caso afirmativo, enviar cópia.</t>
   </si>
   <si>
     <t>15430</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15430/r155_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15430/r155_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador: 1. Os três ou quatro postes que ficaram de ser colocados nos fundos da creche do Jardim Santa Clara serão instalados? 2. Foi realizada concorrência ou licitação? 3. Alguma empresa está habilitada para realizar o serviço? 4. Em caso afirmativo, enviar cópia dos documentos.</t>
   </si>
   <si>
     <t>15431</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15431/r156_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15431/r156_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Ana Ruiz de Castro, ocorrido em 15 de março de 2020.</t>
   </si>
   <si>
     <t>15432</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15432/r157_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15432/r157_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações solicitadas pelos moradores do Distrito de Jaciporã, referentes à área destinada às casas populares do referido distrito: 1. Existe pendência de multa sobre o terreno? 2. A posse do terreno é da Prefeitura? 3. Existe mais alguma pendência que impede a conclusão deste projeto?</t>
   </si>
   <si>
     <t>15433</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15433/r158_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15433/r158_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao projeto EC Veneza, trabalho desenvolvido com crianças no campo Barrancão, tendo como idealizadores o Professor Valter dos Santos Luzia, Paulo Rogério Dela Bandeira, André Leite Ribeiro, e agora com a parceria com a Secretaria de Esportes, através da Secretária Zoraide Augusta de Melo.</t>
   </si>
   <si>
     <t>15434</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15434/r159_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15434/r159_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - É possível antecipar a data de pagamento do salário ou do cartão alimentação visando ajudar os servidores municipais durante este momento de pandemia de coronavírus?</t>
   </si>
   <si>
     <t>15435</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15435/r160_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15435/r160_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Marquim Spina, da Homeless Tattoo Store, pelo ato de generosidade e solidariedade ao fazer a doação de máscaras descartáveis para aqueles que necessitam de proteção.</t>
   </si>
   <si>
     <t>15436</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15436/r161_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15436/r161_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a todos os profissionais da saúde envolvidos no atendimento das pessoas contra o COVID-19 e combate a dengue. Apoiamos a todos eles que estão trabalhando para o bem de todos e sem medir esforços, sejam médicos; enfermeiros; técnicos e auxiliares da enfermagem; profissionais administrativos; e técnicos dos laboratórios em geral; sejam servidores públicos, nos diversos segmentos da saúde, e também colaboradores da Santa Casa e AME, assim como a todos da rede de saúde privada.</t>
   </si>
   <si>
     <t>15437</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15437/r162_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15437/r162_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Amélia Rufino Trentino, ocorrido em 20 de março de 2020.</t>
   </si>
   <si>
     <t>15454</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15454/r163_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15454/r163_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Cícero Faustino do Nascimento, ocorrido em 23 de março de 2020.</t>
   </si>
   <si>
     <t>15455</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15455/r164_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15455/r164_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Frederico Armando Rondina, ocorrido em 22 de março de 2020.</t>
   </si>
   <si>
     <t>15456</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15456/r165_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15456/r165_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o cadastro dos carroceiros de Dracena visando a realização de denúncias de descarte irregular de materiais, se necessário. - Existe uma lista atualizada com nome e número de cada carroça? - Qual Secretaria Municipal é responsável pela organização deste serviço? - Se não está organizado, há possibilidade de controle novamente do serviço?</t>
   </si>
   <si>
     <t>15457</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15457/r166_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15457/r166_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações a saber: Com o início do transporte de pacientes com o novo ônibus adquirido para a Secretaria de Saúde, quantas viagens estão sendo necessárias por dia para Presidente Prudente visando o atendimento da demanda? E qual o horário? O referido transporte foi suspenso como prevenção ao novo coronavírus? Qual tipo de transporte foi mantido neste período?</t>
   </si>
   <si>
     <t>15458</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15458/r167_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15458/r167_20.pdf</t>
   </si>
   <si>
     <t>Considerando que os docentes que acumulam dois cargos efetivos ou contratados por tempo determinado em EMEIs, EMEFIs e projetos são contratos diferentes, com cargas horárias diferentes, horários diferentes e quando abonam em uma escola, às vezes não precisam faltar na outra por se tratar de períodos opostos e contratos diferentes. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. O que impede esses professores de receber o cartão alimentação, de acordo com cada cargo e por se tratar de contratos diferentes? 2. Há possibilidade de o Prefeito enviar um projeto de lei para a Câmara com algumas alterações? 3. Em caso afirmativo, qual a previsão? Esta vereadora está sendo procurada por vários docentes que acumulam cargos.</t>
   </si>
   <si>
     <t>15459</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15459/r168_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15459/r168_20.pdf</t>
   </si>
   <si>
     <t>Considerando a situação de emergência enfrentada em razão da pandemia decorrente de coronavírus. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Como está sendo realizado o trabalho com os moradores de rua? 2. Junto com as cestas básicas também é entregue um kit de higiene? 3. Quais são as ações do município neste momento? 4. Tem sido feito trabalho com idosos que moram sozinhos?</t>
   </si>
   <si>
     <t>15460</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15460/r169_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15460/r169_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Quantas vagas de táxi da Avenida Expedicionários, ao lado do Banco Santander, estão cadastradas na Prefeitura Municipal? 2. Informar os contatos dos taxistas cadastrados naquele local. 3. No total quantas vagas de táxi estão cadastradas na Prefeitura Municipal?</t>
   </si>
   <si>
     <t>15461</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15461/r170_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15461/r170_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei Complementar n.º 07, de 27/03/2020, de autoria do Poder Executivo, que Autoriza o Poder Executivo a instituir e conceder gratificação especial aos servidores públicos municipais lotados na Secretaria Municipal de Saúde e Higiene Pública e aos de outros órgãos que foram requisitados nos termos do art. 6º, do Decreto Municipal n.º 7.244/2020 e dá outras providências.</t>
   </si>
   <si>
     <t>15475</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15475/r171_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15475/r171_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre a primeira etapa e a sequência do contrato Finisa referente ao financiamento para execução de obras junto à Caixa Federal. Quais os valores já utilizados do financiamento? Quais as novas etapas a cumprir? E como está o processo para troca de iluminação para lâmpadas de LED?</t>
   </si>
   <si>
     <t>15476</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15476/r172_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15476/r172_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Baroni, ocorrido em 03 de abril de 2020.</t>
   </si>
   <si>
     <t>15477</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15477/r173_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15477/r173_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Joveni Pedro Waldheln, ocorrido em 04 de abril de 2020.</t>
   </si>
   <si>
     <t>15478</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15478/r174_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15478/r174_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Pedro Modesto, ocorrido em 06 de abril de 2020.</t>
   </si>
   <si>
     <t>15479</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15479/r175_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15479/r175_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 026, de 06/04/2020, de autoria do Poder Executivo, que dispõe a prorrogação e suspensão de prazos dos vencimentos dos tributos e demais procedimentos que especifica, em decorrência da situação de emergência em virtude do COVID-19, Decreto nº 7.245, de 2020, e da outras providências.</t>
   </si>
   <si>
     <t>15480</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15480/r176_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15480/r176_20.pdf</t>
   </si>
   <si>
     <t>15489</t>
   </si>
   <si>
     <t>Claudevi Oliveira da Silva Júnior, Kielse Chiari Munis, Maria Mateus, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15489/r177_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15489/r177_20.pdf</t>
   </si>
   <si>
     <t>Considerando que o comércio é um dos motores da economia dracenense e considerando que mais 15 (quinze) dias de paralisação das atividades do setor significaria uma crise em precedentes da economia do Município. Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se será editado, com urgência, novo decreto municipal no sentido de possibilitar a abertura do comércio local sob novas condições, a saber: 1. Todos os estabelecimentos comerciais e escritórios de prestação de serviço deverão garantir que haja ventilação adequada durante todo o horário de funcionamento, que seus funcionários estejam devidamente equipados com máscaras protetoras e que seja disponibilizado a todos - clientes e funcionários - álcool gel 70%; 2. As lojas de varejo, academias, estúdios de dança e pilates e escritórios de contabilidade e advocacia atenderão mediante agendamento, garantindo que entre as pessoas haja distância de, no mínimo, 1,5 m; 3. Hotéis e restaurantes deverão funcionar com a metade da capacidade habitual de clientes, mediante prévia reserva.</t>
   </si>
   <si>
     <t>15490</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15490/r178_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15490/r178_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a equipe da Assistência Social pelos trabalhos que vêm sendo realizados, de orientação aos cuidados preventivos do coronavírus e para todos da área da saúde que estão na linha de frente lutando no combate à pandemia e nos cuidados com a população. Requeiro ainda VOTOS DE CONGRATULAÇÕES às equipes de vacinação que têm atuado na vacinação de idosos, de residência em residência, e que têm sido muito elogiadas.</t>
   </si>
   <si>
     <t>15491</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15491/r179_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15491/r179_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com a Secretaria de Esportes, que nos envie uma cópia do contrato de execução da reforma do campo do Estádio Irio Spinardi, assim como cópia do processo licitatório.</t>
   </si>
   <si>
     <t>15492</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Milton Polon, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15492/r180_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15492/r180_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Edvaldo Biscaíno, ocorrido em 06 de abril de 2020.</t>
   </si>
   <si>
     <t>15493</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15493/r181_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15493/r181_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Hiroshi Takahashi, ocorrido em 04 de abril de 2020.</t>
   </si>
   <si>
     <t>15494</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15494/r182_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15494/r182_20.pdf</t>
   </si>
   <si>
     <t>Em função da criação de área de isolamento para pacientes com sintomas de Covid-19, na antiga Empresa Municipal de Saúde. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: - Quantos leitos equipados estarão disponíveis? - O local está pronto para entrar em funcionamento? - O prédio receberá pacientes de Dracena e região? - O município adquiriu equipamentos para pacientes com sintomas de Covid-19?</t>
   </si>
   <si>
     <t>15495</t>
   </si>
   <si>
     <t>Milton Polon, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15495/r183_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15495/r183_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Aparecida Franco Vieira, ocorrido em 11 de abril de 2020.</t>
   </si>
   <si>
     <t>15496</t>
   </si>
   <si>
     <t>Milton Polon, Cláudio José Pasqualeto</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15496/r184_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15496/r184_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Nair Gomes da Costa, ocorrido em 10 de abril de 2020.</t>
   </si>
   <si>
     <t>15497</t>
   </si>
   <si>
     <t>Milton Polon, Pedro Trabuco, Rodrigo Castilho Soares, Cláudio José Pasqualeto, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15497/r185_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15497/r185_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Paulo Neves Leal, ocorrido em 11 de abril de 2020.</t>
   </si>
   <si>
     <t>15512</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15512/r186_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15512/r186_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe sobre o monumento "bebedouro de água", usado no passado e que por várias vezes foi certificado por Vossa Excelência que o mesmo seria instalado na rotatória entre a Rua Fortaleza e Avenida Vitória: - O referido monumento será instalado?</t>
   </si>
   <si>
     <t>15513</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15513/r187_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15513/r187_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos organizadores da campanha S.O.S. Dracena pela realização de arrecadação de alimentos e produtos de higiene e limpeza para as famílias necessitadas, que foram atingidas nesse momento de crise gerado pela pandemia de COVID-19.</t>
   </si>
   <si>
     <t>15514</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15514/r188_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15514/r188_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Carlos Crociolli, proprietário da Casa Americana, pela fabricação e doação de máscaras de tecido para pessoas integrantes do grupo de risco da COVID-19. As máscaras atuam como uma barreira física, sendo aliadas no combate à propagação do coronavírus.</t>
   </si>
   <si>
     <t>15515</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15515/r189_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15515/r189_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre terrenos repassados a empresas e que ainda não receberam construções no Distrito Industrial ao lado do Residencial São Paulo. O local passa a contar com acesso asfaltado e pode receber novas melhorias. A Prefeitura tem informações sobre terrenos que ainda não receberam edificações?</t>
   </si>
   <si>
     <t>15516</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15516/r190_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15516/r190_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre disponibilidade de equipamentos de academia ao ar livre e parque infantil para a instalação nos bairros. Há equipamentos adquiridos e disponíveis neste momento? Há previsão de compra de novos materiais neste ano?</t>
   </si>
   <si>
     <t>15517</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15517/r191_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15517/r191_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o andamento da campanha de vacinação contra a gripe. Quais os números obtidos na campanha até este momento? Qual o prazo final de disponibilização da vacina?</t>
   </si>
   <si>
     <t>15518</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15518/r192_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15518/r192_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Quais foram as providências tomadas pela Prefeitura quanto a questão da empresa que presta serviço de UTI móvel no Pronto Atendimento Municipal? 2. Enviar cópias dos contratos e informar os valores que são cobrados por deslocamentos para as cidades de Presidente Prudente, Marília e São José do Rio Preto.</t>
   </si>
   <si>
     <t>15519</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15519/r193_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15519/r193_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quais as ações realizadas pela administração pública junto às famílias necessitadas? 2. Qual o critério de atendimento? 3. Quantas cestas básicas estão sendo distribuídas? 4. Qual o custo unitário dessas cestas?</t>
   </si>
   <si>
     <t>15520</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15520/r194_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15520/r194_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. A administração pública municipal aderiu ao programa S.O.S Dracena, onde se adquire cesta básica a custo reduzido, sem lucros por parte dos comerciantes? 2. Se aderiu, quantas cestas foram compradas?</t>
   </si>
   <si>
     <t>15521</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15521/r195_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15521/r195_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe em referência a dispensa de licitação autorizada por lei em decorrência do período crítico da pandemia: 1. Houve compra sem licitação em Dracena? 2. Em caso afirmativo, enviar cópia de todos os documentos referente a estas compras até o presente momento.</t>
   </si>
   <si>
     <t>15522</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15522/r196_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15522/r196_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Em tempos normais, quantas famílias foram atendidas com cestas básicas durante o ano de 2019, pela Assistência Social de nosso município? 2. Nesta época que estamos vivendo, de coronavírus (COVID-19), aumentou a procura de quantas famílias necessitadas? 3. Todas as famílias que procuraram o atendimento solicitando uma cesta básica para alimentar a sua família foram atendidas? 4. Em caso afirmativo, as famílias receberam as cestas imediatamente?</t>
   </si>
   <si>
     <t>15523</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15523/r197_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15523/r197_20.pdf</t>
   </si>
   <si>
     <t>Considerando que está aumentando muito o número de pessoas infectadas pelo mosquito Aedes aegypti (dengue) na região e em nosso município. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quais são as atitudes que estão sendo executadas para diminuir e eliminar o mosquito Aedes aegypti?</t>
   </si>
   <si>
     <t>15524</t>
   </si>
   <si>
     <t>Higor Tossato, Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15524/r198_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15524/r198_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor João Ferreira Tavares, ocorrido em 17 de abril de 2020.</t>
   </si>
   <si>
     <t>15525</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15525/r199_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15525/r199_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antônio Luiz Lopes, ocorrido em 18 de abril de 2020.</t>
   </si>
   <si>
     <t>15526</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15526/r200_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15526/r200_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Gumercindo Gonçalves dos Santos, ocorrido em 20 de abril de 2020.</t>
   </si>
   <si>
     <t>15527</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15527/r201_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15527/r201_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Oswaldo Ramos de Almeida, ocorrido em 18 de abril de 2020.</t>
   </si>
   <si>
     <t>15528</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15528/r202_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15528/r202_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Sercio Tomaz de Aquino, ocorrido em 19 de abril de 2020.</t>
   </si>
   <si>
     <t>15541</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15541/r_203_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15541/r_203_2020.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe, através da Secretaria da Educação do município, as datas do novo calendário de ensino de 2020, em função das mudanças por causa da pandemia do coronavírus.</t>
   </si>
   <si>
     <t>15542</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15542/r_204_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15542/r_204_2020.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe sobre a suspensão de processos licitatórios por causa da pandemia do coronavírus e se há alguma licitação prejudicada em função do início do período eleitoral municipal.</t>
   </si>
   <si>
     <t>15543</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15543/r_205_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15543/r_205_2020.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador em qual setor da Prefeitura se encontra o processo para abertura da Empresa “Dieysson Gonçalves de Souza - Seu Zé - Tabacaria” protocolado em novembro/2019. Até o momento não se tem noticias do andamento e nem onde se encontra o processo, e ainda se foi aprovado ou não.</t>
   </si>
   <si>
     <t>15544</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15544/r_206_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15544/r_206_2020.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, se há algum pedido de cidadão dracenense para a reestruturação de trevo do Bairro Iandara e se foi entregue na prefeitura algum abaixo assinado solicitando tal melhoria.</t>
   </si>
   <si>
     <t>15545</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15545/r207_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15545/r207_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador se a Prefeitura fez parceria com alguma empresa para a realização das melhorias no Trevo do Bairro Iandara.</t>
   </si>
   <si>
     <t>15546</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15546/r208_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15546/r208_20.pdf</t>
   </si>
   <si>
     <t>Considerando que o município de Dracena, através da Secretaria de Educação, está disponibilizando um Kit Merenda às crianças das creches municipais, Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a essa vereadora o que segue: 1 - Qual o critério adotado pela Secretaria de Educação para a entrega destes kits? 2 - A Secretaria disponibilizou uma listagem com nomes das pessoas beneficiadas com os kits? Em caso afirmativo enviar uma cópia. Em caso negativo disponibilizar no site da prefeitura e se, possível um telefone para informações. 3 - Há a possibilidade de mais mães receberem os kits, uma vez que muitas delas tinham trabalho e atualmente não estão trabalhando em razão da pandemia.</t>
   </si>
   <si>
     <t>15547</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15547/r_209_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15547/r_209_2020.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Senhor Presidente, de acordo com o Regimento Interno desta egrégia Casa de Leis, ouvido o douto plenário o envio de ofícios ao Deputado Federal Luiz Carlos Motta e ao Deputado Estadual Alex Madureira, solicitando que intercedam junto ao Governo do Estado de São Paulo, para facilitar o acesso à Justiça dos Micros Empreendedores Individuais - MEIs; Micros Empresas - MEs, Trabalhadores Informais; etc. para que sejam dispensados das custas judiciais por um período determinado e que não lhes sejam exigidas declarações, certidões e balanços. Isto em decorrência a pandemia que assola o país.</t>
   </si>
   <si>
     <t>15548</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15548/r_210_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15548/r_210_2020.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue com relação ao setor de ambulância, especificamente, em relação aos meses de março e abril. 1. Quantas viagens são realizadas por mês pelo setor? Informar os destinos. 2. Quantos motoristas o setor possui? 3. Quais são os motoristas que fazem a viagem para Presidente Prudente? Informar os nomes e as datas das viagens. 4. Quais são os motoristas que fazem a viagem para São Paulo? Informar os nomes e as datas das viagens. 5. Quais são os motoristas que fazem a viagem para Campinas? Informar os nomes e as datas das viagens. 6. Quais são os motoristas que fazem a viagem para São José do Rio Preto? Informar os nomes e as datas das viagens. 7. Quais são os motoristas que fazem viagem para Bauru? Informar os nomes e as datas das viagens. 8. Quais são os motoristas que fazem viagem para Ribeirão Preto? Informar os nomes e as datas das viagens. 9. Como é feito a escolha dos motoristas? Informar o procedimento. 10. Qual é o valor da diária destes motoristas? 11. Como é feito o plantão destes motoristas? 12. Em dias de plantões, os motoristas ficam alocados em algum lugar? 13. Existe algum privilégio para alguns motoristas? Visto que os vereadores receberam uma denúncia que alguns recebem privilégios. 14. Por qual motivo alguns dos motoristas não podem dirigir alguns veículos da frota? 15. Responder a todas as perguntas de forma bem clara para o Legislativo.</t>
   </si>
   <si>
     <t>15549</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15549/r_211_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15549/r_211_2020.pdf</t>
   </si>
   <si>
     <t>Considerando que esta vereadora há muito vem solicitando providências da administração municipal no sentido que sejam entregues uniformes aos funcionários do Centro de Zoonoses e da Vigilância Epidemiológica; Considerando que ainda há queixa de vários funcionários que ainda não receberam esses uniformes, Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe o que segue: 1 - Quais foram os motivos da não entrega dos uniformes para os funcionários? 2 - Houve a entregue parcial? Por quais motivos?</t>
   </si>
   <si>
     <t>15550</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15550/r_212_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15550/r_212_2020.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações em ralação aos funcionários da Saúde, do Centro de Zoonoses e da Vigilância Epidemiológica: 1 - Quantas máscaras cada funcionário recebeu? 2 - Receberam máscaras descartáveis ou de tecido? 3 - O numero de máscaras é suficiente para serem trocadas de acordo com o que determina o Ministério da Saúde? 4 - Qual foi o valor investido na compra dessas mascaras? 5 - Enviar notas das compras</t>
   </si>
   <si>
     <t>15551</t>
   </si>
   <si>
     <t>Rodrigo Castilho Soares, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15551/r_213_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15551/r_213_2020.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Azevedo dos Santos, ocorrido em 25 de abril de 2020. Requeiro ainda o envio de ofício à família enlutada, dando conhecimento desse ato do Poder Legislativo.</t>
   </si>
   <si>
     <t>15552</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15552/r_0214_2020.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15552/r_0214_2020.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Reginaldo da Silva, ocorrido em 27 de abril de 2020.</t>
   </si>
   <si>
     <t>23479</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/23479/r215_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/23479/r215_20.pdf</t>
   </si>
   <si>
     <t>Requer REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 027, de 24/04/2020, de autoria do Poder Executivo, que dispõe sobre o repasse de recursos de emendas parlamentares em natureza de despesa de custeio destinado ao incremento MAC a Santa Casa de Dracena, através do Fundo Nacional de Saúde.</t>
   </si>
   <si>
     <t>23480</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/23480/r216_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/23480/r216_20.pdf</t>
   </si>
   <si>
     <t>Requer REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 028, de 27/04/2020, de autoria do Poder Executivo, que Concede subvenção à Entidade que especifica. (Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena, no valor de até R$ 100.000,00 – Cem mil reais).</t>
   </si>
   <si>
     <t>15553</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15553/217.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15553/217.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que em contato com a EMDAEP - Empresa de Desenvolvimento, Água, Esgoto e Pavimentação de Dracena e nos informe o que segue: 1 - Existe previsão para se dar inicio ao perfilamento asfáltico no município? Se sim, quando? 2 - Em caso afirmativo, que se estude a possibilidade de ser incluída a Rua Marechal Deodoro da Fonseca, localizada no Jardim Santa Clara.</t>
   </si>
   <si>
     <t>15554</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15554/218.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15554/218.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos encaminhe cópia do Contrato firmado com a empresa que prestou serviço de segurança no Futsal de Férias e nos informe o que segue: 1 - Nome dos funcionários/seguranças e o valor pago a cada um pelos serviços prestados? 2 - Esta mesma empresa prestou outros serviços no município este ano? Se afirmativo, foi feito contrato para tanto? Qual o valor cobrado pelos serviços diários dos seguranças contratados? 3 - Encaminhar comprovantes de pagamento no mês de Janeiro de 2020.</t>
   </si>
   <si>
     <t>15555</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15555/219.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15555/219.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos encaminhe cópia dos Contratos n.º 064; 065; 066 e 067/2019 - resultantes do Pregão n.º 040/2019 - Processo n.º 1122/2019.</t>
   </si>
   <si>
     <t>15556</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15556/220.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15556/220.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Perice Cavinatti, ocorrido em 27 de abril de 2020.</t>
   </si>
   <si>
     <t>15557</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15557/221.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15557/221.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Zenilda da Silva Gomes Rosseti, ocorrido em 29 de abril de 2020</t>
   </si>
   <si>
     <t>15558</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15558/222.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15558/222.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre os serviços de combate ao mosquito da dengue, através de aplicação de veneno, visita a imóveis, campanhas de conscientização e outras ações. Requeiro ainda informações sobre o número de imóveis visitados em 2020.</t>
   </si>
   <si>
     <t>15559</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15559/223.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15559/223.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre quais os serviços e obras programados para o Cemitério no decorrer de 2020, como ampliação, galeria e calçamento de ala antiga.</t>
   </si>
   <si>
     <t>15560</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15560/224.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15560/224.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue com relação aos veículos abandonados no perímetro urbano de nosso município: 1- A municipalidade efetuou levantamento para saber quantos veículos abandonados há em nosso município? Se afirmativo. Quando? 2- Os proprietários destes veículos foram localizados? Quantos foram autuados até a presente data? 3- Qual o endereço de onde estão abandonados os veículos cujas autuações tenham sido feitas?</t>
   </si>
   <si>
     <t>15561</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15561/225.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15561/225.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1- Quais as academias ao ar livre que tiveram aparelhos reparados neste ano? 2- Enviar o endereço das academias? 3- Quais aparelhos foram trocados ou reparados?</t>
   </si>
   <si>
     <t>15562</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15562/226.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15562/226.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Conselho de Pastores pela iniciativa de se fazer orações e dar um abraço simbólico solidário a todos os profissionais da saúde e a todos os pacientes internados na Santa Casa de Misericórdia e Maternidade de Dracena quer seja pela contaminação do Covid-19 ou qualquer outra moléstia.</t>
   </si>
   <si>
     <t>15563</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15563/227.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15563/227.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Marina Francisco Rollo da Silva, ocorrido em 02 de maio de 2020.</t>
   </si>
   <si>
     <t>15564</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15564/228.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15564/228.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Shoichi Kashiura, ocorrido em 04 de maio de 2020.</t>
   </si>
   <si>
     <t>15590</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15590/r229_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15590/r229_20.pdf</t>
   </si>
   <si>
     <t>Considerando a Lei Complementar n.º 501/2020, aprovada recentemente e que autoriza o Poder Executivo a instituir e conceder gratificação especial aos servidores lotados na Secretaria Municipal de Saúde e Higiene Pública e aos de outros órgãos que foram requisitados nos termos do art. 6º, do Decreto Municipal n.º 7.244/2020 e dá outras providências, REQUEIRO ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 01 - Há a possibilidade do Poder Executivo, em análise com o Departamento Jurídico, rever a disposição do Artigo 4º da referida lei, para conceder gratificação aos profissionais da saúde, que faltaram ao serviço, justificadamente, desde que não exceda a três dias. Ocorre que o fato do servidor perder a gratificação por duas faltas justificadas torna o critério da concessão até injusto com aqueles que às vezes se vêem obrigados a faltar por motivo de saúde.</t>
   </si>
   <si>
     <t>15591</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15591/r230_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15591/r230_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe por qual motivo até então não foram substituídas as lâmpadas no Pátio da antiga Estação Ferroviária, lugar que se encontra na maior escuridão.</t>
   </si>
   <si>
     <t>15592</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15592/r231_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15592/r231_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que entre em contato com o setor competente e nos informe o que segue: 1 - Quantas caçambas o município tem para disponibilizar à população dracenense? 2 - Qual é a fila de espera para atendimento dos pedidos? 3 - Quais os critérios utilizados para atendimento dos pedidos? Ocorre que temos conhecimento de que há pedidos protocolados desde fevereiro e até a presente data ainda não foram atendidos.</t>
   </si>
   <si>
     <t>15593</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15593/r232_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15593/r232_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há previsão para o atendimento da Indicação nº 393/2019, de autoria desta vereadora, através da qual solicitávamos o recapeamento asfáltico da Alameda Hungria, onde se observa que o pavimento asfáltico vem sendo deteriorado dia a dia, necessitando urgentemente do recape como forma de prevenir acidentes.</t>
   </si>
   <si>
     <t>15594</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15594/r233_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15594/r233_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há alguma definição sobre a forma de continuidade do estacionamento Zona Azul, modelo de gerenciamento com ou sem a participação de entidades. E se há contato com a Associação Comercial para a discussão da melhor alternativa.</t>
   </si>
   <si>
     <t>15595</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15595/r234_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15595/r234_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe sobre a chegada de recursos específicos para o combate ao Covid-19 e para a Prefeitura manter o equilíbrio financeiro por causa da queda da arrecadação em função da pandemia.</t>
   </si>
   <si>
     <t>15596</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15596/r235_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15596/r235_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1 - Foi realizada licitação para construção de cobertura dos Pontos de Táxis? 2 - Em caso afirmativo, em que fase está à licitação - em andamento ou concluída? 3 - Se concluída, quando se dará o inicio as obras de cobertura?</t>
   </si>
   <si>
     <t>15597</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15597/r236_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15597/r236_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, cópia completa do Processo Licitatório - Pregão 040/2019, para contratação de Empresa para atender aos projetos da Secretaria de Assistência Social e Secretaria de Esportes, Lazer e Juventude. Caso não seja viável o envio das cópias, este vereador pode disponibilizar mídia para a gravação dos documentos.</t>
   </si>
   <si>
     <t>15598</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Higor Tossato, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15598/r237_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15598/r237_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Mário Sérgio Alves, ocorrido em 07 de maio de 2020.</t>
   </si>
   <si>
     <t>15599</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15599/r238_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15599/r238_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Laércio de Brito, ocorrido em 08 de maio de 2020.</t>
   </si>
   <si>
     <t>15600</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Célio Antonio Ferregutti, Cláudio José Pasqualeto, Higor Tossato, Milton Polon, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra, Sara dos Santos Scarabelli Souza, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15600/r239_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15600/r239_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 029, de 11/05/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Crédito Adicional Suplementar no valor de R$1.025.000,00(um milhão e vinte e cinco mil reais), destinado à execução de pavimentação asfáltica no município com recursos de operações de crédito FINISA)</t>
   </si>
   <si>
     <t>15601</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15601/r240_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15601/r240_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 030, de 11/05/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (Crédito Adicional Especial no valor de R$ 824.000,00 (oitocentos e vinte e quatro mil reais), destinado à construção do Centro de Estudos Acadêmicos de Medicina no Internato de Dracena)</t>
   </si>
   <si>
     <t>15614</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15614/r241_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15614/r241_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Presidente, de acordo com o Regimento Interno desta egrégia Casa de Leis, ouvido o douto plenário, o envio de ofício à Santa Casa de Misericórdia de Dracena, solicitando as seguintes informações: 1. Quanto à emenda parlamentar da Deputada Estadual Carla Morando, qual posição até o momento? 2. Qual a posição da Santa Casa em referência as indicações deste vereador para utilizar o recurso na compra de dois respiradores, uma máquina de hemodiálise e EPIs? 3. Quanto a DRS, já entrou em trâmite com a Santa Casa?</t>
   </si>
   <si>
     <t>15615</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15615/r242_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15615/r242_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Considerando a paralisação da construção da creche do Jardim Santa Clara, devido ao atraso da verba do governo estadual. Com a volta do serviço, foi discutido reajuste para a construtora? 2. Em caso afirmativo, qual a porcentagem e em qual lei se baseia?</t>
   </si>
   <si>
     <t>15616</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15616/r243_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15616/r243_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Por qual motivo não foi feita a limpeza do matagal do trevo de acesso ao Bairro Iandara? Apenas foi tirado terra, não tendo sido feito poda das árvores, limpeza e nem capinação. 2. Quais providências serão tomadas quanto ao visual do trevo?</t>
   </si>
   <si>
     <t>15617</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15617/r244_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15617/r244_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Quantos funcionários estão afastados devido ao coronavírus? 2. Quais os respectivos setores de trabalho e funções dos funcionários?</t>
   </si>
   <si>
     <t>15618</t>
   </si>
   <si>
     <t>Rodrigo Rossetti Parra, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15618/r245_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15618/r245_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Délzita Mara Cagnoni Campos, ocorrido em 13 de maio de 2020.</t>
   </si>
   <si>
     <t>15619</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15619/r246_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15619/r246_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre os repasses de recursos para as entidades em geral. A Prefeitura está conseguindo manter a programação de liberação de verbas durante o primeiro semestre mesmo com a pandemia e queda de arrecadação?</t>
   </si>
   <si>
     <t>15620</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15620/r247_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15620/r247_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre os testes rápidos de Covid-19 adquiridos pela Prefeitura e recebidos dos governos federal e estadual e como estão sendo utilizados.</t>
   </si>
   <si>
     <t>15621</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15621/r248_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15621/r248_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre os produtos de distribuição dos kits de merenda escolar, em razão da pandemia de coronavírus: 1. Quais os critérios que estão sendo adotados na distribuição junto às famílias? 2. Houve novas compras em caráter emergencial? 3. Em caso afirmativo, qual empresa foi contratada?</t>
   </si>
   <si>
     <t>15622</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15622/r249_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15622/r249_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a todas as Assistentes Sociais do município de Dracena pelo Dia do Assistente Social, comemorado no dia 15 de maio. Neste momento de pandemia de coronavírus as assistentes sociais têm desenvolvido um excelente trabalho, auxiliando as famílias mais necessitadas de nosso município.</t>
   </si>
   <si>
     <t>15623</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Célio Antonio Ferregutti, Claudevi Oliveira da Silva Júnior, Cláudio José Pasqualeto, Higor Tossato, Maria Mateus, Milton Polon, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra, Sara dos Santos Scarabelli Souza, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15623/r250_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15623/r250_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Arlinda dos Santos Constantino, ocorrido em 15 de maio de 2020.</t>
   </si>
   <si>
     <t>15624</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15624/r251_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15624/r251_20.pdf</t>
   </si>
   <si>
     <t>Considerando que em nossa cidade existem terrenos com muito mato e os moradores clamam por limpeza, inclusive nas áreas verdes de responsabilidade do município, porque estão aparecendo muitos insetos nas residências. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: 1. Quantos proprietários foram notificados? 2. Enviar cópia das notificações de janeiro de 2020 até a presente data.</t>
   </si>
   <si>
     <t>15625</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15625/r252_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15625/r252_20.pdf</t>
   </si>
   <si>
     <t>Considerando que moradores do Jardim Itália II estão sofrendo muito com terrenos sujos e mato muito alto, estão encontrando animais peçonhentos em suas residências (cobras e escorpiões) e também já foi matéria da imprensa local, do site "jorgezanoni.com.br", em 20 de abril de 2020, e mesmo assim não foi realizada a limpeza no terreno ao lado do nº 385, na Rua Benedito Borges, Jardim Itália II. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: 1. Por quais motivos o terreno continua sujo e causando desconforto? Pois segundo moradora vem sendo solicitadas providências há mais de um ano. 2. Houve notificação do referido terreno? Em caso afirmativo, enviar cópias. 3. Qual é a previsão da limpeza?</t>
   </si>
   <si>
     <t>15626</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15626/r253_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15626/r253_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações sobre o recolhimento de folhas e galhos no nosso município: - Qual é o cronograma da secretaria responsável pelo serviço?</t>
   </si>
   <si>
     <t>15627</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15627/r254_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15627/r254_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 031, de 14/05/2020, de autoria do Poder Executivo, que dispõe sobre autorização para firmar Termo de Fomento para transferir recursos financeiros a entidade legalmente constituída. (à Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena, no valor de R$ 10.000,00 - dez mil reais).</t>
   </si>
   <si>
     <t>15628</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15628/r255_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15628/r255_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se os respiradores adquiridos para o combate ao Covid-19 já estão instalados e prontos para seu funcionamento, se necessário for. Nos informe ainda, onde estão instalados os respiradores.</t>
   </si>
   <si>
     <t>15629</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15629/r256_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15629/r256_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão para serem instaladas lâmpadas de LED nos Distritos de Jamaica e Jaciporã?</t>
   </si>
   <si>
     <t>15630</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15630/r257_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15630/r257_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com a Secretaria de Agricultura e Meio Ambiente, informações sobre a situação da estrada velha da Java km 2, próximo a "J F reformadora de Carroceria", a saber: 1. Qual a utilidade dos poços que foram feitos na beirada da estrada? 2. Por que foram feitos dentro de propriedade particular? 3. São de ciência da prefeitura os transtornos que isso vem ocasionando para os moradores próximos? Fomos procurados pelos munícipes Marcos Mazone e Dona Fátima, que solicitam tais informações.</t>
   </si>
   <si>
     <t>15631</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15631/r258_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15631/r258_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o Teatro Municipal: 1. Quais os serviços executados após a chuva de granizo de 2017? 2. Qual foi a empresa que executou e quais serviços foram executados? 3. Quais os valores distintos de cada serviço executado? 4. Em relação ao telhado, é notório que o serviço foi ineficiente. O serviço foi pago? Caso não realizado e sim pago, quais providências foram tomadas? 5. Solicito cópia de todos esses pedidos, e educadamente já digo que não aceito a resposta de que as informações estão no site, visto que este meu pedido é regimental, legal e oficial e da parte da administração cabe acatar.</t>
   </si>
   <si>
     <t>15632</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15632/r259_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15632/r259_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre as adequações que estão sendo realizadas no projeto de reforma do Teatro Municipal “Maestro Aécio de Féo Flora” visando a sua reabertura no decorrer do ano.</t>
   </si>
   <si>
     <t>15633</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15633/r260_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15633/r260_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o andamento do projeto de ampliação e reforma do Ginásio Dovilho Moura, com recursos de emenda parlamentar.</t>
   </si>
   <si>
     <t>15634</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15634/r261_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15634/r261_20.pdf</t>
   </si>
   <si>
     <t>Considerando que, há alguns meses, esta vereadora solicitou providências da administração através do Requerimento nº 032/2020, de 10 de fevereiro de 2020, para reparar a trave do gol da quadra da EMEFI Ottília Braz Noguerol e, até a presente data, não aconteceu esse reparo, causando muita insegurança para as crianças e adolescentes que brincam, praticam esportes e, antes da pandemia de Covid-19, utilizavam a quadra para aulas de Educação Física. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações a saber: 1. Considerando que a quadra é de grande importância para todos os alunos. Quais os motivos de não realizar os reparo? 2. Há previsão para realização dos reparos antes que aconteça algum acidente?</t>
   </si>
   <si>
     <t>15635</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15635/r262_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15635/r262_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: - Por qual motivo, há mais de um ano, não é feita limpeza da galeria do Bairro Iandara? Pois a galeria se encontra totalmente entupida. Caso ocorra chuva pesada a água invadirá as casas e qualquer fato que venha a ocorrer será de responsabilidade da Prefeitura.</t>
   </si>
   <si>
     <t>15636</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15636/r263_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15636/r263_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com a Emdaep, que informe a este vereador o que segue: - Quantos funcionários da Emdaep estão afastados devido ao coronavírus?</t>
   </si>
   <si>
     <t>15637</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15637/r264_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15637/r264_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Presidente, de acordo com o Regimento Interno desta egrégia Casa de Leis, ouvido o douto plenário o envio de ofício aos proprietários da empresa "Quirino Empreendimentos", solicitando as seguintes informações: 1. Qual a situação atual do loteamento Parque Planalto? 2. Por que ainda não foi feita a ligação de água? 3. O motivo é a bomba de água de recalque? Pois moradores estão construindo suas casas no referido loteamento e estão enfrentando falta de água.</t>
   </si>
   <si>
     <t>15638</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15638/r265_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15638/r265_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre a distribuição de alimentos, referente aos kits escolares: 1. Quanto foi gasto até o momento? 2. Quais itens fizeram parte destes kits? 3. Quais itens estavam no contrato da agricultura familiar?</t>
   </si>
   <si>
     <t>15654</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15654/r266_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15654/r266_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: - Há previsão para se passar veneno contra o mosquito da dengue nos Distritos de Jamaica e Jaciporã? Pois em Jaciporã já há mais de cinquenta casos confirmados.</t>
   </si>
   <si>
     <t>15655</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15655/r267_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15655/r267_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: - Quais foram as providências tomadas para reforçar a segurança no Distrito de Jaciporã? Uma vez que têm acontecido assaltos no referido distrito, causando insegurança e temor entre os moradores.</t>
   </si>
   <si>
     <t>15656</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15656/r268_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15656/r268_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre a implantação de uma Casa de Acolhimento Provisório de Curta Duração para mulheres e seus dependentes, vítimas de violência doméstica e familiar e um Centro de Educação e Reabilitação para os agressores. Tudo isso conforme determinação da Justiça em março passado. Como está o andamento deste projeto?</t>
   </si>
   <si>
     <t>15657</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15657/r269_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15657/r269_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o projeto de ampliação das atividades e das instalações do Quero Vida/Centro Dia, que acolhe idosos no Centro Social Urbano. Há idosos aguardando vagas para atendimento?</t>
   </si>
   <si>
     <t>15658</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15658/r270_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15658/r270_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que envie a este vereador cópia da Regularização Fundiária "Cidade Legal" referente ao Bairro Iandara.</t>
   </si>
   <si>
     <t>15659</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15659/r271_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15659/r271_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há estudos no sentido de que seja feita alteração da Lei Complementar nº 501/2020 para se conceder gratificação aos funcionários ligados a área da saúde afastados por motivo de doença, comprovadamente por atestado médico, limitado a 15 dias.</t>
   </si>
   <si>
     <t>15660</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15660/r272_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15660/r272_20.pdf</t>
   </si>
   <si>
     <t>Considerando que várias praças do nosso município necessitam de reparos e investimentos. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Qual foi a data do último reparo realizado nos aparelhos da Praça do Bairro São Francisco? 2. Houve investimentos em aparelhos nesta praça, no período de 2017 até hoje? 3. Em caso afirmativo, informar os valores detalhados.</t>
   </si>
   <si>
     <t>15661</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15661/r273_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15661/r273_20.pdf</t>
   </si>
   <si>
     <t>Considerando que administração municipal está prestes a executar uma grande reforma na Praça Rotary. Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Quais foram os critérios para fazer essa reforma? Solicitamos que antes de se iniciar a referida reforma da Praça Rotary, que se ouça a população e os usuários das redes sociais que não concordam com esse investimento alto, uma vez que temos muitas outras prioridades, estamos passando por uma pandemia de Covid-19 e esta praça, aparentemente, necessita somente de alguns reparos.</t>
   </si>
   <si>
     <t>15662</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15662/r274_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15662/r274_20.pdf</t>
   </si>
   <si>
     <t>Considerando que o asfalto da Praça Rotary está em boas condições, temos recebido várias reclamações da população pelo recapeamento que está prestes a ser iniciado. Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quais foram os critérios técnicos para realizar esse recapeamento? 2. Qual foi a data do último recape no entorno da praça? 3. Qual foi o valor investido e a empresa que executará os serviços? 4. Enviar cópias das notas.</t>
   </si>
   <si>
     <t>15663</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15663/r275_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15663/r275_20.pdf</t>
   </si>
   <si>
     <t>Considerando que esta vereadora protocolou o Requerimento nº 224/2020, solicitando algumas informações sobre veículos abandonados no perímetro urbano de nosso município, porém apenas um questionamento foi respondido a esta vereadora e, não satisfeita com as informações incompletas. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, novamente que nos informe o que segue: 1. Foi efetuado levantamento para saber quantos veículos abandonados há em nosso município? Em caso afirmativo, em qual data? 2. Quantos foram autuados até a presente data? 3. Qual o endereço dos veículos abandonados e cujas autuações tenham sido efetuadas?</t>
   </si>
   <si>
     <t>15664</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15664/r276_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15664/r276_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Como se encontra a escala de atendimento do Albergue Municipal? 2. Quantos funcionários estão trabalhando no atendimento? Pois nesta época do ano aumenta a busca por abrigo devido ao clima frio.</t>
   </si>
   <si>
     <t>15665</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15665/r277_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15665/r277_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Os funcionários que não atuam diretamente na área da saúde, mas que também estão na linha de frente da pandemia, por prestarem serviços essenciais como os lixeiros, também receberão testes rápidos para Covid-19? 2. Quais secretarias municipais não paralisaram os trabalhos durante a pandemia? Os seus funcionários também receberão testes rápidos? Uma vez que, mesmo não pertencendo à área da saúde, eles também têm contribuído com o enfrentamento da referida pandemia.</t>
   </si>
   <si>
     <t>15666</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15666/r278_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15666/r278_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quando irão retomar os trabalhos do Distrito Comercial e qual motivo da paralisação dos trabalhos? 2. Quanto foi investido até o momento neste Distrito Comercial?</t>
   </si>
   <si>
     <t>15667</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15667/r279_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15667/r279_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quais os valores gastos na abertura da Rua Aimorés, ligando os bairros Campo Belo e São Cristóvão? 2. Quando será feita a revitalização do campo de futebol que existia no local?</t>
   </si>
   <si>
     <t>15668</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15668/r280_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15668/r280_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Foi cancelada a ata de registro de preço para contratação de empresa a fim de efetuar o transporte em UTI móvel de pacientes do Pronto Atendimento Municipal para as cidades de Presidente Prudente, São José do Rio Preto e Marília?</t>
   </si>
   <si>
     <t>15669</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15669/r281_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15669/r281_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a Sra. Nadia Lopes e ao Sr. Bruno Baroni, proprietários da loja Atrativa Modas, recém-inaugurada na Avenida José Bonifácio, nº 1234. Os nossos especiais cumprimentos aos empresários por investirem no comércio dracenense, contribuindo para o crescimento e desenvolvimento da cidade.</t>
   </si>
   <si>
     <t>15681</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15681/r282_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15681/r282_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há estudos quanto a possibilidade de se elaborar um projeto para o cadastramento de bicicletas e veículos similares, onde haveria o cadastro do proprietário ou portador de posse. Além do cadastro, seria entregue ao portador do veículo cartilha procedimentos de direção do veículo e normas de trânsito. Consta que usuários destes veículos têm direção perigosa, subindo em calçadas, dirigindo na "contra mão", sem sinalização refletiva noturna e outros modos de uso que provocam riscos aos mesmos e também a terceiros. Por isso precisamos começar a conscientização dos condutores destes veículos, para a segurança de todos. Inclusive, nossa proposta poderá também ser direcionada aos pais de menores, assim como às escolas para educação de trânsito.</t>
   </si>
   <si>
     <t>15682</t>
   </si>
   <si>
     <t>Higor Tossato, Cláudio José Pasqualeto, Milton Polon, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15682/r283_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15682/r283_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Ana Maria Lourenção, ocorrido em 05 de junho de 2020.</t>
   </si>
   <si>
     <t>15683</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15683/r284_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15683/r284_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Presidente, de acordo com o Regimento Interno desta egrégia Casa de Leis, ouvido o douto plenário o envio de ofício a Santa Casa de Dracena, solicitando cópia do plano de trabalho enviado para o Departamento Regional de Saúde (DRS) referente à emenda da Deputada Carla Morando, com comprovante de envio e também comprovante do Departamento Regional de Saúde informando à Santa Casa sobre a referida emenda.</t>
   </si>
   <si>
     <t>15684</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15684/r285_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15684/r285_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Consta nos anais da Prefeitura ou outro órgão oficial o Bairro Iandara? 2. Em caso afirmativo, enviar cópia. 3. Informar inclusive se existe algum documento em cartório de registro de imóveis. Este vereador objetiva saber se o referido bairro existe oficialmente ou não.</t>
   </si>
   <si>
     <t>15685</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15685/r286_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15685/r286_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Qual empresa está executando a reforma do Centro de Controle de Zoonoses (CCZ)? 2. Quando começaram as obras? 3. Qual o prazo para o término?</t>
   </si>
   <si>
     <t>15686</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15686/r287_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15686/r287_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. O que a Prefeitura tem feito quanto aos loteamentos de chácaras? 2. Existe algum pedido para loteamento ou legalização de loteamento de chácaras? 3. Em caso afirmativo, em qual setor os pedidos se encontram parados? 4. Quantos são os pedidos?</t>
   </si>
   <si>
     <t>15687</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15687/r288_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15687/r288_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre a previsão de reforma do Centro Comunitário do Jardim Brasilândia, conforme entendimento anterior com a Associação de Moradores. Há possibilidade de realização dos serviços no decorrer de 2020?</t>
   </si>
   <si>
     <t>15688</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15688/r289_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15688/r289_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações se a Prefeitura poderá disponibilizar um posto de orientação para interessados nas inscrições das 300 casas da CDHU. Há cidadãos que possuem dificuldade para acessar a Internet ou baixar o aplicativo necessário necessitando de orientações presenciais.</t>
   </si>
   <si>
     <t>15689</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15689/r290_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15689/r290_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações, a saber: - Há a possibilidade de se disponibilizar novos veículos de ambulância para os Distritos de Jamaica e Jaciporã? Pois as ambulâncias que são usadas para se transportar moradores dos referidos distritos são muito antigas e se encontram muito desgastadas, causando transtornos aos cidadãos transportados.</t>
   </si>
   <si>
     <t>15690</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15690/r291_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15690/r291_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre os terrenos destinados à construção de casas populares nos Distritos de Jamaica e Jaciporã: 1. Em que pé se encontra o processo dos terrenos para a construção das referidas casas populares? 2. Qual é a solução adequada para a questão, fossa séptica ou lagoa de tratamento?</t>
   </si>
   <si>
     <t>15691</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15691/r292_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15691/r292_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Existe a possibilidade de a Emdaep doar aos Distritos de Jamaica e Jaciporã do tanque que era usado para se fazer limpeza de fossas? Uma vez que a Emdaep adquiriu um caminhão para realizar este tipo de serviço.</t>
   </si>
   <si>
     <t>15692</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15692/r293_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15692/r293_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Existem estudos no sentido de se criar um programa de parceria com cidadãos, assim como indústrias, estabelecimentos comerciais, igrejas, condomínios e outras organizações da sociedade civil objetivando a manutenção de espaços públicos como praças, parques, canteiros centrais, áreas verdes e sistemas de lazer da cidade? Em caso negativo, encaminhamos em anexo proposta de criação do Programa "Adote uma Praça", assim como proposta de projeto de lei e decreto.</t>
   </si>
   <si>
     <t>15693</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15693/r294_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15693/r294_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Existe projeto para instalação de um parquinho infantil, uma academia ao ar livre ou uma unidade básica de saúde na Vila Lucélia? Pois não há equipamentos para prática de exercícios ou lazer no referido bairro, além disso, quando os moradores necessitam de atendimento médico precisam se deslocar até o Jardim Brasilândia.</t>
   </si>
   <si>
     <t>15694</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15694/r295_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15694/r295_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há estudos para pavimentar as alças laterais do pontilhão da Vicinal João Araújo (DRA 070) que dá acesso ao Bairro Iandara? Uma vez que a falta de pavimentação causa transtorno aos moradores daquelas imediações.</t>
   </si>
   <si>
     <t>15695</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15695/r296_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15695/r296_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há estudos para que sejam tomadas medidas em relação ao lixão próximo à Cooperativa de Reciclagem, onde são depositados entulhos, galhos e lixo em geral? Uma vez que tem sido observado, constantemente, por moradores daquelas imediações, que ali são feitas queimadas, o que incomoda os moradores do Bairro Iandara.</t>
   </si>
   <si>
     <t>15696</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15696/r297_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15696/r297_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Há previsão para instalação de obstáculo redutor de velocidade na Rua Fortaleza? 2. Há a possibilidade de se instalar um semáforo na referida rua? Pois têm ocorrido diversos acidentes naquela via.</t>
   </si>
   <si>
     <t>15697</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15697/r298_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15697/r298_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Há previsão para instalação de alambrado no campo do Parque Dracena, conforme solicitado anteriormente através do Requerimento nº 127/2020 e da Indicação nº 085/2020? São necessários mais agilidade e atenção com o pedido, que beneficiará a todos os moradores do bairro.</t>
   </si>
   <si>
     <t>15698</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15698/r299_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15698/r299_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Há previsão para reforma no Centro Comunitário do Bairro Parque Dracena e no Centro Comunitário do Conjunto Habitacional Virgílio Fioravante? Pois os moradores solicitam a realização de melhorias nos referidos locais.</t>
   </si>
   <si>
     <t>15699</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15699/r300_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15699/r300_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Os mutuários que compraram lotes no Conjunto Habitacional Dorival Inocêncio poderão se inscrever para adquirir casas do Conjunto Habitacional Florindo Tabacchi?</t>
   </si>
   <si>
     <t>15700</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15700/r301_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15700/r301_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Os servidores públicos municipais terão direito a uma porcentagem para adquirirem casas no novo Conjunto Habitacional Florindo Tabacchi?</t>
   </si>
   <si>
     <t>15701</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15701/r302_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15701/r302_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Os pacientes que vão até Presidente Prudente e outras cidades da região no ônibus e ambulâncias da saúde estão utilizando máscaras e sendo orientados sobre formas de prevenção à Covid-19?</t>
   </si>
   <si>
     <t>15702</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15702/r303_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15702/r303_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe, desde que foram suspensas as aulas do nosso município: 1. Quantas cestas básicas foram entregues para as famílias dos alunos? 2. Continuam sendo adquiridos alimentos da Agricultura familiar? 3. Em caso afirmativo, quais os tipos de alimentos comprados para atender a merenda escolar no atual ano letivo? 4. Quantos kits com produtos da merenda escolar foram entregues para as famílias dos alunos desde que foram suspensas as aulas? 5. Quais foram os fornecedores contratados da Agricultura familiar para atender a merenda escolar em 2019 e 2020? 6. Todos os alunos têm direito a receber kits da merende escolar por as aulas estarem suspensas? 7. Enviar cópias das notas e contratos de 2019 e 2020.</t>
   </si>
   <si>
     <t>15703</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15703/r304_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15703/r304_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Haverá prorrogação da gratificação de R$ 360,00, estabelecida pela Lei Complementar nº 501/2020, para os funcionários que estão trabalhando na linha de frente do enfrentamento ao Covid-19?</t>
   </si>
   <si>
     <t>15704</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15704/r305_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15704/r305_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários da Papelaria Sol e Lua, inaugurada na Avenida Presidente Roosevelt, nº 873. Os nossos especiais cumprimentos aos empresários por investirem no comércio dracenense, contribuindo para o crescimento e desenvolvimento da cidade.</t>
   </si>
   <si>
     <t>15705</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15705/r306_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15705/r306_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Milton César da Silva, ocorrido em 04 de junho de 2020.</t>
   </si>
   <si>
     <t>15729</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15729/r307_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15729/r307_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Há estudo no sentido de se prorrogar a Gratificação de Incentivo a Atividades Especiais de Crise (GIAEC), em decorrência da situação emergencial causada pelo Covid-19, concedida aos servidores lotados na Secretaria Municipal de Saúde e Higiene Pública?</t>
   </si>
   <si>
     <t>15730</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15730/r308_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15730/r308_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há previsão para a retomada das obras paralisadas do prédio que abriga o CCI - Centro de Convivência do Idoso, no Jardim Brasilândia.</t>
   </si>
   <si>
     <t>15731</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15731/r309_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15731/r309_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o número de lâmpadas de LED trocadas pela Elektro e a quantidade prevista para nova fase através da Prefeitura.</t>
   </si>
   <si>
     <t>15732</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15732/r310_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15732/r310_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o andamento do processo de reforma do Centro de Saúde “Dr. Takashi Enokibara”. Solicito informações, ainda, se durante a reforma do prédio o atendimento será realizado em outros locais.</t>
   </si>
   <si>
     <t>15733</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15733/r311_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15733/r311_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos integrantes da ONG Ideas Diversa, que completou seu primeiro ano de atividades no dia 5 de junho. O Instituto de Desenvolvimento Econômico, Ambiental e Social nasceu com a missão de promover o desenvolvimento sustentável e justiça social por meio de projetos econômicos, ambientais e sociais inovadores. O propósito é melhorar a vida das pessoas e do meio ambiente. Ao longo do primeiro ano foram realizados eventos como oficinas de percussão, mundialito de rolimã, ocupação cultural da antiga estação ferroviária, festival das estações e apresentações do bloco de rua no Carnaval, entre outras atividades.</t>
   </si>
   <si>
     <t>15734</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15734/r312_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15734/r312_20.pdf</t>
   </si>
   <si>
     <t>Considerando que foi aprovada a Lei nº 4.687/2018, que torna obrigatório ao município de Dracena dar transparência e informar a população acerca das obras públicas municipais paralisadas. Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Quantas obras estão paralisadas em nosso município? 2. Se existem, quais foram os motivos de não se informar a população, uma vez que existe uma lei? 3. Especificar quais são as obras e informar os respectivos endereços.</t>
   </si>
   <si>
     <t>15735</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15735/r313_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15735/r313_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Considerando que está sendo feita a revitalização de algumas praças, será feita a revitalização de todas as praças do município, inclusive das praças de bairros menores e onde residem pessoas com menor poder aquisitivo, a exemplo do Parque Dracena, São Francisco, Jardim Kennedy, Emílio Zanatta e Jardim Brasilândia? 2. Há previsão para revitalização da praça do Centro Comunitário do Jardim Jussara? Uma vez que se encontra em péssimo estado de conservação e esta é uma reivindicação antiga dos moradores daquele bairro.</t>
   </si>
   <si>
     <t>15736</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15736/r314_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15736/r314_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Há previsão para início da revitalização do Centro Comunitário do Bairro Tonico André? Pois há muito tempo os moradores solicitam que sejam feitas melhorias naquele local.</t>
   </si>
   <si>
     <t>15737</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15737/r315_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15737/r315_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Devido à pandemia de Covid-19, os funcionários da Secretaria da Educação, especialmente os professores de projetos do município, como o Projeto Criança Feliz, terão direito à licença-prêmio?</t>
   </si>
   <si>
     <t>15738</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15738/r316_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15738/r316_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, tendo em vista as ações ajuizadas quando da mudança de natureza do cartão alimentação de remuneratória para indenizatória, que nos informe: - As pessoas que ganharam as ações na justiça estão recebendo?</t>
   </si>
   <si>
     <t>15739</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15739/r317_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15739/r317_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Elcio Alves da Silva, ocorrido em 15 de junho de 2020.</t>
   </si>
   <si>
     <t>15755</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15755/r318_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15755/r318_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há possibilidade de se enviar funcionários aos Distritos de Jaciporã e Jamaica para auxiliar os moradores a fazerem inscrição para as casas da CDHU?</t>
   </si>
   <si>
     <t>15756</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15756/r319_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15756/r319_20.pdf</t>
   </si>
   <si>
     <t>Requerem ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Há prazo para providências no sentido de se reduzir o limite de velocidade na Rua Fortaleza, especialmente próximo ao cruzamento com a Avenida São Cristóvão? Pois aquele local é muito movimentado e têm ocorrido muitos acidentes.</t>
   </si>
   <si>
     <t>15757</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15757/r320_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15757/r320_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Altamir Alves dos Santos que deixou o cargo de Provedor da Santa Casa após dez anos de um excepcional trabalho à frente daquela entidade de saúde.</t>
   </si>
   <si>
     <t>15758</t>
   </si>
   <si>
     <t>Maria Mateus, Rodrigo Rossetti Parra, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15758/r321_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15758/r321_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Sandro Rogério Milanez, ocorrido em 16 de junho de 2020.</t>
   </si>
   <si>
     <t>15759</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15759/r322_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15759/r322_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações a saber: - O Governador do Estado estava presente na reunião em São Paulo realizada para se discutir a reclassificação para a fase vermelha imposta à região de Presidente Prudente?</t>
   </si>
   <si>
     <t>15760</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15760/r323_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15760/r323_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: - Uma vez que a Secretaria de Infraestrutura providenciou aparelhos de academia ao ar livre seminovos e recém reformados para serem instalados no Bairro Iandara, por qual motivo, até a presente data, não se vê movimentação para instalação?</t>
   </si>
   <si>
     <t>15761</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15761/r324_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15761/r324_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: - Qual o motivo da suspensão ou paralisação das operações tapa buracos?</t>
   </si>
   <si>
     <t>15762</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15762/r325_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15762/r325_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Existe programação para instalação de lâmpadas de LED nos bairros do município? 2. Em caso afirmativo, quais bairros serão beneficiados?</t>
   </si>
   <si>
     <t>15763</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15763/r326_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15763/r326_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Em que fase se encontram os pedidos dos vereadores para instalação de semáforo no cruzamento da Avenida Presidente Roosevelt com a Estrada Municipal José Mazzoni e com a Rua Aécio de Feo Flora? 2. Informar o prazo ou previsão para a instalação.</t>
   </si>
   <si>
     <t>15764</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15764/r327_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15764/r327_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: - A Prefeitura recebeu algum comunicado da empresa Rumo Logística quanto à reativação da ferrovia e do sistema de transporte ferroviário? Pois, segundo informações, todas as estações ferroviárias deverão ser esvaziadas.</t>
   </si>
   <si>
     <t>15765</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15765/r328_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15765/r328_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há estudos para que sejam feitas melhorias na iluminação pública nos canteiros centrais das Avenidas Alcides Chacon Couto e Rui Barbosa.</t>
   </si>
   <si>
     <t>15766</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15766/r329_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15766/r329_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há estudos para se comprar termômetros digitais infravermelhos para o setor de saúde, uma vez que tais termômetros são importantes para medir a temperatura corporal das pessoas que chegam aos estabelecimentos.</t>
   </si>
   <si>
     <t>15767</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15767/r330_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15767/r330_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Luciano José de Oliveira, proprietário da Kokito Móveis e Fretes, inaugurada na Rua Martin Afonso, nº 695. Os nossos especiais cumprimentos ao empresário por investir no comércio dracenense, contribuindo para o crescimento e desenvolvimento da cidade.</t>
   </si>
   <si>
     <t>15768</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15768/r331_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15768/r331_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, junto aos Conselhos Municipais da Criança e do Adolescente e do Idoso que sejam ampliadas campanhas de destinação de Imposto de Renda para os fundos municipais específicos. Com a campanha, divulgação na mídia e visitas a possíveis doadores, nos próximos anos pode ser ampliado o volume de recursos para as entidades. Requeiro ainda que sejam convidados membros do GEPAC - Grupo de Empresários e Amigos da Criança de Presidente Prudente para as orientações necessárias de como ampliar a arrecadação do Imposto de Renda.</t>
   </si>
   <si>
     <t>15769</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15769/r332_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15769/r332_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre a previsão de aumento da oferta de vagas nas Emeis/Creches com as obras em andamento e conclusão da futura creche do Jardim Santa Clara.</t>
   </si>
   <si>
     <t>15770</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15770/r333_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15770/r333_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Há estudos para realização de melhorias na Avenida Antonio Henrique Branco, como instalação de iluminação de LED, pista de caminhada, construção de quadra poliesportiva e instalação de alambrado no campo de futebol? 2. Em caso afirmativo, tais melhorias constam no cronograma da Secretaria de Infraestrutura, Habitação e Assuntos Viários? Pois, após a abertura da referida avenida, criou-se um espaço amplo e propício para a criação de uma área de lazer. Além disso, os moradores da região têm solicitado providências neste sentido, para que possam praticar atividades físicas e de lazer em um local adequado e seguro.</t>
   </si>
   <si>
     <t>15771</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15771/r334_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15771/r334_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Jorge Aparecido dos Santos, ocorrido em 18 de junho de 2020.</t>
   </si>
   <si>
     <t>15772</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15772/r335_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15772/r335_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Deputado Estadual Reinaldo Alguz, em virtude da emenda parlamentar no valor de R$ 190.000,00 (cento e noventa mil reais) para a aquisição de ambulância grande para a saúde de Dracena.</t>
   </si>
   <si>
     <t>15773</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15773/r336_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15773/r336_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Há estudos quanto à necessidade de criação de uma nova creche na região do Parque Dracena? 2. Caso não haja necessidade, informar quais são os dados que embasam a decisão.</t>
   </si>
   <si>
     <t>15774</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15774/r337_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15774/r337_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, considerando que a EMEFI Prof. Waldomiro Machado necessita de reforma em seu prédio, inclusive houve divulgação de uma possível reforma muito antes do período eleitoral se iniciar, que nos informe: - Quais os motivos de não se realizar a reforma?</t>
   </si>
   <si>
     <t>15775</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15775/r338_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15775/r338_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Há estudos para revitalização da Praça Lions, em frente à Alameda Bélgica, no Jardim das Palmeiras III? Pois aquele local precisa de melhorias na iluminação e limpeza da área.</t>
   </si>
   <si>
     <t>15776</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15776/r339_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15776/r339_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Foi realizado levantamento das placas de denominação das ruas do perímetro urbano que estão danificadas, conforme solicitado através da Indicação nº 175/20? 2. Há previsão para substituição das referidas placas? Pois a falta de sinalização gera transtorno aos entregadores de mercadorias, prestadores de serviço e carteiros, entre outros.</t>
   </si>
   <si>
     <t>15777</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15777/r340_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15777/r340_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários da Drogaria Poupaqui, inaugurada na Avenida Presidente Roosevelt, nº 754. Os nossos especiais cumprimentos aos empresários por investirem no comércio dracenense, contribuindo para o crescimento e desenvolvimento da cidade.</t>
   </si>
   <si>
     <t>15778</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15778/r341_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15778/r341_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 036, de 02/06/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de 187.000,00 - cento e oitenta e sete mil reais, destinado ao combate a epidemia de Covid-19 com recursos transferidos pelo governo estadual)</t>
   </si>
   <si>
     <t>15779</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15779/r342_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15779/r342_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 037, de 17/06/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$=700.000,00 - setecentos mil reais - destinado ao pagamento de servidores municipais lotados na atenção básica da rede municipal de saúde, com recursos transferidos pelo governo federal).</t>
   </si>
   <si>
     <t>15780</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15780/r343_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15780/r343_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria de Lourdes Alves de Lima Azevedo, ocorrido em 23 de junho de 2020.</t>
   </si>
   <si>
     <t>15781</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15781/r344_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15781/r344_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador: - Existe previsão para reforma do Centro Comunitário Pedro Russo, localizado na Rua Stélio Machado Loureiro, nº 143, no Jardim Santa Clara? Solicito atenção especial para que o referido centro comunitário não venha a ficar em estado deplorável como os centros comunitários de outros bairros.</t>
   </si>
   <si>
     <t>15782</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15782/r345_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15782/r345_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador: - Existe alguma previsão para recuperação da conhecida "Ponte Torta", localizada na Estrada Municipal José Mazzoni?</t>
   </si>
   <si>
     <t>15783</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15783/r346_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15783/r346_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador: - Existe previsão para reforma do Centro Comunitário do Bairro Fioravante?</t>
   </si>
   <si>
     <t>15784</t>
   </si>
   <si>
     <t>Pedro Trabuco, Sara dos Santos Scarabelli Souza</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15784/r347_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15784/r347_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com a Secretaria de Agricultura, que nos informe o que segue: - Há previsão para limpeza da galeria existente nos fundos do Jardim Éden? Devido ao mau cheiro e aos transtornos causados aos moradores da região, que têm nos procurado para reclamar da situação e cobrar providências.</t>
   </si>
   <si>
     <t>15785</t>
   </si>
   <si>
     <t>Célio Antonio Ferregutti, Higor Tossato, Rodrigo Castilho Soares, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15785/r348_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15785/r348_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Justino dos Anjos, ocorrido em 24 de junho de 2020.</t>
   </si>
   <si>
     <t>15786</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15786/r349_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15786/r349_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a Paulo Sérgio Teixeira, que no dia 25 de junho assumiu a presidência do Rotary Club de Dracena Imperial substituindo Paulo Rogério Zimiani Garcia. No Ano Rotário o tema será “O Rotary Abre Oportunidades”. Cumprimentos ao novo presidente e conselho diretor do tradicional clube de serviços, bem como aos dirigentes que concluíram seu mandato.</t>
   </si>
   <si>
     <t>15787</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15787/r350_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15787/r350_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a Ademílson Packer, que no dia 30 de junho assume a presidência do Rotary Club de Dracena substituindo Mariza Cristina Buzinaro Scioli. No Ano Rotário o tema internacional será “O Rotary Abre Oportunidades”. Cumprimentos ao novo presidente e conselho diretor, bem como aos dirigentes que finalizaram o mandato.</t>
   </si>
   <si>
     <t>15788</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15788/r351_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15788/r351_20.pdf</t>
   </si>
   <si>
     <t>Considerando que a Lei nº 12.527 ampara todos os cidadãos que solicitarem informações da administração pública. Vale ressaltar que a lei esclarece que se a resposta não for imediata, a mesma deverá ser no prazo de 20 dias. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações a saber: - Quais foram os motivos pelos quais, segundo as requerentes, foram protocolados requerimentos em 2019 e, até a presente data, não receberam as informações solicitadas?</t>
   </si>
   <si>
     <t>15789</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15789/r352_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15789/r352_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, que nos informe o que segue: - Há estudos para se solucionar a questão do ponto de alagamentos da Rua Ipiranga? Pois se trata de um dos pontos críticos da cidade que causa muitos danos às empresas e casas que situam naquele local.</t>
   </si>
   <si>
     <t>15790</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15790/r353_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15790/r353_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe a respeito do Ginásio de Esportes Dovilho Moura: 1. Como está o andamento do projeto de ampliação e reforma do referido espaço? 2. O que será feito no local? 3. O recurso é próprio ou via emenda parlamentar?</t>
   </si>
   <si>
     <t>15791</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15791/r354_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15791/r354_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe a respeito do Cemitério Municipal: 1. Há algum estudo para a ampliação do cemitério para o segundo semestre de 2020? 2. Há algum estudo para reforma e calçamento na ala antiga? 3. A atual administração tem algum estudo para adquirir uma nova área? Se a resposta for positiva, em qual região da cidade seria melhor?</t>
   </si>
   <si>
     <t>15792</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15792/r355_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15792/r355_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, que nos informe a respeito do Albergue Municipal: 1. Quantos atendimentos foram realizados no primeiro semestre de 2020? 2. Tem aumentado o número de abrigados no período do inverno? 3. Quantas refeições são realizadas no espaço?</t>
   </si>
   <si>
     <t>15793</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15793/r356_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15793/r356_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 035, de 01/06/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito no valor de 748.00,00 - setecentos e quarenta e oito mil reais, destinado à execução de reforma do Teatro Municipal).</t>
   </si>
   <si>
     <t>15794</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Célio Antonio Ferregutti, Claudevi Oliveira da Silva Júnior, Cláudio José Pasqualeto, Higor Tossato, Milton Polon, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra, Sara dos Santos Scarabelli Souza, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15794/r357_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15794/r357_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 038, de 26/06/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Crédito Adicional Suplementar no valor de R$ 570.000,00 (quinhentos e setenta mil reais) destinado à execução de perfilamento asfáltico no município com recursos de operações de crédito FINISA).</t>
   </si>
   <si>
     <t>15795</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15795/r358_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15795/r358_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei Complementar n.º 010, de 21/05/2020, de autoria do Poder Executivo, que considera urbana área de terras que especifica e dá outras providências. (área urbana com o que dispõe o § 2º, do art. 32, do Código Tributário Nacional, um imóvel rural abaixo descrito pertencente à Matrícula nº 8.185, do Cartório de Registro de Imóveis de Dracena/SP).</t>
   </si>
   <si>
     <t>15823</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15823/r359_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15823/r359_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Valdemar Clemente Martins, ocorrido em 29 de junho de 2020.</t>
   </si>
   <si>
     <t>15824</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15824/r360_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15824/r360_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe e que nos dê uma posição definitiva se será feita ou não a rotatória no cruzamento da Avenida Vitória com a Rua Fortaleza, onde também solicitamos que nos informe se será instalado o monumento bebedouro, que se encontra ao lado da estação ferroviária, e com sua instalação será feita uma manifestação cultural para os moradores daquele Bairro Metrópole.</t>
   </si>
   <si>
     <t>15825</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15825/r361_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15825/r361_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com a Secretaria de Infraestrutura, que nos informe: - Há previsão para instalação de um obstáculo redutor de velocidade na Rua Abolição, próximo ao campo Barrancão? Este pedido foi feito pelo munícipe Edenilso da Silva Carvalho, que transmite os anseios dos moradores do Jardim Alvorada, para prevenção de acidentes, visto que o local é propício à alta velocidade devido ao declive e, uma vez que se trata de um campo de futebol, há grande fluxo de pessoas, principalmente crianças.</t>
   </si>
   <si>
     <t>15826</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15826/r362_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15826/r362_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Glauco Berbel, proprietário da Drogaria Poupaqui, inaugurada no dia 02 de julho e localizada na Avenida Presidente Roosevelt, nº 754. Os nossos especiais cumprimentos ao empresário por investir no comércio dracenense, contribuindo para o crescimento e desenvolvimento da cidade.</t>
   </si>
   <si>
     <t>15827</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15827/r363_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15827/r363_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Por quais motivos, até a presente data, não foi realizada a limpeza do terreno da Avenida Benedito Borges, nº 385, no Jardim Itália? Considerando que está causando desconforto e medo de se encontrar novamente insetos peçonhentos em suas casas, os moradores solicitam providências urgentes.</t>
   </si>
   <si>
     <t>15828</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15828/r364_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15828/r364_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Qual o valor que o Município de Dracena recebeu de FPM do Governo Estadual desde janeiro de 2019 até a presente data? Especificar as datas. 2. Qual o valor arrecadado com ICMS, ITBI, IPTU e IPVA, desde janeiro de 2019 até a presente data? Especificar as datas. 3. Qual foi o índice da folha de pagamento dos funcionários em 2019 até a presente data? 4. Qual o valor da folha de pagamentos dos funcionários desde janeiro de 2019 até a presente data? Especificar os meses. 5. Qual o valor recebido mensalmente do FUNDEB no ano de 2019 até a presente data? Especificar as datas dos recebimentos.</t>
   </si>
   <si>
     <t>15829</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15829/r365_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15829/r365_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Durval Ribeiro da Silva, ocorrido em 19 de julho de 2020.</t>
   </si>
   <si>
     <t>15830</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15830/r366_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15830/r366_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Rosimeire Miranda Sousa, ocorrido em 19 de julho de 2020.</t>
   </si>
   <si>
     <t>15831</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15831/r367_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15831/r367_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Existe estudo ou previsão para instalação de braços de luz na Rua Petúnias, próximo ao cruzamento com a Alameda Inglaterra? 2. Quando começará a instalação de lâmpadas de LED? Elas serão instaladas em pontos por todo o município? Pois muitos moradores têm reclamado de ruas muito escuras em diversos pontos da cidade, alguns inclusive solicitaram uma visita desta vereadora ao supracitado local, onde foi constatada a necessidade de providências.</t>
   </si>
   <si>
     <t>15832</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15832/r368_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15832/r368_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários da Loja Aqui Barato Mais, inaugurada em amplas instalações na Avenida Presidente Roosevelt, nº 515.</t>
   </si>
   <si>
     <t>15833</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15833/r369_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15833/r369_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES àsenhora Rosa Chiyoda, que assumiu a presidência do Lions Clube Dracena Cinquentenário sucedendo o senhor João Ernesto Bácaro para mandato de um ano.</t>
   </si>
   <si>
     <t>15834</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15834/r370_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15834/r370_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao senhor José Delfino de Carvalho, que assumiu a presidência do Lions Clube de Dracena sucedendo àsenhora Célia Agudo Pereira para mandato de um ano.</t>
   </si>
   <si>
     <t>15835</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15835/r371_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15835/r371_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a relação de locais que receberam redutores de velocidades nos meses de maio, junho e julho deste ano.</t>
   </si>
   <si>
     <t>15836</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15836/r372_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15836/r372_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a relação de ônibus, micro-ônibus, ambulâncias e demais veículos que são utilizados no transporte de pacientes em geral.</t>
   </si>
   <si>
     <t>15837</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15837/r373_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15837/r373_20.pdf</t>
   </si>
   <si>
     <t>Considerando que os professores são concursados desde 1992; considerando que o concurso é para carga horária de 20 aulas mais 02 HTPC; considerando que com a Lei Complementar nº 381 de 08/11/2012, os titulares de cargos do “Projeto Criança Feliz” que desejarem ampliar a jornada de trabalho terão prioridade sobre os contratados em caráter temporário; considerando quando da atribuição de aulas, os professores concursados pegam as 20 aulas e em seguida completam sua carga horária, antes da atribuição aos contratados em caráter temporário. Depois da atribuição aos concursados da carga complementar, havendo aulas a atribuir é que são destinadas aos contratados em caráter temporário; considerando que alguns dos professores procuraram estes vereadores, alertando que não concordam que lhes aplicaram a REDUÇÃO DE CARGA COMPLEMENTAR e foram MANTIDOS todos os contratados em caráter temporário nos cargos. Eles entendem ainda que a RETIRADA DA CARGA COMPLEMENTAR tenha que OBEDECER A MESMA ORDEM DAS ATRIBUIÇÕES DE AULAS, havendo assim um processo de redução justo; considerando que a administração municipal OPTOU POR REDUZIR A CARGA DE PROFESSORES CONCURSADOS e MANTER OS CONTRATADOS em CARÁTER TEMPORÁRIO (com carga reduzida também), o que é injusto de acordo com os profissionais, para quem se dedica e trabalha há anos no setor. Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, informações sobre a redução de jornada de professores efetivos, com a manutenção dos contratados temporários em desrespeito a Lei 381/2012, a saber: 1. Por qual motivo foi reduzida a carga horária dos professores concursados e mantidos os de cargo temporário? 2. O setor da educação em alguma oportunidade conversou com o grupo de professores para falar sobre a medida? 3. Explicar para esta Casa de Leis os motivos da decisão.</t>
   </si>
   <si>
     <t>15838</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15838/r374_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15838/r374_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que juntamente com a Emdaep, nos informe o que segue: - Qual a previsão para se consertar o solo onde estava instalada bomba de recalque de esgoto que funcionava no Atacadão de Peixes, na Rua Spinardi, próximo ao Centro de Controle de Zoonoses. Em virtude de que a bomba pertencia à Emdaep e com a desativação ficaram reparos no solo.</t>
   </si>
   <si>
     <t>15839</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15839/r375_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15839/r375_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Existe previsão para instalação de lâmpadas de LED na Rua Anedino Florindo Santana, no Bairro Iandara? Em virtude de no período noturno haver escuridão total, os moradores pedem reconhecimento pelo Prefeito, uma vez que nessa rua há apenas onze braços de luz.</t>
   </si>
   <si>
     <t>15840</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15840/r376_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15840/r376_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Por qual motivo até a presente data não foram contratadas horas de máquinas para limpeza da galeria próxima ao campo de futebol, no Bairro Iandara? Uma vez que a boca do tubo se encontra entupida e o resto do canal de escoamento está assoreado.</t>
   </si>
   <si>
     <t>15841</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15841/r377_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15841/r377_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Para quando está prevista a reconstrução da ponte no Bairro Água Verde, que liga a cidade ao Bairro Marrequinha?</t>
   </si>
   <si>
     <t>15842</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15842/r378_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15842/r378_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria de Lourdes Silvino Costa, ocorrido em 30 de julho de 2020.</t>
   </si>
   <si>
     <t>15843</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15843/r379_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15843/r379_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Presidente da Instituição Novo Amanhecer, Sr. Paulo Sérgio Diniz, assim como aos membros da diretoria e colaboradores pelos 42 anos da referida instituição que presta serviços de elevada importância em nossa cidade.</t>
   </si>
   <si>
     <t>15844</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15844/r380_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15844/r380_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há estudo para a disponibilização de uma ambulância ou um veículo próprio para o transporte de pacientes com Covid-19 ou suspeitos da doença para que se faça o deslocamento do Pronto Atendimento Municipal e Santa Casa à residência. Pois muitas das pessoas que passam por atendimento com sintomas da doença não possuem meios de locomoção e enfrentam dificuldades, já que particulares às vezes se negam a oferecerem esses serviços.</t>
   </si>
   <si>
     <t>15845</t>
   </si>
   <si>
     <t>Victor Palhares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15845/r381_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15845/r381_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Luiza Sales Pimenta Pinto, ocorrido em 31 de julho de 2020.</t>
   </si>
   <si>
     <t>15846</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Higor Tossato, Milton Polon, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15846/r382_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15846/r382_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Luiz Bogaz Hernandez, ocorrido em 31 de julho de 2020.</t>
   </si>
   <si>
     <t>15847</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15847/r383_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15847/r383_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Decreto Legislativo n.º 001, DE 22/07/2020, de autoria dos Vereadores Cláudio José Pasqualeto e Victor Silva Almeida Palhares, que dispõe sobre a concessão de Título de Cidadão Honorário de Dracena e dá outras providências. (Título ao Senhor João Greco).</t>
   </si>
   <si>
     <t>15859</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15859/r384_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15859/r384_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há previsão para instalação de lâmpadas de LED nos postes da Rua Brasil e Rua Tenente Antero Contrera, em toda sua extensão, no sentido a Jaciporã. Consta que são duas vias de grande fluxo de veículos que atendem vários bairros e há vários pedidos dos moradores daqueles bairros.</t>
   </si>
   <si>
     <t>15860</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15860/r385_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15860/r385_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Faculdade Reges de Dracena, que comemora os 25 anos de instalação do curso de Ciências Contábeis, o que ocorreu em agosto de 1995. Durante todo o período, profissionais de Dracena e toda a região concluíram a graduação no importante curso que deu início às atividades da Reges em Dracena. Cumprimentos ao professor José Gonzaga da Silva Neto, presidente da Reges, ao novo diretor da Faculdade, professor Sérgio Cardoso e à coordenadora do curso, professora Andréa Ubeda.</t>
   </si>
   <si>
     <t>15861</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15861/r386_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15861/r386_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o número de reclamações recebidas desde a implantação do WhatsApp de iluminação pública e se está havendo possibilidade de encaminhamento dos pedidos à empresa contratada.</t>
   </si>
   <si>
     <t>15862</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15862/r387_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15862/r387_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações a saber: - Há estudo ou previsão para reforma do Centro Comunitário do Jardim Kennedy? Pois o local se encontra em estado calamitoso e os moradores pedem a poda de árvores, instalação de pisos nos banheiros e reforma do prédio, para que possam desfrutar do centro comunitário.</t>
   </si>
   <si>
     <t>15863</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15863/r388_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15863/r388_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há estudo para instalação de obstáculo redutor de velocidade na Rua Manoel Pedro, altura do nº 155? Pois vários motoristas trafegam em alta velocidade, causando temor entre os moradores de que ocorram acidentes naquela via.</t>
   </si>
   <si>
     <t>15864</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15864/r389_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15864/r389_20.pdf</t>
   </si>
   <si>
     <t>Considerando a instalação de lâmpadas de LED nas principais vias da cidade; considerando a melhor visibilidade proporcionada pelas lâmpadas de LED; considerando a maior eficiência deste tipo de lâmpadas que permitem até 75% de economia de energia elétrica em comparação com as convencionais. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações a saber: - Existe projeto visando à instalação de lâmpadas de LED na Rodovia Comandante João Ribeiro de Barros, no trecho que se estende do trevo da Jojo até a antiga base da Polícia Rodoviária?</t>
   </si>
   <si>
     <t>15865</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15865/r390_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15865/r390_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Considerando que houve muitas demissões em nosso município, houve outros contratos encerrados? Em caso afirmativo, em quais secretarias? 2. Na área da educação quais são os contratos vigentes para cursos de capacitação? Caso existam, enviar cópias dos contratos e notas dos valores investidos.</t>
   </si>
   <si>
     <t>15866</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15866/r391_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15866/r391_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe o que segue: - Qual o motivo de, até a presente data, não ter sido feito um redutor de velocidade na Rua Januário Bonito, altura do nº 1303. Pois há muita reclamação por parte dos moradores, que solicitam providências.</t>
   </si>
   <si>
     <t>15867</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15867/r392_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15867/r392_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe o que segue: - Por qual motivo não foi atendida a solicitação de limpeza do matagal existente na antiga colônia da Fepasa, localizada atrás do 1º Distrito Policial. Este vereador esteve no local diversas vezes, inclusive acompanhado do Sr. Prefeito, que assumiu a responsabilidade de efetuar limpeza e o desentupimento de uma linha de tubos que está instalada no meio da colônia. O motivo deste requerimento é que este vereador, assim como o Prefeito, virou alvo de notícias da imprensa local e este vereador alega que não tem poderes para fazer as melhorias, somente para reivindicá-las.</t>
   </si>
   <si>
     <t>15868</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15868/r393_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15868/r393_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Enviar lista com os nomes dos servidores que ocupam cargos de secretários e cargos de confiança.</t>
   </si>
   <si>
     <t>15869</t>
   </si>
   <si>
     <t>Milton Polon, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15869/r394_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15869/r394_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Geraldo Campos Valero, ocorrido em 09 de agosto de 2020.</t>
   </si>
   <si>
     <t>15870</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15870/r395_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15870/r395_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Zulmira Aparecida Sampaio Angeli, ocorrido em 05 de agosto de 2020.</t>
   </si>
   <si>
     <t>15879</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15879/r396_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15879/r396_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Há previsão de se ceder ou adquirir um veículo para o Centro de Controle de Zoonoses? Haja vista que há somente um veículo e às vezes há necessidade de sair para coletar sangue e não há veículo disponível. Além disso, o veículo existente é antigo.</t>
   </si>
   <si>
     <t>15880</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15880/r397_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15880/r397_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Nei Proprietário do Mercado Ferreira recém-inaugurado na Rua Primo Carnelós, encontro com a Rua Constantino Andreassa. Em momento que a economia passa por dificuldades encontrar quem investe em nosso município é motivo de reconhecimento, pois além de recursos gera empregos a nossa cidade.</t>
   </si>
   <si>
     <t>15881</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15881/r398_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15881/r398_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há possibilidade de se criar um estacionamento para carros em uma área da praça localizada na Rua Osvaldo Paulino dos Santos? Pois há grande necessidade de vagas de estacionamento devido à existência de estabelecimentos como mercado e padaria, assim como a sede do CRAS naquela região. Além disso, as ruas do bairro são muito estreitas, prejudicando o fluxo de veículos.</t>
   </si>
   <si>
     <t>15882</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15882/r399_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15882/r399_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o envio para este vereador da relação de funcionários efetivos e comissionados da Prefeitura, que entraram com pedido de desincompatibilização no prazo previsto na legislação eleitoral.</t>
   </si>
   <si>
     <t>15883</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15883/r400_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15883/r400_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre as medidas que estão sendo tomadas no combate ao pernilongo comum e ao mosquito transmissor da dengue e febre amarela.</t>
   </si>
   <si>
     <t>15884</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15884/r401_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15884/r401_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há estudo ou previsão para abertura da Viela dos Namorados, que liga a Rua dos Ipês à Rua dos Oitis, no Parque Dracena? Pois diversos moradores têm nos procurado solicitando a referida melhoria.</t>
   </si>
   <si>
     <t>15885</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15885/r402_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15885/r402_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Jacinto Martins, ocorrido em 13 de agosto de 2020.</t>
   </si>
   <si>
     <t>15886</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15886/r403_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15886/r403_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Benedito da Silva, ocorrido em 14 de agosto de 2020.</t>
   </si>
   <si>
     <t>15887</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15887/r404_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15887/r404_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários da sorveteria "Sorvetto" inaugurada no dia 15 de agosto, na Rua Brasil, nº 1075. Os nossos especiais cumprimentos aos empresários por investirem no comércio dracenense, contribuindo para o crescimento e desenvolvimento da cidade.</t>
   </si>
   <si>
     <t>15901</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15901/r405_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15901/r405_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Há previsão para instalação de "playground" na Praça Álvaro Pedro, localizada na Rua Bolívia, entre as ruas das Dracenas e Amoeiras, no Jardim Palmeiras I? Pois há muitas crianças que brincam naquele local e a instalação de um "playground" proporcionaria mais opções de lazer e recreação.</t>
   </si>
   <si>
     <t>15902</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15902/r406_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15902/r406_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com a Secretaria de Infraestrutura, que nos informe: - Há previsão para instalação de lâmpadas de Led no Bairro São Cristóvão, mais especificamente na área de lazer que recentemente recebeu melhorias? O número de usuários tem aumentado significativamente e, para que tenhamos todos utilizando e mantendo em segurança suas vidas, é necessário que se instale iluminação e que o local possa receber mais equipamentos.</t>
   </si>
   <si>
     <t>15903</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15903/r407_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15903/r407_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Antonio Mortágua, ocorrido em 18 de agosto de 2020.</t>
   </si>
   <si>
     <t>15904</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15904/r408_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15904/r408_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, sobre o início da Atividade Delegada em Dracena, num convênio com o Governo do Estado e Polícia Militar. Quais são as primeiras atividades que já estão sendo contempladas no plano de trabalho?</t>
   </si>
   <si>
     <t>15905</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15905/r409_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15905/r409_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre os entendimentos realizados até agora para a recuperação da passagem da Via Marginal José Dansieri, destruída pelas chuvas há alguns anos e se já previsão para execução das obras necessárias.</t>
   </si>
   <si>
     <t>15906</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15906/r410_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15906/r410_20.pdf</t>
   </si>
   <si>
     <t>Considerando que houve as demissões dos professores da rede municipal e que ainda existem muitas dúvidas. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Houve ata de registro no momento das demissões? Em caso afirmativo, enviar cópia. 2. O que foi pago a esses professores? 3. Por que não houve aviso prévio antes dessas demissões?</t>
   </si>
   <si>
     <t>15907</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15907/r411_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15907/r411_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Houve algum tipo de contratação de funcionários de 30 de junho de 2020 até a presente data? Em caso afirmativo, enviar os nomes e onde estão desempenhando as funções.</t>
   </si>
   <si>
     <t>15908</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15908/r412_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15908/r412_20.pdf</t>
   </si>
   <si>
     <t>Considerando que o ciclismo é uma atividade fundamental para a saúde; considerando um aumento significativo de pessoas que passaram a praticar tal atividade; considerando que para tal prática se necessita de espaço; considerando que atualmente não dispomos de espaço e/ou local adequado; considerando que há uma grande quantidade de pessoas e famílias praticando este esporte nas vias vicinais; considerando que a vicinal que liga Dracena a Tupi Paulista, via Oasis, é uma das mais concorridas e movimentadas por ciclistas; Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - É possível fazer estudo visando o asfaltamento de dois metros na lateral da pista de rolamento até o Bairro Oasis? Para tanto, poderia ser feito o levantamento dos custos juntamente a Emdaep.</t>
   </si>
   <si>
     <t>15909</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15909/r413_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15909/r413_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Basso, ocorrido em 20 de agosto de 2020.</t>
   </si>
   <si>
     <t>15910</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15910/r414_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15910/r414_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor compete, que nos informe a respeito da fiscalização de propagandas em postes de iluminação, visto que existem postes, com placas de madeira informando o telefone de uma empresa: 1. A prefeitura tem notificado às empresas que tem realizado essa prática? Enviar cópias das notificações. 2. Qual é o valor da multa aplicada?</t>
   </si>
   <si>
     <t>15911</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15911/r415_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15911/r415_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, que nos informe a respeito da reforma da praça do bairro São Francisco, chamada de “Praça Rodolfo Costa’, nas imediações da Escola Técnica Isaura Sampaio: 1. Qual é o valor da obra? 2. O que será feito? 3. Qual é a data de entrega da referida obra?</t>
   </si>
   <si>
     <t>15912</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15912/r416_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15912/r416_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, que nos informe a respeito da ligação entre o Parque do Bosque e a Estrada João Araújo: 1. Existe estudo para pavimentar a ligação entre o Parque do Bosque e a Estrada João Araújo? 2. Qual seria o valor da obra?</t>
   </si>
   <si>
     <t>15913</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15913/r417_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15913/r417_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Projeto AABB Comunidade pelos 10 anos de trabalhos prestados a comunidade, atendendo crianças e adolescentes com a proposta de complementação educacional.</t>
   </si>
   <si>
     <t>15914</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15914/r418_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15914/r418_20.pdf</t>
   </si>
   <si>
     <t>Considerando que a extensão rural é o principal instrumento de implantação de políticas públicas efetivas, seja por conta de sua capilaridade, seja por conta do perfil dos técnicos que a comungam, ela precisa ser não só preservada, mas fortalecida em seus quadros. Considerando que a agricultura familiar paulista, representada por quase 300 mil propriedades rurais, e a extensão rural pedem socorro. Os produtores rurais precisam de assistência e, se nada for feito, eles não serão mais assistidos e o impacto pode ser desastroso. Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de Moção de Protesto a extinção das Casas da Agricultura e Escritórios Regionais da Coordenadoria de Desenvolvimento Rural Sustentável - CDRS (CATI) e os Escritórios de Defesa Agropecuária - EDAs da Secretaria de Agricultura e Abastecimento. Requeremos ainda que depois de aprovada esta matéria seja dado conhecimento desse ato do Poder Legislativo ao Governador do Estado de São Paulo, Sr. João Doria, ao Secretário de Agricultura e Abastecimento, Sr. Gustavo Junqueira, e ao Presidente da Assembleia Legislativa de São Paulo, Sr. Cauê Macris.</t>
   </si>
   <si>
     <t>15915</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15915/r419_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15915/r419_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Santina Rosa de Assis, ocorrido em 24 de agosto de 2020.</t>
   </si>
   <si>
     <t>15916</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15916/r420_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15916/r420_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Soledade Martinez, ocorrido em 22 de agosto de 2020.</t>
   </si>
   <si>
     <t>15917</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15917/r421_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15917/r421_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Marcelo Aparecido Rodrigues, ocorrido em 21 de agosto de 2020.</t>
   </si>
   <si>
     <t>15925</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15925/r422_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15925/r422_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Devido à pandemia de Covid-19, as crianças estão tendo aulas online, porém muitas famílias não têm acesso à internet, assim as crianças ficam sem acesso às aulas. É possível disponibilizar Wi-Fi gratuito nos bairros carentes e nos Distritos de Jamaica e Jaciporã? Pois a impossibilidade de acompanhar as aulas online prejudica o desempenho e o aprendizado de diversos alunos.</t>
   </si>
   <si>
     <t>15926</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15926/r423_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15926/r423_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se será instalado o SIM - Serviço de Inspeção Municipal. Este selo pode ser oferecido a pequenos produtores e novos empresários, pois dessa forma o usuário poderá certificar seus produtos e vender no comércio local, onde estaremos fomentando as atividades industriais e comerciais de pequeno porte e abrindo possibilidade de, no futuro, termos grandes empresas.</t>
   </si>
   <si>
     <t>15927</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15927/r424_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15927/r424_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Francisca da Silva Lima, ocorrido em 23 de agosto de 2020.</t>
   </si>
   <si>
     <t>15928</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15928/r425_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15928/r425_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão para instalação de "playground" na área verde localizada na Avenida São Cristóvão? Ocorre que o local é bem amplo e os moradores solicitam tal benfeitoria, pois trará mais uma opção de lazer e entretenimento para todos.</t>
   </si>
   <si>
     <t>15929</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15929/r426_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15929/r426_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Por qual motivo foram tiradas as folgas dos servidores do Pronto Atendimento Municipal - PAM? Pois o atendimento prestado naquela unidade é diferente dos serviços dos servidores que atuam nos Postos de Saúde.</t>
   </si>
   <si>
     <t>15930</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15930/r427_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15930/r427_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Qual o motivo de estarem sendo refeitas as canaletas de várias ruas da cidade, onde os serviços já haviam sido realizados? 2. Qual empresa está executando estes serviços? A primeira executora ou a Emdaep? 3. Caso seja a empresa municipal, quais os valores cobrados?</t>
   </si>
   <si>
     <t>15931</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Pedro Trabuco, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15931/r428_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15931/r428_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Isabel Neves Fávero, ocorrido em 24 de agosto de 2020.</t>
   </si>
   <si>
     <t>15932</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15932/r429_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15932/r429_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Francisca Martinês Toledo Gasparini, ocorrido em 21 de agosto de 2020.</t>
   </si>
   <si>
     <t>15933</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15933/r430_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15933/r430_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, a relação de locais que serão atendidos com a implantação das lâmpadas de LED na nova fase anunciada pelo Executivo, recentemente.</t>
   </si>
   <si>
     <t>15934</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15934/r431_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15934/r431_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o andamento da licitação visando a reforma do Teatro “Maestro Aécio de Féo Flora”, como número de empresas interessadas e próximas fases a serem cumpridas.</t>
   </si>
   <si>
     <t>15935</t>
   </si>
   <si>
     <t>Maria Mateus, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15935/r432_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15935/r432_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Lemes Cavalheiro, ocorrido em 25 de agosto de 2020.</t>
   </si>
   <si>
     <t>15936</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Milton Polon, Rodrigo Rossetti Parra, Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15936/r433_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15936/r433_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Edison Teles Guimarães, ocorrido em 28 de agosto de 2020.</t>
   </si>
   <si>
     <t>15937</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15937/r434_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15937/r434_20.pdf</t>
   </si>
   <si>
     <t>Considerando que a Câmara fez devolução de saldo remanescente dos duodécimos no final de 2019; considerando que é de livre prerrogativa do Poder Executivo a utilização de tal recurso; considerando que, como no ano anterior, houve tratativa entre Legislativo e Executivo, na utilização de tal recurso; considerando que em 2019 fizemos uma parceria para aquisição de um ônibus para transporte de pacientes; considerando que para 2020 a mesma linha de ação do Executivo e Legislativo; considerando que ficou acordado que parte do recurso devolvido seria utilizado na área de trânsito; considerando que a opção foi a aquisição de sinalização semafórica; considerando que já foi realizado o processo licitatório; considerando que a empresa vencedora "Cidade Verde Sinalização Viária Eireli", como já noticiada; Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. O Poder Executivo já emitiu a ordem de serviço para a instalação dos referidos conjuntos? 2. Em caso afirmativo, informar a data contratual para início e término dos serviços licitados e contratados.</t>
   </si>
   <si>
     <t>15938</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>Maria Mateus, Claudevi Oliveira da Silva Júnior</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15938/r435_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15938/r435_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Quantos diretores e coordenadores pedagógicos contratados a Secretaria Municipal da Educação de Dracena possui? 2. Enviar os nomes desses profissionais e em quais locais desenvolvem as suas funções.</t>
   </si>
   <si>
     <t>15939</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15939/r436_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15939/r436_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, em relação à Escola Izaura Sampaio, as seguintes informações: 1. Enviar a lista de docentes classificados e contratados em 2018, 2019 e 2020. 2. Enviar a carga horária e disciplina de cada contrato. 3. Caso tenha havido prorrogação dos processos seletivos nas referidas datas, enviar as listas dos contratados. 4. Houve docentes que ficaram fora da prorrogação? Em caso afirmativo, por quais motivos? 5. Houve diminuição de aulas nos anos de 2018 a 2020? Em caso afirmativo, por quais motivos?</t>
   </si>
   <si>
     <t>15940</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15940/r437_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15940/r437_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com a Secretaria de Saúde, que nos informe: - Como está o andamento do cadastro do Programa Previne Brasil, novo modelo de custeio da Atenção Primária à Saúde, no âmbito do Sistema Único de Saúde?</t>
   </si>
   <si>
     <t>15941</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Claudevi Oliveira da Silva Júnior, Maria Mateus, Milton Polon, Pedro Trabuco, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15941/r438_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15941/r438_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Leandro Silva, ocorrido em 30 de agosto de 2020.</t>
   </si>
   <si>
     <t>15942</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15942/r439_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15942/r439_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Bispo Jorge Paulo Caetano dos Santos, ao Presbítero Robson Fialho de Freitas e a todos os membros da Igreja de Nosso Senhor Jesus Cristo, pelos 52 anos completados.</t>
   </si>
   <si>
     <t>15943</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>Milton Polon, Pedro Trabuco, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15943/r440_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15943/r440_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Francisco Pereira da Silva, ocorrido em 31 de agosto de 2020.</t>
   </si>
   <si>
     <t>15944</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15944/r441_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15944/r441_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão de providências quanto ao local onde são realizadas as aulas práticas de autoescola, nas proximidades da estação ferroviária? Pois há mato crescendo no local e areia espalhada pelo solo.</t>
   </si>
   <si>
     <t>15945</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15945/r442_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15945/r442_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Luiz Fabbro, ocorrido em 30 de agosto de 2020.</t>
   </si>
   <si>
     <t>15946</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15946/r443_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15946/r443_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Iracema Soares Machado, ocorrido em 28 de agosto de 2020.</t>
   </si>
   <si>
     <t>15947</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15947/r444_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15947/r444_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Adionil Fumagalli, ocorrido em 02 de setembro de 2020.</t>
   </si>
   <si>
     <t>15948</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15948/r445_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15948/r445_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Existe planejamento ou cronograma para pavimentação do trevo de acesso ao Bairro Iandara? 2. Caso haja, está previsto para quando?</t>
   </si>
   <si>
     <t>15949</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15949/r446_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15949/r446_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. A Prefeitura recebeu algum comunicado sobre a reativação do trem de cargas ou de passageiros? 2. Em caso afirmativo, enviar cópia do comunicado.</t>
   </si>
   <si>
     <t>15950</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15950/r447_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15950/r447_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Por qual motivo, até a presente data, não foi concretado ou recuperado o terreno onde estava instalada a bomba de recalque dentro do Atacadão de Peixes, na Rua Spinardi, próximo do Centro de Controle de Zoonoses?</t>
   </si>
   <si>
     <t>15951</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15951/r448_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15951/r448_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Existe plano para instalação de lâmpadas de Led em alguma rua do Jardim Santa Clara? 2. Em caso afirmativo, informar qual rua será beneficiada.</t>
   </si>
   <si>
     <t>15952</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15952/r449_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15952/r449_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Rádio Jovem Pan FM de Dracena, que completou 10 anos de atuação na região da Nova Alta Paulista. Cumprimentos ao diretor Antônio Carlos Vieira Borini e equipe pelas atividades desenvolvidas desde 2010, com jornalismo, músicas, publicidades, campanhas beneficentes e prestação de serviços.</t>
   </si>
   <si>
     <t>15953</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15953/r450_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15953/r450_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que através da Secretaria de Saúde e Higiene Pública, informe como está o fornecimento de medicamentos para pacientes com sintomas ou já confirmados com Covid-19. E se há possibilidade de ampliar este atendimento, conforme pedido da população.</t>
   </si>
   <si>
     <t>15954</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15954/r451_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15954/r451_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Janete Teresa de Oliveira Lopes, ocorrido em 02 de setembro de 2020.</t>
   </si>
   <si>
     <t>15955</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15955/r452_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15955/r452_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Pastora Ruth de Oliveira Ferreira, ocorrido em 04 de setembro de 2020.</t>
   </si>
   <si>
     <t>15956</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15956/r453_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15956/r453_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor João Abou Saab, ocorrido em 03 de setembro de 2020.</t>
   </si>
   <si>
     <t>15957</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15957/r454_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15957/r454_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Há estudo para implantação de um obstáculo redutor de velocidade na Rua João Panes, cruzamento com a Rua Manoel Olino de Oliveira? Pois a via liga o Jardim Kennedy ao Jardim Fioravante, havendo grande fluxo de veículos, sendo que já ocorreram muitos acidentes e perda de alguns felinos de moradores das redondezas.</t>
   </si>
   <si>
     <t>15958</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15958/r455_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15958/r455_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações quanto a Praça Rotary: 1. O que será feito com os materiais que foram retirados da pista de caminhada e as guias de sarjetas? 2. Por qual motivo essas obras estão atrasadas? 3. A empresa responsável foi notificada devido aos prazos não cumpridos até o momento? 4. Quais ruas ao redor serão recapeadas?</t>
   </si>
   <si>
     <t>15959</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15959/r456_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15959/r456_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quantos pontos de táxi há em Dracena? 2. Há quantos taxistas por pontos? 3. Informar os respectivos nomes e endereços. 4. Algum taxista veio a falecer e será substituído por membro da família?</t>
   </si>
   <si>
     <t>15960</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15960/r457_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15960/r457_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quantos aluguéis de imóveis a Prefeitura paga mensalmente? 2. Especificar o valor e endereço de cada imóvel, inclusive do aluguel social. 3. Enviar cópia dos contratos.</t>
   </si>
   <si>
     <t>15961</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15961/r458_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15961/r458_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Aparecida Seixas de Almeida, ocorrido em 04 de setembro de 2020.</t>
   </si>
   <si>
     <t>15962</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15962/r459_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15962/r459_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Aparecida Russafa Okuma, ocorrido em 07 de setembro de 2020.</t>
   </si>
   <si>
     <t>15963</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15963/r460_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15963/r460_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Vanda Maria da Silva e Castro, ocorrido em 05 de setembro de 2020.</t>
   </si>
   <si>
     <t>15975</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15975/r461_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15975/r461_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão de melhorias na área onde são feitas aulas de autoescola, nas imediações da estação ferroviária? Pois têm ocorrido muitas reclamações devido ao mato alto, às árvores que necessitam de poda e à areia espalhada pelo asfalto, podendo levar a quedas.</t>
   </si>
   <si>
     <t>15976</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15976/r462_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15976/r462_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, através da Secretaria de Saúde e Higiene Pública, informações a respeito das mudanças de locais de repartições da pasta por causa das reformas do Centro de Saúde “Dr. Takashi Enokibara”, facilitando o conhecimento da população, sobretudo, a respeito da nova localização da farmácia municipal.</t>
   </si>
   <si>
     <t>15977</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15977/r463_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15977/r463_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, através da Secretaria de Educação, informações sobre a decisão da rede municipal em não retomar as aulas presenciais em 2020 por causa da pandemia, abrangendo as Emefis e Emeis. Enviar cópia de decisão tomada em conjunto pelos municípios da região.</t>
   </si>
   <si>
     <t>15978</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Maria Mateus, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15978/r464_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15978/r464_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Luis Aurélio Espadotto, ocorrido em 10 de setembro de 2020.</t>
   </si>
   <si>
     <t>15979</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15979/r465_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15979/r465_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a Sra. Elenice Fonseca Amorim e ao Sr. Adilson Amorim, proprietários da empresa Empório Conveniência, inaugurada no dia 10 de setembro, na Avenida Polônia, nº 1049, no Jardim das Palmeiras IV.</t>
   </si>
   <si>
     <t>15980</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15980/r466_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15980/r466_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a Sra. Elenice Fonseca Amorim e ao Sr. Adilson Amorim, proprietários da empresa Idealize Dracena, inaugurada no dia 10 de setembro em novas instalações, na Avenida Polônia, nº 1049, no Jardim das Palmeiras IV.</t>
   </si>
   <si>
     <t>15981</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15981/r467_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15981/r467_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Por qual motivo não foram tomadas providências quanto àsituação da Rua Benedito Borges, nº 385, no Jardim Itália II? Já que foram solicitadas providências ao setor competente várias vezes, através dos Requerimentos nºs 252 e 363/20, e até a presente data não houve solução para esse problema de mato muito alto, que está prejudicando os moradores, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>15982</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15982/r468_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15982/r468_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Elsio Antonio Zanatta, ocorrido em 12 de setembro de 2020.</t>
   </si>
   <si>
     <t>15983</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15983/r469_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15983/r469_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Irene Fagan Sartorelo, ocorrido em 13 de setembro de 2020.</t>
   </si>
   <si>
     <t>15984</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15984/r470_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15984/r470_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Adilson Perciliano, Vereador da Câmara Municipal de Tarumã, ocorrido em 13 de setembro de 2020.</t>
   </si>
   <si>
     <t>15985</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15985/r471_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15985/r471_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 047, de 31/08/2020, de autoria Poder Executivo, que Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Crédito Adicional Suplementar no valor de R$ 1.956.000,00 - um milhão novecentos e cinquenta e seis mil reais, destinado a adequações para o pagamento de salários e encargos sociais de servidores públicos e estagiários)</t>
   </si>
   <si>
     <t>15986</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15986/r472_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15986/r472_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 049, de 09/09/2020, de autoria Poder Executivo, que dispõe sobre autorização ao Poder Executivo a abrir, na Diretoria Financeira e Contábil, Crédito Adicional Especial no valor de R$4.070.000,00 (quatro milhões e setenta mil reais), para adequações orçamentárias destinadas ao pagamento de salários e encargos sociais de servidores públicos da área da saúde.</t>
   </si>
   <si>
     <t>15994</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15994/r473_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15994/r473_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Por quais motivos ainda não houve atendimento para solucionar o problema existente na Rua Regência, altura do nº 15, onde a água fica parada, servindo de criadouro de mosquitos Aedes aegypti? Uma vez que se trata de problema relacionado à prevenção e à saúde pública, além disso, os moradores já solicitaram providências várias vezes e, até a presente data, não houve solução.</t>
   </si>
   <si>
     <t>15995</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15995/r474_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15995/r474_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Quais providências estão sendo tomadas quanto às placas de denominação de ruas? Uma vez que diversos moradores têm reclamado da ausência de placas e da má conservação das mesmas, como placas apagadas ou com ferrugem e, além disso, fomos informados através do Ofício CM nº 262/2020 que a Secretaria de Infraestrutura, Habitação e Assuntos Viários, através de sua Diretoria de Trânsito, trabalha constantemente no levantamento das placas danificadas.</t>
   </si>
   <si>
     <t>15996</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15996/r475_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15996/r475_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Ailton Xavier Pereira, ocorrido em 15 de setembro de 2020.</t>
   </si>
   <si>
     <t>15997</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15997/r476_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15997/r476_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Rosimary Cristina de Oliveira Lourencetti, ocorrido em 16 de setembro de 2020.</t>
   </si>
   <si>
     <t>15998</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Maria Mateus, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15998/r477_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15998/r477_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Orlanda Caineli Grandini, ocorrido em 17 de setembro de 2020.</t>
   </si>
   <si>
     <t>15999</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15999/r478_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15999/r478_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à diretoria eleita na Associação Bancária de Dracena (ABD), no dia 13 de setembro, seguindo na presidência Cleusa Cavalari Storto. A Câmara Municipal deseja sucesso aos diretores do importante clube social e esportivo, que se destaca em Dracena e região e que busca sua recuperação neste período de pandemia.</t>
   </si>
   <si>
     <t>16000</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16000/r479_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16000/r479_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que através da Secretaria de Saúde e Higiene Pública, informe o número de atendimentos mensais realizados no CEMAC - Centro Municipal de Atendimento ao Covid-19.</t>
   </si>
   <si>
     <t>16001</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>Maria Mateus, Milton Polon, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16001/r480_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16001/r480_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Doralice Barboza, ocorrido em 21 de setembro de 2020.</t>
   </si>
   <si>
     <t>16002</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16002/r481_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16002/r481_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento de Laura Milan, ocorrido em 21 de setembro de 2020.</t>
   </si>
   <si>
     <t>16003</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16003/r482_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16003/r482_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Aparecido Cardoso, ocorrido em 20 de setembro de 2020.</t>
   </si>
   <si>
     <t>16004</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16004/r483_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16004/r483_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Roberto Ciciliati Troncon, ocorrido em 21 de setembro de 2020.</t>
   </si>
   <si>
     <t>16012</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16012/r484_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16012/r484_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se será feita a manutenção de pintura de solo nas faixas de pedestres e faixas elevadas. Consta que as mesmas estão sem visibilidade, principalmente na região central do município e avenidas de acesso ao centro.</t>
   </si>
   <si>
     <t>16013</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16013/r485_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16013/r485_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador: - Por qual motivo foi feito recapeamento asfáltico na Rua São Manoel e outros quarteirões e foi deixada uma "ilha", ou seja, um quarteirão na Rua São Paulo, entre a Rua São Manoel e a linha férrea, sem recapeamento?</t>
   </si>
   <si>
     <t>16014</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16014/r486_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16014/r486_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador: 1. Qual cronograma de obras será iniciado e concluído pela retroescavadeira que foi contratada pela Prefeitura? 2. Enviar cópia do cronograma contendo os serviços que serão executados.</t>
   </si>
   <si>
     <t>16015</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16015/r487_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16015/r487_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador: - Existe planejamento para se fazer a colocação de tubos criando uma linha de captação de água ao lado do Atacadão de Peixes, localizado na Rua Spinardi, próximo ao Centro de Controle de Zoonoses?</t>
   </si>
   <si>
     <t>16016</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16016/r488_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16016/r488_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador: - Por qual motivo em alguns quarteirões do Bairro São Francisco, em especial na Rua Januário Bonito, não foi feito perfilamento asfáltico? Uma vez que os moradores reclamam e aguardam com ansiedade.</t>
   </si>
   <si>
     <t>16017</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16017/r489_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16017/r489_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Por que, até a presente data, a Secretaria de Assistência Social não foi realocada no prédio do CEDRAC, visando à economia de recursos?</t>
   </si>
   <si>
     <t>16018</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16018/r490_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16018/r490_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão para que seja aplicado veneno contra pernilongos nos Distritos de Jamaica e Jaciporã? Pois têm ocorrido muitas reclamações devido ao grande número de insetos.</t>
   </si>
   <si>
     <t>16019</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16019/r491_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16019/r491_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há algum estudo visando à instalação de iluminação nos campos de futebol dos Distritos de Jamaica e Jaciporã? Tal melhoria possibilitaria a prática de esportes também no período noturno, beneficiando toda a população dos referidos distritos.</t>
   </si>
   <si>
     <t>16020</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16020/r492_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16020/r492_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe, quanto ao cruzamento da Rua Fortaleza com a Alameda Bélgica: 1. Houve estudos visando melhorias relacionadas ao trânsito daquele local? 2. Em caso afirmativo, por qual motivo ainda não foi solucionado o problema? Uma vez que já solicitamos melhorias através das Indicações nºs 466/17 e 188/18 e os moradores estão assustados com o problema.</t>
   </si>
   <si>
     <t>16021</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16021/r493_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16021/r493_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à equipe Centro Municipal de Atendimento ao Covid-19 (CEMAC), composta dos seguintes membros: Dr. André Suckow Monteiro, Diretor Médico; Dra. Maria Angélica Sandoval dos Santos Nakad; Dra. Fernanda Montroni Bezerra; Dra. Fernanda Vichiutte Mantuvanelli; Dra. Shayela Ariadne Bertolin; Dr. Edpo Vinicius Lenzi de Oliveira; Nilva Maria de Paula, Diretora Responsável; Ingrid Cristina Pardini; Ivana Bueno Stocco Cassiano; Tatiana Maria de Almeida; Célia Rodrigues de Oliveira; Talita Crepaldi Candido Ferreira; Renata Fortunato; Sueli Alves Machado; Keslen Bruna do Rozario dos Santos Carvalho; Berenice Lucia da Silva Braz; Henriquetta Carolina Navarro de Lima; Marcelo Pereira Roque; Nadia Regina Olian; Karoline Dias Onishi do Nascimento; Rosimary Ferreira Porto e Célia Regina Alves Machado, pelo excelente trabalho desenvolvido no atendimento e tratamento dos pacientes de Covid-19.</t>
   </si>
   <si>
     <t>16022</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16022/r494_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16022/r494_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Luiza da Silva Almeida, ocorrido em 24 de setembro de 2020.</t>
   </si>
   <si>
     <t>16023</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16023/r495_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16023/r495_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Grupo Conviver da Terceira Idade, que completou 30 anos de atividades no dia 24 de setembro. Presidido pelo professor Domingos Gimenes Sebrian, o grupo está com eventos suspensos por causa da pandemia, mas pretende voltar em 2021. Cumprimentos à diretoria e participantes com desejos de retorno dos eventos o mais rápido possível.</t>
   </si>
   <si>
     <t>16024</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16024/r496_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16024/r496_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à médica infectologista Germana Fernanda de Souza, que deixou a coordenação da UTI Covid da Santa Casa após atividades desempenhadas durante a pandemia. A médica Germana e todos os componentes da área de Saúde, incluindo Santa Casa, Secretaria de Saúde e Consórcio de Saúde, merecem elogios pelo trabalho desempenhado até agora em apoio aos pacientes e população de Dracena e região. Os serviços prosseguem com muito empenho de todos.</t>
   </si>
   <si>
     <t>16025</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16025/r497_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16025/r497_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações se haverá nova programação neste ano para recuperação de passagens de água, inclusive, na Avenida Alcides Chacon Couto, atendendo pedidos dos moradores e usuários.</t>
   </si>
   <si>
     <t>16026</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16026/r498_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16026/r498_20.pdf</t>
   </si>
   <si>
     <t>Considerando que a situação da pandemia causou a suspensão das aulas presenciais nas EMEIs, em 18 de março de 2020, e todos os docentes ficaram à disposição da Secretaria da Educação, com retorno no dia 23 de setembro de 2020, com preparação de aulas para serem enviadas para os alunos. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Como ficarão essas horas não cumpridas presencialmente? Sendo que os docentes estiveram à disposição da Secretaria da Educação.</t>
   </si>
   <si>
     <t>16027</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16027/r499_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16027/r499_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Lituo Takeshita, ocorrido em 26 de setembro de 2020.</t>
   </si>
   <si>
     <t>16028</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>Higor Tossato, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16028/r500_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16028/r500_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Salvador Afonso Filho, ocorrido em 27 de setembro de 2020.</t>
   </si>
   <si>
     <t>16029</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16029/r501_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16029/r501_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Patrícia Aparecida Pinto Zacarias, ocorrido em 27 de setembro de 2020.</t>
   </si>
   <si>
     <t>16030</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16030/r502_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16030/r502_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Lucrécia Maria de Brito, ocorrido em 27 de setembro de 2020.</t>
   </si>
   <si>
     <t>16031</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16031/r503_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16031/r503_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 050, de 28/09/2020, de autoria dos vereadores Milton, Cláudio José, Ailton, Pedro, Célio, Claudevi, Higor, Kielse, Maria Mateus, Rodrigo Castilho, Rodrigo Parra, Sara e Victor que dispõe sobre a denominação de Próprios Públicos que especifica. (denominações de próprios públicos dos bairros: Residencial Jardim Aeroporto; Distrito Comercial; Residencial Aroeiras; Vila Lucélia; Residencial Safira; Residencial São Paulo; Jardim Campo Belo Iii; Residencial Hosoume Ii; Parque Planalto; Residencial Santa Rosa; Via Marginal à Rodovia Comandante João Ribeiro de Barros - SP-294; e, prolongamento da Alameda Inglaterra.</t>
   </si>
   <si>
     <t>16042</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16042/r504_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16042/r504_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue quanto ao ofício CM nº 326/2020, enviado em resposta ao Requerimento nº 457/20: 1. Faltou enviar cópia dos contratos, portanto reiteramos nosso pedido. 2. Faltaram informações nos seguintes empenhos enviados: · Empenho nº 3395 - falta o endereço; · Empenho nº 7810 - consta o endereço, mas falta identificação do imóvel; · Empenho nº 659 - falta o endereço; · Empenho nº 1913 - não consta qual a destinação da chácara; · Empenho nº 1596 - consta endereço, mas não há especificação da finalidade do imóvel; · Empenho nº 1542 - consta endereço, mas não há especificação da finalidade do imóvel.</t>
   </si>
   <si>
     <t>16043</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16043/r505_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16043/r505_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Existe algum estudo para se criar um lago artificial na área localizada no quarteirão entre a Rua Fortaleza, Alameda Polônia, Alameda Bélgica e Rua Venezuela? Pois tais providências acarretariam benefícios como a valorização e embelezamento daquela área.</t>
   </si>
   <si>
     <t>16044</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16044/r506_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16044/r506_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Existe algum estudo para implantação de um horto florestal ou um bosque municipal em alguma área da cidade? 2. Em caso afirmativo, especificar em qual área.</t>
   </si>
   <si>
     <t>16045</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Rodrigo Castilho Soares, Milton Polon, Pedro Trabuco, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16045/r507_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16045/r507_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor João Rios, ocorrido em 30 de setembro de 2020.</t>
   </si>
   <si>
     <t>16046</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16046/r508_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16046/r508_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao senhor Benedito Alves da Costa, que completou 50 anos atuando como vigilante na mesma agência bancária. O conhecido Ditinho do Bradesco é uma pessoa bastante conhecida na comunidade e seu exemplo de amor ao trabalho, mesmo aposentado e com 71 anos de idade, merece ser destacado, bem como a sua longa permanência na mesma função.</t>
   </si>
   <si>
     <t>16047</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16047/r509_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16047/r509_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, se há serviços programados para os Centros Comunitários dos bairros, atendendo pedidos das associações de moradores e usuários em geral. Os Centros Comunitários precisam passar por reformas e pinturas.</t>
   </si>
   <si>
     <t>16048</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16048/r510_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16048/r510_20.pdf</t>
   </si>
   <si>
     <t>Considerando que esta vereadora já recebeu várias reclamações de moradores que procuraram atendimento de transporte de ambulância para consultas e somente foram atendidos para ida ao médico e não para retorno a seus lares e que a pessoa responsável alega sempre que o atendimento é apenas para acamados. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Existe amparo legal para não atender todos os pacientes com transporte de ambulância nos trajetos de ida e de volta? 2. Em caso afirmativo, enviar cópia da lei que comprova essa atitude.</t>
   </si>
   <si>
     <t>16049</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16049/r511_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16049/r511_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quantas cestas básicas foram entregues de junho até o presente momento? 2. Quantas famílias foram atendidas? 3. Quais os critérios para que as famílias sejam beneficiadas? 4. Tem ocorrido falta de cestas básicas? 5. Qual é a média de cestas entregues por dia?</t>
   </si>
   <si>
     <t>16050</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16050/r512_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16050/r512_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Ari Aires de Alencar, ocorrido em 02 de outubro de 2020.</t>
   </si>
   <si>
     <t>16051</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16051/r513_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16051/r513_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria das Dores de Oliveira Lins, ocorrido em 02 de outubro de 2020.</t>
   </si>
   <si>
     <t>16052</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16052/r514_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16052/r514_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Ana Candida dos Santos, ocorrido em 02 de outubro de 2020.</t>
   </si>
   <si>
     <t>16053</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16053/r515_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16053/r515_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Francisca Araujo, ocorrido em 02 de outubro de 2020.</t>
   </si>
   <si>
     <t>16054</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16054/r516_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16054/r516_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Valdemar Gomes da Silva, ocorrido em 02 de outubro de 2020.</t>
   </si>
   <si>
     <t>16055</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>Cláudio José Pasqualeto, Milton Polon, Pedro Trabuco, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16055/r517_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16055/r517_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Sanches, ocorrido em 04 de outubro de 2020.</t>
   </si>
   <si>
     <t>16056</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16056/r518_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16056/r518_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários da empresa Drakar Multimarcas, inaugurada no dia 03 de outubro e localizada na Rua Messias Ferreira da Palma, 159.</t>
   </si>
   <si>
     <t>16057</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16057/r519_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16057/r519_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Eduardo Hideo Tomiyoshi, ocorrido em 05 de outubro de 2020.</t>
   </si>
   <si>
     <t>16076</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16076/r520_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16076/r520_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se serão instaladas placas de sinalização ostensiva na esquina da Rua Irradiação com a Rua Brasil, na Vila Barros. Frequentemente ocorrem acidentes naquele local, porque há pouca visibilidade e os moradores pedem providências.</t>
   </si>
   <si>
     <t>16077</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16077/r521_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16077/r521_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a proprietária da Marmitaria da Jaque, recentemente inaugurada na Rua Ipiranga, nº 647.</t>
   </si>
   <si>
     <t>16078</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16078/r522_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16078/r522_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Diolindo da Costa, ocorrido em 07 de outubro de 2020.</t>
   </si>
   <si>
     <t>16079</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16079/r523_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16079/r523_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Vilson Donaire Rocha, ocorrido em 08 de outubro de 2020.</t>
   </si>
   <si>
     <t>16080</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16080/r524_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16080/r524_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Afonso Marinho Ribeiro, ocorrido em 05 de outubro de 2020.</t>
   </si>
   <si>
     <t>16081</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16081/r525_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16081/r525_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Expedito Rampazo, ocorrido em 05 de outubro de 2020.</t>
   </si>
   <si>
     <t>16082</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16082/r526_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16082/r526_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES para a empresa Negrine Locadora de Veículos Ltda, que está iniciando atividades na Avenida Washington Luís, nº 371, representando a Rede Brasil Aluguel de Veículos. Sob a direção de José Antonio Negrine, a nova empresa passa a oferecer para Dracena e região serviços de locação de automóveis, um segmento que deve crescer bastante nos próximos anos. Cumprimentos ao diretor e funcionários deste novo empreendimento.</t>
   </si>
   <si>
     <t>16083</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16083/r527_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16083/r527_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES para as Lojas Maçônicas “Acácia do Oeste” e “Solidariedade e Firmeza”, que promoveram o evento Drive-Thru Solidário, em setembro, com arrecadação de alimentos para montagem de 200 cestas básicas, atendendo famílias e entidades dracenenses, além de receber produtos de limpeza e materiais de higiene. Houve expressiva participação da comunidade, do Capítulo União da Alta Paulista da Ordem DeMolay, Polícia Militar e Prefeitura. O evento foi importante para atender famílias necessitadas por causa da pandemia.</t>
   </si>
   <si>
     <t>16084</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16084/r528_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16084/r528_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que através da Secretaria de Agricultura, informe quais as pontes que estão sendo recuperadas atualmente, atendendo pedidos dos proprietários rurais e estradas em geral.</t>
   </si>
   <si>
     <t>16085</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16085/r529_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16085/r529_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações quanto à prática comum no comércio de se reservar vaga de estacionamento utilizando cones, cadeiras, caixas e diversos tipos de objetos: 1. Tem sido feita fiscalização? 2. Quantas pessoas já foram orientadas quanto à irregularidade? 3. A lei ampara este tipo de reserva de vaga? Pois tem havido muitas reclamações de munícipes que encontram dificuldades para estacionar seus veículos.</t>
   </si>
   <si>
     <t>16094</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16094/r530_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16094/r530_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações quanto ao transporte público coletivo municipal: 1. Enviar cópia do contrato da empresa responsável pelo transporte. 2. Em referência aos distritos, informar os horários de ida e vinda. 3. Qual o meio de acompanhamento da administração sobre o cumprimento das regras?</t>
   </si>
   <si>
     <t>16095</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16095/r531_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16095/r531_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há a possibilidade de se manter ligado o chafariz que se encontra no centro da Praça Arthur Pagnozzi, pois além de os jatos de água serem muito bonitos, também são muito refrescantes, uma vez que umidificam o ar e colaboram com a satisfação e saúde dos frequentadores.</t>
   </si>
   <si>
     <t>16096</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>Claudevi Oliveira da Silva Júnior, Cláudio José Pasqualeto, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16096/r532_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16096/r532_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Dolores Ramos Fernandes Salles, ocorrido em 13 de outubro de 2020.</t>
   </si>
   <si>
     <t>16097</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16097/r533_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16097/r533_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Foi feita a compra de tubos para serem implantados no final da Rua Retirada da Laguna, no Distrito de Jamaica? 2. Em caso afirmativo, enviar cópia dos documentos relativos à compra.</t>
   </si>
   <si>
     <t>16098</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16098/r534_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16098/r534_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Foi feito contrato com a Emdaep de guias de sarjetas na Rua Francisco Ramos dos Santos e na Rua José da Silva Azevedo, no Distrito de Jaciporã? 2. Em caso afirmativo, enviar cópias dos documentos.</t>
   </si>
   <si>
     <t>16099</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16099/r535_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16099/r535_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Foi feito contrato com a Emdaep de perfilamento da Rua Vereador Antonio de Oliveira Novaes e da Rua Professora Vânia Maria Pereira do Vale? 2. Em caso afirmativo, enviar cópia.</t>
   </si>
   <si>
     <t>16100</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16100/r536_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16100/r536_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Foi feito contrato com a Emdaep de pavimentação de três ruas e dois quarteirões na Rua Bahia e um quarteirão na Rua Retirada da Laguna, no Distrito de Jamaica? 2. Em caso afirmativo, enviar cópia.</t>
   </si>
   <si>
     <t>16101</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16101/r537_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16101/r537_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão para reforma do campo de malha localizado na Rua Osvaldo Paulino dos Santos, no Jardim Brasilândia? Pois a estrutura está danificada, impossibilitando o uso e gerando pedidos de melhorias por parte dos moradores da região.</t>
   </si>
   <si>
     <t>16102</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16102/r538_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16102/r538_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Mathilde Pavini de Oliveira, ocorrido em 13 de outubro de 2020.</t>
   </si>
   <si>
     <t>16103</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16103/r539_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16103/r539_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antônio José Fernandes Netto, ocorrido em 14 de outubro de 2020.</t>
   </si>
   <si>
     <t>16104</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16104/r540_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16104/r540_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre qual o andamento das obras para implantação de reservatório no futuro Conjunto Florindo Tabacchi, com 300 moradias da CDHU.</t>
   </si>
   <si>
     <t>16105</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16105/r541_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16105/r541_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre quais as sugestões que foram apresentadas ao município, através do site da Prefeitura, para a elaboração do Orçamento Municipal de 2021.</t>
   </si>
   <si>
     <t>16106</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16106/r542_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16106/r542_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Para onde estão sendo destinados os alimentos que, segundo informações, estão sendo recolhidos das EMEIs em razão da suspensão das aulas presenciais? 2. Segundo algumas famílias em alguns kits de merenda são enviados arroz e feijão, porém em outros kits os referidos alimentos não são enviados. Tal informação procede? Em caso afirmativo, qual o motivo da diferenciação? 3. O que será feito com as carnes armazenadas nas EMEIs?</t>
   </si>
   <si>
     <t>16107</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16107/r543_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16107/r543_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Cipriano de Oliveira, ocorrido em 17 de outubro de 2020.</t>
   </si>
   <si>
     <t>16121</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16121/r544_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16121/r544_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe, juntamente com o setor competente, se será feita reforma das canaletas de passagem de águas na Avenida Alcides Chacon Couto, cruzamento com a Rua Porto Alegre e também no cruzamento da Avenida Alcides Chacon Couto com a Rua Espírito Santo, no Bairro Metrópole.</t>
   </si>
   <si>
     <t>16122</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16122/r545_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16122/r545_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há estudos para a inclusão do Bairro Iandara no Programa Cidade Legal, criado para auxiliar os municípios paulistas na regularização dos núcleos habitacionais implantados em desconformidade com a lei.</t>
   </si>
   <si>
     <t>16123</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16123/r546_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16123/r546_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários do estabelecimento "Brazzeiro Espetaria e Choperia", inaugurado no dia 21 de outubro.</t>
   </si>
   <si>
     <t>16124</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16124/r547_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16124/r547_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Há estudos para melhorias no final da Rua Érico Veríssimo, no Jardim Brasilândia? Pois há muito entulho acumulado, as árvores estão cobrindo os fios da rede de energia elétrica, o local se encontra escuro e os moradores pedem realização de pavimentação asfáltica.</t>
   </si>
   <si>
     <t>16125</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16125/r548_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16125/r548_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Têm sido tomadas providências quanto aos carros abandonados nas ruas da cidade? Moradores têm reclamado especialmente de um veículo abandonado na Rua Machado de Assis, altura do nº 36.</t>
   </si>
   <si>
     <t>16126</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16126/r549_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16126/r549_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Atsushi Kato, ocorrido em 21 de outubro de 2020.</t>
   </si>
   <si>
     <t>16127</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16127/r550_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16127/r550_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Malvina Belan dos Santos, ocorrido em 20 de outubro de 2020.</t>
   </si>
   <si>
     <t>16128</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16128/r551_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16128/r551_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Carlos dos Santos, ocorrido em 21 de outubro de 2020.</t>
   </si>
   <si>
     <t>16129</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16129/r552_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16129/r552_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Consta no cronograma de obras o recapeamento asfáltico da Rua Espírito Santo, altura do nº 633? Pois os demais quarteirões foram recapeados e o quarteirão citado não recebeu recapeamento e encontra-se muito esburacado.</t>
   </si>
   <si>
     <t>16130</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16130/r553_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16130/r553_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Rosalina de Moraes Gussoni, ocorrido em 20 de outubro de 2020.</t>
   </si>
   <si>
     <t>16131</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16131/r554_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16131/r554_20.pdf</t>
   </si>
   <si>
     <t>Considerando que a Rua Irradiação, no trecho compreendido entre a Avenida Presidente Roosevelt e a Rua Tomé de Souza, atrás da empresa Dracena Toldos, não conta com pavimentação asfáltica; considerando que o local também não conta com iluminação pública adequada e não há o serviço de recolhimento de resíduos sólidos; Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe o que segue: 1. Há previsão para realização da pavimentação asfáltica do trecho citado? Em caso afirmativo informar quando. 2. Há previsão para instalação de iluminação pública adequada no local? Em caso afirmativo informar quando. 3. Porque não há o serviço de recolhimento de resíduos sólidos no local? 4. Há uma área verde no referido trecho. Essa área é particular ou da Prefeitura?</t>
   </si>
   <si>
     <t>16132</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16132/r555_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16132/r555_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que preste informações sobre a sequência da reforma de semáforos antigos e implantação em novos pontos da cidade. Há previsão para conclusão dos serviços?</t>
   </si>
   <si>
     <t>16133</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16133/r556_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16133/r556_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o funcionamento da Biblioteca Municipal em sala no Ginásio Dovilho Moura. Informar os horários de atendimento e contatos por telefone e redes sociais.</t>
   </si>
   <si>
     <t>16134</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16134/r557_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16134/r557_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Por qual motivo não vai ser aberto o cemitério nos dias 31 de outubro, 1º e 2 de novembro?</t>
   </si>
   <si>
     <t>16135</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16135/r558_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16135/r558_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe o que segue: 1. Os centros comunitários têm previsão de liberação para realização de eventos? 2. Em caso afirmativo, enviar cópia da portaria que foi publicada.</t>
   </si>
   <si>
     <t>16136</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16136/r559_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16136/r559_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe quanto ao semáforo prometido para instalação na Avenida Presidente Roosevelt, próximo à AABB: - Será mesmo atendido o pedido da população pela instalação do referido semáforo?</t>
   </si>
   <si>
     <t>16137</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16137/r560_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16137/r560_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe quanto ao pedido feito por este vereador para a instalação de um obstáculo redutor de velocidade na Avenida José Bonifácio, em frente à Secretaria da Educação: 1. O pedido dos moradores será atendido? 2. Em caso afirmativo, quando será atendido?</t>
   </si>
   <si>
     <t>16138</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16138/r561_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16138/r561_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o porquê de, até a presente data, não ter sido cumprida a Lei n.º 4760, de 24/09/2019, com a implantação das placas com os nomes das ruas do Bairro Santa Luzia.</t>
   </si>
   <si>
     <t>16139</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16139/r562_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16139/r562_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Benta Maria de Jesus Silva, ocorrido em 21 de outubro de 2020.</t>
   </si>
   <si>
     <t>16140</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16140/r563_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16140/r563_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Francisco Sérgio Baravelli, da Senhora Neuza Baravelli e do Senhor Marcelo Baravelli, ocorrido em 24 de outubro de 2020.</t>
   </si>
   <si>
     <t>16141</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>Maria Mateus, Milton Polon, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16141/r564_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16141/r564_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Rita de Cassia de Souza Pereira Milanez, ocorrido em 24 de outubro de 2020.</t>
   </si>
   <si>
     <t>16152</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16152/r565_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16152/r565_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com a Secretaria competente, que nos informe se será instalado o monumento, ou seja bebedouro de água, peça usada no passado e que a pedido dos moradores do Bairro Metrópole ficou acordado que será instalado na Rua Fortaleza.</t>
   </si>
   <si>
     <t>16153</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16153/r566_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16153/r566_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão para realização de recapeamento asfáltico e poda de árvores na Rua Santa Clara, altura do nº 27, na Vila Itália? Pois os moradores solicitam que sejam feitas as citadas melhorias.</t>
   </si>
   <si>
     <t>16154</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16154/r567_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16154/r567_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Há estudos para a realização de recapeamento asfáltico da Rua dos Lírios, localizada no Jardim das Palmeiras IV? 2. Em caso afirmativo, quando será realizada a melhoria?</t>
   </si>
   <si>
     <t>16155</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16155/r568_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16155/r568_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sindicato dos Servidores Municipais de Dracena pela inauguração do pesqueiro em seu clube de lazer, no dia 30 de outubro, oferecendo mais uma opção de entretenimento e diversão para os associados, familiares e visitantes. A Câmara Municipal aproveita ainda para cumprimentar o Sindicato, presidente Edivaldo Caetano de Souza e toda a categoria pela passagem do Dia do Funcionário Público, em 28 de outubro.</t>
   </si>
   <si>
     <t>16156</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16156/r569_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16156/r569_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre o recente período para pedido de isenção de Imposto Predial e Territorial Urbano de 2021. Quantos interessados entraram com o pedido junto à Prefeitura?</t>
   </si>
   <si>
     <t>16157</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16157/r570_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16157/r570_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há estudos para instalação de iluminação pública na Rua Waldir Fusa, ao lado do nº 251? Pois no período noturno a praça fica muito escura, facilitando o consumo de substâncias ilícitas e causando insegurança.</t>
   </si>
   <si>
     <t>16158</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16158/r571_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16158/r571_20.pdf</t>
   </si>
   <si>
     <t>Considerando que o nosso município possui muitas ruas sem identificação, causando muitos transtornos para a população e para pessoas que frequentam nossa cidade. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: 1. O setor responsável está tomando as devidas providências para sinalizar as ruas que necessitam? 2. Quais foram as ruas que receberam reparos nas placas de identificação em 2020? 3. Informar os nomes das ruas.</t>
   </si>
   <si>
     <t>16159</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16159/r572_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16159/r572_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Quantas ruas do Bairro Metrópole receberam recapeamento na atual gestão? Informar os respectivos nomes. 2. Quantas ruas ainda faltam receber recapeamento? Informar os respectivos nomes. 3. Há algum estudo ou previsão para que seja feito o recapeamento asfáltico dessas ruas? Pois muitas ruas do referido bairro se encontram esburacadas e com pedras soltas.</t>
   </si>
   <si>
     <t>16160</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Célio Antonio Ferregutti, Claudevi Oliveira da Silva Júnior, Cláudio José Pasqualeto, Kielse Chiari Munis, Maria Mateus, Milton Polon, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra, Sara dos Santos Scarabelli Souza, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16160/r573_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16160/r573_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de Moção de Protesto a não apreciação, até então, do PL 4.754/2016, que define como crime de responsabilidade dos Ministros do Supremo Tribunal Federal a usurpação de competência do Poder Legislativo. Estamos na iminência do julgamento pelo Supremo Tribunal Federal da ADIN 5.668 impetrada pelo PSOL, que pretende impor obrigatoriedade do ensino da Teoria de Gênero em todas as escolas do Brasil, o que já foi amplamente rejeitado pela população brasileira, através dos legisladores dos quase 5.600 municípios, das 27 unidades federativas. O PSOL pede aos ministros do STF que imponham a obrigatoriedade da inclusão da Teoria de Gênero no currículo escolar, o que seria legislar, que compete aos legisladores. Requeremos ainda que depois de aprovada esta matéria seja dado conhecimento desse ato do Poder Legislativo ao Presidente da Câmara dos Deputados e ao Presidente do Senado Federal.</t>
   </si>
   <si>
     <t>16161</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16161/r574_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16161/r574_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários do Supermercado Prata pela inauguração do seu novo restaurante, localizado na Avenida Presidente Roosevelt, ao lado do referido supermercado. Os nossos especiais cumprimentos aos empresários por investirem no comércio dracenense, contribuindo para o crescimento e desenvolvimento da cidade.</t>
   </si>
   <si>
     <t>16168</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16168/r575_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16168/r575_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão para se reformar e colocar sinalização no obstáculo redutor de velocidade localizado na Avenida Municipal, altura do nº 65, no Parque Dracena? Pois os moradores do bairro solicitam providências.</t>
   </si>
   <si>
     <t>16169</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16169/r576_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16169/r576_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Consta no cronograma de obras a instalação de um braço de luz na Rua João Panes, em frente ao nº 16, no Jardim Kennedy? Pois há um lanche naquele local, sendo necessárias melhorias na iluminação pública.</t>
   </si>
   <si>
     <t>16170</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16170/r577_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16170/r577_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Há previsão para se fazer limpeza nas guias de sarjetas na Rua das Águias, Rua dos Sabiás e Rua das Araras? 2. Há previsão para se tampar um buraco enorme existente na Rua das Araras? Pois os moradores têm cobrado providências quanto aos problemas citados.</t>
   </si>
   <si>
     <t>16171</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16171/r578_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16171/r578_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Brunholi, ocorrido em 04 de novembro de 2020.</t>
   </si>
   <si>
     <t>16172</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16172/r579_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16172/r579_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à diretoria da Associação de Valorização Humana (Avahu), presidida por Gelto Gevesier Nunes, pela conclusão do mandato com êxito em várias atividades, bem como à futura diretoria liderada por Domingos Baroni Cabral e Arnaldo Registro. A Avahu é uma entidade voltada ao atendimento de pacientes com deficiências e distúrbios neurológicos, além de outras patologias, gratuitamente.</t>
   </si>
   <si>
     <t>16173</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16173/r580_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16173/r580_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre quais vias receberão serviços de perfilamento asfáltico ainda em 2020.</t>
   </si>
   <si>
     <t>16174</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16174/r581_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16174/r581_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES para toda a equipe da Rádio Liberal FM de Dracena, que completou 30 anos de atividades no dia 5 de novembro. Tendo como primeiro proprietário o ex-prefeito Oswaldo Paulino dos Santos, a emissora tem destaque em toda a região com música, informação, comerciais e prestação de serviços. Os atuais diretores são Maria Gizelle Soares dos Santos Palma e Rui Dias Ferreira da Palma.</t>
   </si>
   <si>
     <t>16175</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16175/r582_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16175/r582_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Catharina Fujiko Kato, ocorrido em 08 de novembro de 2020.</t>
   </si>
   <si>
     <t>16176</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16176/r583_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16176/r583_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Anna Bandeira Granado de Paula, ocorrido em 09 de novembro de 2020.</t>
   </si>
   <si>
     <t>16186</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16186/r584_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16186/r584_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de Moção de Protesto em relação ao radar instalado na Rodovia Comandante João Ribeiro de Barros, km 646, que começou a operar recentemente surpreendendo os motoristas, que se sentiram lesados e registraram boletins de ocorrência, já que as informações eram de que o equipamento seria apenas destinado à coleta de informações relacionadas à pesquisa de controle de tráfego. Alguns motoristas ainda alegam que não há placas indicando a existência da fiscalização nos termos da Resolução nº 396/2011, do Conselho Nacional de Trânsito (Contran). Requeremos ainda que depois de aprovada esta matéria seja dado conhecimento desse ato do Poder Legislativo ao Secretário de Logística e Transportes do Estado de São Paulo e à Agência de Transporte do Estado de São Paulo (Artesp).</t>
   </si>
   <si>
     <t>16187</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16187/r585_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16187/r585_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações a saber: - Há previsão para que seja feita limpeza e instalação de um parquinho infantil na área verde do Bairro Pitangueiras? Já que os moradores pedem que sejam feitas melhorias para que possam desfrutar da citada área.</t>
   </si>
   <si>
     <t>16188</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16188/r586_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16188/r586_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio da Conceição Maia, ocorrido em 11 de novembro de 2020.</t>
   </si>
   <si>
     <t>16189</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16189/r587_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16189/r587_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Sorveteria Frutydellys, que foi inaugurada no dia 13 de novembro na Praça Arthur Pagnozzi, nº 152. Trata-se de mais uma empresa que acredita no potencial de Dracena e região.</t>
   </si>
   <si>
     <t>16190</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16190/r588_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16190/r588_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre quais ruas estão recebendo lâmpadas de LED nesta nova etapa de instalação.</t>
   </si>
   <si>
     <t>16191</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16191/r589_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16191/r589_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Clemente Tolentino Costa, ocorrido em 14 de novembro de 2020.</t>
   </si>
   <si>
     <t>16192</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16192/r590_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16192/r590_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Ivone de Souza Rozalem, ocorrido em 16 de novembro de 2020.</t>
   </si>
   <si>
     <t>16193</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16193/r591_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16193/r591_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Jorge Yochinobu Chihara, ocorrido em 16 de novembro de 2020.</t>
   </si>
   <si>
     <t>16194</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Célio Antonio Ferregutti, Claudevi Oliveira da Silva Júnior, Cláudio José Pasqualeto, Maria Mateus, Milton Polon, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra, Sara dos Santos Scarabelli Souza, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16194/r592_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16194/r592_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 057, de 06/11/2020, de autoria do Poder Executivo, que dispõe sobre a criação de Carteira de Identificação da Pessoa com Deficiência no município de Dracena, de expedição gratuita.</t>
   </si>
   <si>
     <t>16195</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16195/r593_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16195/r593_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 058, de 05/11/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Crédito Adicional Suplementar no valor de R$ 3.500.000,00 - três milhões e quinhentos mil reais, destinado a reforço em créditos orçamentários)</t>
   </si>
   <si>
     <t>16196</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16196/r594_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16196/r594_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 059, de 11/11/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$ 348.700,00 - trezentos e quarenta e oito mil e setecentos reais, destinado a execução dos recursos recebidos na Lei Aldir Blanc)</t>
   </si>
   <si>
     <t>16197</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16197/r595_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16197/r595_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 060, de 11/11/2020, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$ 910.000,00 - novecentos e dez mil reais, destinado a utilização de recursos financeiros recebidos a titulo de cessão onerosa do bônus de assinatura do pré-sal)</t>
   </si>
   <si>
     <t>16198</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16198/r596_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16198/r596_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 061, de 16/11/2020, de autoria do Poder Executivo, que dispõe sobre a criação e instituição do Diário Oficial Eletrônico do Município de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>16177</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16177/r597_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16177/r597_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações, a saber: - Há previsão para realização de limpeza na Rua Quintiliano de Oliveira, nº 17, no Bairro Emílio Zanatta? Pois, segundo moradores, há um acúmulo muito grande de folhas no solo, causando temor de que sirvam de habitat para animais peçonhentos ou transmissores de doenças.</t>
   </si>
   <si>
     <t>16178</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16178/r598_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16178/r598_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Izidio Laurentino da Silva, ocorrido em 19 de novembro de 2020.</t>
   </si>
   <si>
     <t>16179</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16179/r599_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16179/r599_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Por quais motivos não foram feitas adaptações visando à acessibilidade na Escola Técnica Prof.ª Izaura Sampaio? 2. O mandato da atual administração terminará sem que sejam atendidas as solicitações? Pois, esta vereadora solicitou providências através da Indicação nº 261/2019, de 12 de agosto de 2019, e da Indicação nº 291/2019, de 26 de agosto de 2019, porém não foram feitas as melhorias, que inclusive, encontram respaldo na Lei Federal nº 10.098, de 19 de dezembro de 2000.</t>
   </si>
   <si>
     <t>16180</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16180/r600_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16180/r600_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Por qual motivo não foram instaladas as luminárias que a própria Escola Técnica Prof.ª Izaura Sampaio adquiriu e solicitou a instalação diversas vezes? 2. A instalação será feita antes do término do mandato da atual administração?</t>
   </si>
   <si>
     <t>16181</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16181/r601_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16181/r601_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Ernesto Scardovelli, ocorrido em 19 de novembro de 2020.</t>
   </si>
   <si>
     <t>16182</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16182/r602_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16182/r602_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Por qual motivo em vários bairros da cidade as sinalizações de solo de "Pare" se encontram apagadas e sem visibilidade? Pois a falta da sinalização pode acarretar acidentes, uma vez que os motoristas não conseguem identificar qual condutor deve parar seu veículo nos cruzamentos.</t>
   </si>
   <si>
     <t>16183</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16183/r603_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16183/r603_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações a saber: 1. Quantas secretarias há na Prefeitura? Informar o nome do Secretário ocupante de cada pasta? 2. Quantos cargos em comissão há na Prefeitura? Informar, por Secretaria, a denominação dos cargos existentes e o nome de seu respectivo ocupante, inclusive se o cargo é ocupado por funcionário de carreira.</t>
   </si>
   <si>
     <t>16184</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Célio Antonio Ferregutti, Claudevi Oliveira da Silva Júnior, Cláudio José Pasqualeto, Kazue Ishiy, Kielse Chiari Munis, Maria Mateus, Milton Polon, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra, Sara dos Santos Scarabelli Souza, Victor Palhares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16184/r604_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16184/r604_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 062, de 23/11/2020, de autoria do Vereador Presidente Milton Polon, que Declara de Utilidade Publica a Associação dos Engenheiros, Arquitetos e Agrônomos da Região de Dracena.</t>
   </si>
   <si>
     <t>16185</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16185/r605_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16185/r605_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 063, de 23/11/2020, de autoria do Vereador Rodrigo Rossetti Parra, que Declara de Utilidade Publica a Associação Canaricultores de Dracena e Região.</t>
   </si>
   <si>
     <t>16220</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Rodrigo Rossetti Parra, Sara dos Santos Scarabelli Souza</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16220/r606_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16220/r606_20.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há algum projeto no sentido de que seja asfaltada a Estrada Vicinal José Mazzoni, assim como instalação de iluminação e drenagem das águas? Enviamos em anexo pedido protocolado por usuários da citada via.</t>
   </si>
   <si>
     <t>16221</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16221/r607_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16221/r607_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações a saber: - Há previsão para troca ou manutenção das placas de identificação de ruas que se encontram apagadas? Pois a falta de identificação causa dificuldade de localização, gerando reclamações.</t>
   </si>
   <si>
     <t>16222</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16222/r608_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16222/r608_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Consta no cronograma de obras a troca ou conserto das grades dos bueiros na esquina da Rua Dom Pedro com a Avenida Expedicionários? Pois as grades estão quebradas, oferecendo risco aos pedestres que podem vir a se machucar caso pisem sobre elas.</t>
   </si>
   <si>
     <t>16223</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16223/r609_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16223/r609_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Consta no cronograma de obras o conserto das calçadas que passam sob o pontilhão da Avenida Expedicionários? Pois as calçadas estão muito danificadas, já tendo inclusive causado a queda de pedestres que transitavam pelo local.</t>
   </si>
   <si>
     <t>16224</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16224/r610_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16224/r610_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Existe algum estudo ou projeto para que seja construída uma espécie de passarela para pedestres no pontilhão da Avenida Expedicionários? Pois, quando ocorrem chuvas fortes, o nível da água sobe e os pedestres não conseguem atravessar, sendo assim os mesmos procuraram esta vereadora com a sugestão de que se construa uma estrutura elevada para que possam transitar mesmo quando o nível da água subir.</t>
   </si>
   <si>
     <t>16225</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16225/r611_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16225/r611_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Enviar cópia do regimento interno do Pronto Atendimento Municipal (PAM).</t>
   </si>
   <si>
     <t>16226</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16226/r612_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16226/r612_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Por qual motivo não foi feita a poda das árvores situadas na Avenida Municipal, altura dos nºs 250 e 260, no Parque Dracena, conforme solicitado através da Indicação nº 360/20, de 05 de outubro de 2020? 2. A atual administração encerrará seu mandato sem atender ao pedido? Pois os moradores nos procuraram novamente, uma vez que os galhos das árvores estão atingindo a rede de energia elétrica, causando temor de que ocorra curto-circuito, especialmente em dias com chuva e ventos fortes.</t>
   </si>
   <si>
     <t>16227</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>Maria Mateus, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16227/r613_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16227/r613_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Alberto Pedro Leopoldino, ocorrido em 26 de novembro de 2020.</t>
   </si>
   <si>
     <t>16228</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16228/r614_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16228/r614_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, que nos responda sobre a futura instalação da fábrica de ração: 1. Como está o andamento? 2. O que está faltando para se entregar o prédio? 3. Já existe data prevista para a inauguração?</t>
   </si>
   <si>
     <t>16229</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16229/r615_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16229/r615_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1. Quantos vice-diretores na área da educação o município possui? Enviar os nomes. 2. Qual é o local em que cada um desenvolve a sua função, de 2017 até a presente data? 3. Enviar todas as portarias que autorizam as referidas funções.</t>
   </si>
   <si>
     <t>16230</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16230/r616_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16230/r616_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários da Loja Abauê, nova rede calçadista voltado ao público feminino, recém-inaugurada na Avenida Presidente Vargas, nº 616. Os nossos especiais cumprimentos aos empresários por investirem no comércio dracenense, contribuindo para o crescimento e desenvolvimento da cidade.</t>
   </si>
   <si>
     <t>16231</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16231/r617_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16231/r617_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Nelson Flávio Bordoni, ocorrido em 29 de novembro de 2020.</t>
   </si>
   <si>
     <t>16232</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16232/r618_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16232/r618_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Silvio Tozzi, ocorrido em 27 de novembro de 2020.</t>
   </si>
   <si>
     <t>16233</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16233/r619_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16233/r619_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a Sra. Flávia Cabral pela inauguração da Boutique Mulher Preciosa, atuando no ramo de moda feminina.</t>
   </si>
   <si>
     <t>16234</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16234/r620_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16234/r620_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários do Castelo das Rações pela inauguração de sua loja, na Rua dos Mangueirais.</t>
   </si>
   <si>
     <t>16235</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16235/r621_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16235/r621_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 064, de 25/11/2020, de autoria Poder Executivo, que dispõe sobre o repasse de recursos financeiros a Entidade que especifica. (repasse do Fundo Municipal dos Direitos do Idoso, oriundo de recursos arrecadados das doações do Imposto de Renda as entidades Obras Unidas da Sociedade São Vicente de Paulo - Casa dos Velhos e Lar Beneficente Sã Doutrina Espiritual do 7º Dia).</t>
   </si>
   <si>
     <t>16236</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16236/r622_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16236/r622_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 065, de 27/11/2020, de autoria do Poder Executivo, que dispõe sobre a concessão de cesta de natal aos servidores da Prefeitura, conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>16237</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16237/r623_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16237/r623_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 066, de 27/11/2020, de autoria do Poder Executivo, que dispõe sobre a concessão de abono, por meio do cartão alimentação, a ser pago aos empregados da EMDAEP - Empresa de Desenvolvimento, Água, Esgoto e Pavimentação de Dracena, conforme especifica.</t>
   </si>
   <si>
     <t>16238</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16238/r624_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16238/r624_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações a saber: - Consta no cronograma de obras a construção de uma depressão na Rua Fagundes Varela, altura do nº 329? Pois moradores nos procuraram reivindicando providências.</t>
   </si>
   <si>
     <t>16239</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16239/r625_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16239/r625_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Continuará sendo feita a manutenção e troca de lâmpadas de iluminação pública neste final de ano?</t>
   </si>
   <si>
     <t>16240</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16240/r626_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16240/r626_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, juntamente com o setor competente, que nos informe sobre a situação do Cemitério local: 1. O Cemitério Municipal de Dracena foi fundado em abril de 1949. Quantos sepultamentos foram realizados até a data de 09 de dezembro de 2020? 2. Existe algum estudo de quantos sepultamentos ainda podem ser feitos no local antes de se considerar que não poderá mais abrigar sepultamentos? 3. Quantos funcionários o setor possui?</t>
   </si>
   <si>
     <t>16241</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16241/r627_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16241/r627_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há planos para entrar em contato com a concessionária Eixo SP a fim de solicitar a doação das placas de sinalização viária que estão sendo substituídas por novas na Rodovia Comandante João Ribeiro de Barros? Pois as placas retiradas podem ser reaproveitadas em estradas do município, por exemplo, em curvas ou para sinalizar o limite de velocidade.</t>
   </si>
   <si>
     <t>16242</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16242/r628_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16242/r628_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Consta no cronograma de obras o conserto dos buracos situados na Rua Anália Franco, altura do nº 611, no cruzamento com a Avenida Rui Barbosa, e a retirada dos restos de asfalto que estão acumulados ao lado da sarjeta? Uma vez que moradores têm nos procurado pedindo providências.</t>
   </si>
   <si>
     <t>16243</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16243/r629_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16243/r629_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Colégio Objetivo pelo Drive Thru de Natal, realizado no dia 04 de dezembro, com inauguração da decoração de natal e arrecadação de brinquedos que serão doados para moradores do Jardim Brasilândia.</t>
   </si>
   <si>
     <t>16244</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16244/r630_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16244/r630_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Colégio Objetivo pela primeira sessão solene de colação de grau realizada através de drive thru, para entrega de diplomas aos concluintes do ensino médio.</t>
   </si>
   <si>
     <t>16245</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16245/r631_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16245/r631_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários do espaço católico Divino Amor, pelas novas instalações na Avenida Expedicionários, nº 1294.</t>
   </si>
   <si>
     <t>16246</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16246/r632_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16246/r632_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações relativas a servidores efetivos que foram aprovados em novo concurso e assumiram novo cargo na Prefeitura: 1. O tempo trabalhado no cargo anterior é contado no novo cargo? 2. Em caso negativo, informar em qual lei se embasa tal posição e enviar cópia da mesma.</t>
   </si>
   <si>
     <t>16247</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16247/r633_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16247/r633_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos proprietários da loja Bike Center, reinaugurada em amplas e modernas instalações. Os nossos especiais cumprimentos aos empresários por investirem no comércio dracenense, contribuindo para o crescimento e desenvolvimento da cidade.</t>
   </si>
   <si>
     <t>16248</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16248/r634_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16248/r634_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos evangélicos de Dracena, pelo Dia do Evangélico, comemorado no último dia 07 com culto realizado na Igreja Assembleia de Deus Ministério do Belém, com a participação do Conselho de Ministros do Evangelho de Dracena.</t>
   </si>
   <si>
     <t>16249</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16249/r635_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16249/r635_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Luzinete Alves Pires, ocorrido em 05 de dezembro de 2020.</t>
   </si>
   <si>
     <t>16250</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16250/r636_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16250/r636_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Domingos Piratelli, ocorrido em 07 de dezembro de 2020.</t>
   </si>
   <si>
     <t>16251</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16251/r637_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16251/r637_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n. º 067, de 01 de dezembro de 2020, de autoria do Poder Executivo, que dispõe so0bre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (credito no valor de R$ 470.000,00 - quatrocentos e setenta mil reais - destinado a utilização de recursos financeiros do Fundeb);</t>
   </si>
   <si>
     <t>16252</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16252/r638_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16252/r638_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 068, de 09 de dezembro de 2020, de autoria do Poder Executivo, que Dispõe sobre as regras especificas aplicáveis a EMDAEP - Empresa de Desenvolvimento, Água, Esgoto e Pavimentação de Dracena, nos termos da lei Federal n.º 13.303, de 30 de junho de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>16253</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16253/r639_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16253/r639_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Resolução, de autoria da Mesa Diretora, que dispõe sobre autorização ao Poder Legislativo a efetuar remanejamento de verba e dá outras providências. (remanejamento no valor de R$ 9.461,72 - nove mil quatrocentos e sessenta e um reais e setenta e dois centavos)</t>
   </si>
   <si>
     <t>16254</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16254/r640_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16254/r640_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei Complementar n.º 012, de 18 de novembro de 2020, de autoria do Poder Executivo, que considera urbana área de terras que especifica e dá outras providências. (Matricula n.º 8.136, do Cartório de Registro de imóveis de Dracena/SP - situada na Fazenda São Manoel a requerimento do Senhor José Roberto Salsman).</t>
   </si>
   <si>
     <t>16255</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16255/r641_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16255/r641_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei Complementar n.º 013, de 18 de novembro de 2020, de autoria do Poder Executivo, que considera urbana área de terras que especifica e dá outras providências. (Matricula n.º 31.807, do Cartório de Registro de imóveis de Dracena/SP - situada no Bairro das Palmeiras a requerimento da R.C.L. Participações SPE Ltda ME)</t>
   </si>
   <si>
     <t>16256</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16256/r642_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16256/r642_20.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei Complementar n.º 014, de 19 de novembro de 2020, de autoria do Poder Executivo, que considera urbana área de terras que especifica e dá outras providências. (Matricula n.º 26.191, do Cartório de Registro de imóveis de Dracena/SP - situada no Bairro Palmeirinha a requerimento do Senhor Ivan Alcino Moraes Oliveira)</t>
   </si>
   <si>
     <t>16257</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16257/r643_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16257/r643_20.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Há previsão para se fazer a limpeza dos bueiros situados na Rua Tomaz Curcio, altura do nº 34, esquina com a Rua Irradiação? Pois os bueiros estão entupidos com terra, impedindo que as águas pluviais escoem adequadamente.</t>
   </si>
   <si>
     <t>16258</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16258/r644_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16258/r644_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a Avapac por promover mais uma edição do Bazar do Bem, evento que comercializou artesanato produzido pelas voluntárias e colaboradoras durante todo o ano. O evento ocorreu na última semana e houve a participação da comunidade.</t>
   </si>
   <si>
     <t>16259</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>Milton Polon, Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16259/r645_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16259/r645_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Luis Pedrini, ocorrido em 09 de dezembro de 2020.</t>
   </si>
   <si>
     <t>16260</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>Maria Mateus, Milton Polon, Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16260/r646_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16260/r646_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Everton Matioli Topan, ocorrido em 11 de dezembro de 2020.</t>
   </si>
   <si>
     <t>16261</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Milton Polon, Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16261/r647_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16261/r647_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Sedano Lorenceti, ocorrido em 11 de dezembro de 2020.</t>
   </si>
   <si>
     <t>16262</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>Rodrigo Castilho Soares, Rodrigo Rossetti Parra, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16262/r648_20.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16262/r648_20.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Arcidio Milanez, ocorrido em 13 de dezembro de 2020.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/845/v_001_2020_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/845/v_001_2020_-_01.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Complementarn.º 008, de 30/01/2020, de autoria do Vereador Claudevi Oliveira da Silva Junior ,que dispunha sobre a obrigatoriedade de aplicação do teste de glicemia capilar nos hospitais, prontos-socorros e unidades básicas de saúde do município de Dracena.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -13173,68 +13173,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/857/pdl_001_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/879/pdl_002_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/883/pdl_003_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/799/pl_001_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/800/pl_002_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/801/pl_003_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/802/pl_004_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/803/pl_005_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/806/pl_0062020-01.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/807/pl_007_2020-01.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/812/pl_008_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/813/pl_009_2020-01.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/810/pl_010_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/826/pl_011_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/814/pl_012_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/815/pl_013_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/816/pl_014_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/817/pl_015_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/818/pl_016_20_20_-_01.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/821/pl_017_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/819/pl_018_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/820/pl_019_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/823/pl_020_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/824/pl_021_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/822/pl_022_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/827/pl_023_2020__-_01.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/836/pl_024_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/830/pl_025_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/832/pl_026_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/833/pl_027_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/834/pl_028_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/837/pl_029_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/838/pl_030_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/839/pl_031_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/841/pl_032_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/842/pl_033_2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/843/pl_034_2020_-01.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/844/pl_035_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/846/pl_036_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/847/pl_037_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/852/pl_038_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/853/pl_040_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/854/pl_041_2020_-01.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/855/pl_042_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/856/pl_043_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/860/pl_044_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/861/pl_045_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/862/pl_046_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/858/pl_047_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/859/pl_0482020-_01.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/863/pl_049_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/866/pl_050_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/867/pl_051_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/868/pl_052_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/869/pl_053_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/870/pl_054_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/871/pl_055_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/872/pl_056_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/873/pl_057_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/874/pl_058_2020_-__01.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/876/pl_059_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/877/pl_060_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/878/pl_061_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/884/pl_62_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/885/pl_063_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/886/pl_064_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/887/pl_065_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/888/pl_066_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/889/pl_067_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/890/pl_068_2020_-01.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/892/pl_069_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/804/plc_001_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/805/plc_002_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/808/plc_003_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/809/plc_004_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/825/plc_005_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/829/plc_006_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/828/plc0072020-01.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/831/plc_008_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/835/plc_009_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/840/plc_010_2020_-01.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/848/plc_011_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/880/plc.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/881/plc_13.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/882/plc_014.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/864/pr_001_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/875/pr_002_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/891/pr_003_2020_-01.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/849/cp_001_2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/850/cp_002_2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/851/cp_003_2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15187/i001_2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15188/i002_2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15189/i003_2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15190/i004_2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15191/i005_2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15192/i006_2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15193/i007_2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15194/i008_2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15195/i009_2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15196/i010_2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15197/i011_2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15198/i012_2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15199/i013_2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15200/i014_2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15201/i015_2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15202/i016_2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15203/i017_2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15204/i018_2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15205/i019_2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15206/i020_2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15207/i021_2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15208/i022_2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15209/i023_2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15232/i024_2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15233/i025_2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15234/i026_2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15235/i027_2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15236/i028_2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15237/i029_2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15238/i030_2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15239/i031_2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15240/i032_2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15241/i033_2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15242/i034_2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15243/i035_2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15244/i036_2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15245/i037_2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15246/i038_2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15247/i039_2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15282/i040_2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15283/i041_2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15284/i042_2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15285/i043_2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15286/i044_2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15287/i045_2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15288/i046_2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15289/i047_2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15290/i048_2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15291/i049_2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15292/i050_2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15293/i051_2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15294/i052_2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15295/i053_2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15296/i054_2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15297/i055_2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15319/i056_2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15320/i057_2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15321/i058_2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15322/i059_2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15323/i060_2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15324/i061_2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15325/i062_2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15326/i063_2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15327/i064_2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15328/i065_2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15369/i066_2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15370/i067_2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15371/i068_2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15372/i069_2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15373/i070_2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15374/i071_2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15375/i072_2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15376/i073_2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15399/i074_2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15400/i075_2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15401/i076_2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15402/i077_2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15403/i078_2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15404/i079_2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15405/i080_2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15406/i081_2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15407/i082_2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15408/i083_2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15409/i084_2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15410/i085_2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15411/i086_2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15412/i087_2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15413/i088_2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15414/i089_2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15438/i090_2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15439/i091_2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15440/i092_2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15441/i093_2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15442/i094_2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15443/i095_2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15444/i096_2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15445/i097_2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15446/i098_2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15447/i099_2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15448/i100_2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15449/i101_2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15450/i102_2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15451/i103_2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15452/i104_2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15453/i105_2020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15462/i106_2020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15463/i107_2020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15464/i108_2020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15465/i109_2020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15466/i110_2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15467/i111_2020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15468/i112_2020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15469/i113_2020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15470/i114_2020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15471/i115_2020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15472/i116_2020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15473/i117_2020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15474/i118_2020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15481/i119_2020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15482/i120_2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15483/i121_2020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15484/i122_2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15485/i123_2020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15486/i124_2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15487/i125_2020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15488/i126_2020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15498/i127_2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15499/i128_2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15500/i129_2020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15501/i130_2020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15502/i131_2020.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15503/i132_2020.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15504/i133_2020.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15505/i134_2020.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15506/i135_2020.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15507/i136_2020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15508/i137_2020.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15509/i138_2020.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15510/i139_2020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15511/i140_2020.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15529/i141_2020.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15530/i_142_2020.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15531/i_143_2020.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15532/i_144_2020.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15533/i_145_2020.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15534/i_146_2020.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15535/i_147_2020.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15536/i_148_2020.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15537/i_149_2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15538/i_150_2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15539/i_151_2020.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15540/i_152_2020.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15565/153.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15566/154.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15567/155.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15568/156.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15569/157.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15570/158.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15571/159.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15572/160.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15573/161.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15574/162.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15575/163.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15576/164.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15577/165.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15578/i166_2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15579/i167_2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15580/i168_2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15581/i169_2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15582/i170_2020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15583/i171_2020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15584/i172_2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15585/i173_2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15586/i174_2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15587/i1752020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15588/i1762020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15589/i1772020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15602/i178_2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15603/i179_2020.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15604/i180_2020.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15605/i181_2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15606/i182_2020.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15607/i183_2020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15608/i184_2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15609/i185_2020.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15610/i186_2020.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15611/i187_2020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15612/i188_2020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15613/i189_2020.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15639/i190_2020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15640/i191_2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15641/i192_2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15642/i193_2020.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15643/i194_2020.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15644/i195_2020.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15645/i196_2020.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15646/i197_2020.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15647/i198_2020.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15648/i199_2020.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15649/i200_2020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15650/i201_2020.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15651/i202_2020.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15652/i203_2020.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15653/i204_2020.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15670/i205_2020.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15671/i206_2020.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15672/i207_2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15673/i208_2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15674/i209_2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15675/i210_2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15676/i211_2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15677/i212_2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15678/i213_2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15679/i214_2020.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15680/i215_2020.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15706/i216_2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15707/i217_2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15708/i218_2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15709/i219_2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15710/i220_2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15711/i221_2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15712/i222_2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15713/i223_2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15714/i224_2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15715/i225_2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15716/i226_2020.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15717/i227_2020.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15718/i228_2020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15719/i229_2020.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15720/i230_2020.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15721/i231_2020.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15722/i232_2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15723/i233_2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15724/i234_2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15725/i235_2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15726/i236_2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15727/i237_2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15728/i238_2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15740/i239_2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15741/i240_2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15742/i241_2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15743/i242_2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15744/i243_2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15745/i244_2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15746/i245_2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15747/i246_2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15748/i247_2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15749/i248_2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15750/i249_2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15751/i250_2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15752/i251_2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15753/i252_2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15754/i253_2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15796/i254_2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15797/i255_2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15798/i256_2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15799/i257_2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15800/i258_2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15801/i259_2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15802/i260_2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15803/i261_2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15804/i262_2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15805/i263_2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15806/i264_2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15807/i265_2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15808/i266_2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15809/i267_2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15810/i268_2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15811/i269_2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15812/i270_2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15813/i271_2020.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15814/i272_2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15815/i273_2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15816/i274_2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15817/i275_2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15818/i276_2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15819/i277_2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15820/i278_2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15821/i279_2020.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15822/i280_2020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15848/i281_2020.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15849/i282_2020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15850/i283_2020.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15851/i284_2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15852/i285_2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15853/i286_2020.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15854/i287_2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15855/i288_2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15856/i289_2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15857/i290_2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15858/i291_2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15871/i292_2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15872/i293_2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15873/i294_2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15874/i295_2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15875/i296_2020.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15876/i297_2020.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15877/i298_2020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15878/i299_2020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15888/i300_2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15889/i301_2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15890/i302_2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15891/i303_2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15892/i304_2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15893/i305_2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15894/i306_2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15895/i307_2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15896/i308_2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15897/i309_2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15898/i310_2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15899/i311_2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15900/i312_2020.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15918/i313_2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15919/i314_2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15920/i315_2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15921/i316_2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15922/i317_2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15923/i318_2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15924/i319_2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15964/i320_2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15965/i321_2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15966/i322_2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15967/i323_2020.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15968/i324_2020.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15969/i325_2020.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15970/i326_2020.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15971/i327_2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15972/i328_2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15973/i329_2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15974/i330_2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15987/i331_2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15988/i332_2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15989/i333_2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15990/i334_2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15991/i335_2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15992/i336_2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15993/i337_2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16005/i338_2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16006/i339_2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16007/i340_2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16008/i341_2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16009/i342_2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16010/i343_2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16011/i344_2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16032/i345_2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16033/i346_2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16034/i347_2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16035/i348_2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16036/i349_2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16037/i350_2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16038/i351_2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16039/i352_2020.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16041/i353_2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16040/i354_2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16058/i355_2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16059/i356_2020.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16060/i357_2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16061/i358_2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16062/i359_2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16063/i360_2020.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16064/i361_2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16065/i362_2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16066/i363_2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16067/i364_2020.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16068/i365_2020.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16069/i366_2020.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16070/i367_2020.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16071/i368_2020.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16072/i369_2020.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16073/i370_2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16074/i371_2020.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16075/i372_2020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16086/i373_2020.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16087/i374_2020.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16088/i375_2020.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16089/i376_2020.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16090/i377_2020.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16091/i378_2020.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16092/i379_2020.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16093/i380_2020.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16108/i381_2020.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16109/i382_2020.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16110/i383_2020.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16111/i384_2020.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16112/i385_2020.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16113/i386_2020.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16114/i387_2020.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16115/i388_2020.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16116/i389_2020.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16117/i390_2020.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16118/i391_2020.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16119/i392_2020.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16120/i393_2020.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16142/i394_2020.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16143/i395_2020.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16144/i396_2020.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16145/i397_2020.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16146/i398_2020.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16147/i399_2020.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16148/i400_2020.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16149/i401_2020.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16150/i402_2020.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16151/i403_2020.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16162/i404_2020.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16163/i405_2020.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16164/i406_2020.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16165/i407_2020.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16166/i408_2020.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16167/i409_2020.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16199/i410_2020.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16200/i411_2020.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16201/i412_2020.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16202/i413_2020.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16203/i414_2020.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16204/i415_2020.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16205/i416_2020.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16206/i417_2020.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16207/i418_2020.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16208/i419_2020.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16209/i420_2020.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16210/i421_2020.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16211/i422_2020.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16212/i423_2020.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16213/i424_2020.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16214/i425_2020.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16215/i426_2020.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16216/i427_2020.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16217/i428_2020.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16218/i429_2020.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16219/i430_2020.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16263/i431_2020.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16264/i432_2020.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15210/r001_20.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15211/r002_20.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15212/r003_20.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15213/r004_20.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15214/r005_20.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15215/r006_20.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15216/r007_20.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15217/r008_20.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15218/r009_20.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15219/r010_20.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15220/r011_20.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15221/r012_20.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15222/r013_20.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15223/r014_20.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15224/r015_20.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15225/r016_20.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15226/r017_20.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15227/r018_20.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15228/r019_20.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15229/r020_20.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15230/r021_20.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15231/r022_20.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15248/r023_20.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15249/r024_20.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15250/r025_20.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15251/r026_20.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15252/r027_20.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15253/r028_20.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15254/r029_20.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15255/r030_20.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15256/r031_20.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15257/r032_20.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15258/r033_20.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15259/r034_20.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15260/r035_20.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15261/r036_20.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15262/r037_20.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15263/r038_20.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15264/r039_20.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15265/r040_20.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15266/r041_20.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15267/r042_20.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15268/r043_20.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15269/r044_20.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15270/r045_20.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15271/r046_20.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15272/r047_20.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15273/r048_20.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15274/r049_20.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15275/r050_20.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15276/r051_20.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15277/r052_20.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15278/r053_20.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15279/r054_20.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15280/r055_20.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15281/r056_20.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15298/r057_20.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15299/r058_20.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15300/r059_20.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15301/r060_20.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15302/r061_20.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15303/r062_20.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15304/r063_20.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15305/r064_20.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15306/r065_20.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15307/r066_20.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15308/r067_20.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15309/r068_20.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15310/r069_20.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15311/r070_20.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15312/r071_20.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15313/r072_20.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15314/r073_20.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15315/r074_20.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15316/r075_20.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15317/r076_20.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15318/r077_20.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15329/r078_20.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15330/r079_20.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15331/r080_20.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15332/r081_20.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15333/r082_20.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15334/r083_20.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15335/r084_20.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15336/r085_20.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15337/r086_20.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15338/r087_20.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15339/r088_20.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15340/r089_20.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15341/r090_20.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15342/r091_20.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15343/r092_20.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15344/r093_20.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15345/r094_20.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15346/r095_20.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15347/r096_20.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15348/r097_20.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15349/r098_20.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15350/r099_20.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15351/r100_20.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15352/r101_20.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15353/r102_20.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15354/r103_20.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15355/r104_20.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15356/r105_20.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15357/r106_20.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15358/r107_20.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15359/r108_20.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15360/r109_20.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15361/r110_20.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15362/r111_20.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15363/r112_20.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15364/r113_20.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15365/r114_20.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15366/r115_20.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15367/r116_20.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15368/r117_20.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15377/r118_20.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15378/r119_20.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15379/r120_20.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15380/r121_20.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15381/r122_20.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15382/r123_20.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15383/r124_20.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15384/r125_20.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15385/r126_20.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15386/r127_20.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15387/r128_20.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15388/r129_20.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15389/r130_20.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15390/r131_20.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15391/r132_20.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15392/r133_20.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15393/r134_20.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15394/r135_20.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15395/r136_20.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15396/r137_20.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15397/r138_20.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15398/r139_20.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15415/r140_20.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15416/r141_20.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15417/r142_20.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15418/r143_20.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15419/r144_20.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15420/r145_20.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15421/r146_20.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15422/r147_20.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15423/r148_20.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15424/r149_20.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15425/r150_20.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15426/r151_20.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15427/r152_20.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15428/r153_20.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15429/r154_20.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15430/r155_20.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15431/r156_20.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15432/r157_20.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15433/r158_20.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15434/r159_20.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15435/r160_20.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15436/r161_20.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15437/r162_20.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15454/r163_20.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15455/r164_20.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15456/r165_20.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15457/r166_20.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15458/r167_20.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15459/r168_20.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15460/r169_20.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15461/r170_20.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15475/r171_20.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15476/r172_20.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15477/r173_20.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15478/r174_20.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15479/r175_20.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15480/r176_20.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15489/r177_20.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15490/r178_20.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15491/r179_20.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15492/r180_20.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15493/r181_20.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15494/r182_20.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15495/r183_20.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15496/r184_20.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15497/r185_20.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15512/r186_20.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15513/r187_20.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15514/r188_20.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15515/r189_20.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15516/r190_20.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15517/r191_20.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15518/r192_20.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15519/r193_20.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15520/r194_20.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15521/r195_20.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15522/r196_20.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15523/r197_20.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15524/r198_20.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15525/r199_20.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15526/r200_20.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15527/r201_20.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15528/r202_20.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15541/r_203_2020.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15542/r_204_2020.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15543/r_205_2020.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15544/r_206_2020.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15545/r207_20.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15546/r208_20.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15547/r_209_2020.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15548/r_210_2020.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15549/r_211_2020.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15550/r_212_2020.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15551/r_213_2020.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15552/r_0214_2020.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/23479/r215_20.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/23480/r216_20.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15553/217.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15554/218.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15555/219.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15556/220.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15557/221.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15558/222.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15559/223.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15560/224.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15561/225.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15562/226.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15563/227.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15564/228.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15590/r229_20.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15591/r230_20.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15592/r231_20.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15593/r232_20.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15594/r233_20.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15595/r234_20.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15596/r235_20.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15597/r236_20.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15598/r237_20.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15599/r238_20.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15600/r239_20.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15601/r240_20.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15614/r241_20.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15615/r242_20.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15616/r243_20.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15617/r244_20.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15618/r245_20.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15619/r246_20.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15620/r247_20.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15621/r248_20.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15622/r249_20.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15623/r250_20.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15624/r251_20.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15625/r252_20.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15626/r253_20.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15627/r254_20.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15628/r255_20.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15629/r256_20.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15630/r257_20.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15631/r258_20.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15632/r259_20.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15633/r260_20.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15634/r261_20.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15635/r262_20.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15636/r263_20.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15637/r264_20.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15638/r265_20.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15654/r266_20.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15655/r267_20.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15656/r268_20.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15657/r269_20.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15658/r270_20.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15659/r271_20.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15660/r272_20.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15661/r273_20.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15662/r274_20.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15663/r275_20.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15664/r276_20.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15665/r277_20.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15666/r278_20.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15667/r279_20.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15668/r280_20.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15669/r281_20.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15681/r282_20.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15682/r283_20.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15683/r284_20.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15684/r285_20.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15685/r286_20.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15686/r287_20.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15687/r288_20.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15688/r289_20.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15689/r290_20.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15690/r291_20.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15691/r292_20.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15692/r293_20.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15693/r294_20.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15694/r295_20.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15695/r296_20.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15696/r297_20.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15697/r298_20.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15698/r299_20.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15699/r300_20.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15700/r301_20.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15701/r302_20.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15702/r303_20.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15703/r304_20.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15704/r305_20.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15705/r306_20.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15729/r307_20.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15730/r308_20.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15731/r309_20.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15732/r310_20.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15733/r311_20.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15734/r312_20.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15735/r313_20.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15736/r314_20.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15737/r315_20.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15738/r316_20.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15739/r317_20.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15755/r318_20.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15756/r319_20.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15757/r320_20.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15758/r321_20.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15759/r322_20.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15760/r323_20.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15761/r324_20.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15762/r325_20.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15763/r326_20.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15764/r327_20.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15765/r328_20.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15766/r329_20.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15767/r330_20.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15768/r331_20.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15769/r332_20.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15770/r333_20.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15771/r334_20.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15772/r335_20.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15773/r336_20.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15774/r337_20.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15775/r338_20.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15776/r339_20.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15777/r340_20.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15778/r341_20.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15779/r342_20.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15780/r343_20.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15781/r344_20.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15782/r345_20.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15783/r346_20.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15784/r347_20.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15785/r348_20.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15786/r349_20.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15787/r350_20.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15788/r351_20.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15789/r352_20.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15790/r353_20.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15791/r354_20.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15792/r355_20.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15793/r356_20.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15794/r357_20.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15795/r358_20.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15823/r359_20.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15824/r360_20.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15825/r361_20.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15826/r362_20.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15827/r363_20.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15828/r364_20.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15829/r365_20.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15830/r366_20.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15831/r367_20.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15832/r368_20.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15833/r369_20.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15834/r370_20.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15835/r371_20.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15836/r372_20.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15837/r373_20.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15838/r374_20.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15839/r375_20.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15840/r376_20.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15841/r377_20.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15842/r378_20.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15843/r379_20.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15844/r380_20.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15845/r381_20.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15846/r382_20.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15847/r383_20.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15859/r384_20.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15860/r385_20.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15861/r386_20.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15862/r387_20.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15863/r388_20.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15864/r389_20.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15865/r390_20.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15866/r391_20.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15867/r392_20.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15868/r393_20.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15869/r394_20.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15870/r395_20.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15879/r396_20.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15880/r397_20.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15881/r398_20.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15882/r399_20.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15883/r400_20.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15884/r401_20.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15885/r402_20.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15886/r403_20.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15887/r404_20.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15901/r405_20.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15902/r406_20.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15903/r407_20.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15904/r408_20.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15905/r409_20.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15906/r410_20.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15907/r411_20.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15908/r412_20.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15909/r413_20.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15910/r414_20.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15911/r415_20.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15912/r416_20.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15913/r417_20.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15914/r418_20.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15915/r419_20.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15916/r420_20.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15917/r421_20.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15925/r422_20.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15926/r423_20.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15927/r424_20.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15928/r425_20.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15929/r426_20.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15930/r427_20.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15931/r428_20.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15932/r429_20.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15933/r430_20.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15934/r431_20.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15935/r432_20.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15936/r433_20.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15937/r434_20.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15938/r435_20.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15939/r436_20.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15940/r437_20.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15941/r438_20.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15942/r439_20.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15943/r440_20.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15944/r441_20.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15945/r442_20.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15946/r443_20.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15947/r444_20.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15948/r445_20.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15949/r446_20.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15950/r447_20.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15951/r448_20.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15952/r449_20.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15953/r450_20.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15954/r451_20.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15955/r452_20.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15956/r453_20.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15957/r454_20.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15958/r455_20.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15959/r456_20.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15960/r457_20.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15961/r458_20.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15962/r459_20.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15963/r460_20.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15975/r461_20.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15976/r462_20.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15977/r463_20.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15978/r464_20.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15979/r465_20.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15980/r466_20.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15981/r467_20.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15982/r468_20.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15983/r469_20.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15984/r470_20.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15985/r471_20.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15986/r472_20.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15994/r473_20.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15995/r474_20.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15996/r475_20.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15997/r476_20.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15998/r477_20.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15999/r478_20.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16000/r479_20.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16001/r480_20.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16002/r481_20.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16003/r482_20.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16004/r483_20.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16012/r484_20.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16013/r485_20.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16014/r486_20.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16015/r487_20.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16016/r488_20.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16017/r489_20.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16018/r490_20.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16019/r491_20.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16020/r492_20.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16021/r493_20.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16022/r494_20.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16023/r495_20.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16024/r496_20.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16025/r497_20.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16026/r498_20.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16027/r499_20.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16028/r500_20.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16029/r501_20.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16030/r502_20.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16031/r503_20.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16042/r504_20.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16043/r505_20.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16044/r506_20.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16045/r507_20.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16046/r508_20.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16047/r509_20.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16048/r510_20.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16049/r511_20.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16050/r512_20.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16051/r513_20.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16052/r514_20.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16053/r515_20.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16054/r516_20.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16055/r517_20.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16056/r518_20.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16057/r519_20.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16076/r520_20.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16077/r521_20.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16078/r522_20.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16079/r523_20.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16080/r524_20.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16081/r525_20.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16082/r526_20.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16083/r527_20.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16084/r528_20.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16085/r529_20.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16094/r530_20.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16095/r531_20.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16096/r532_20.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16097/r533_20.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16098/r534_20.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16099/r535_20.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16100/r536_20.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16101/r537_20.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16102/r538_20.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16103/r539_20.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16104/r540_20.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16105/r541_20.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16106/r542_20.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16107/r543_20.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16121/r544_20.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16122/r545_20.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16123/r546_20.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16124/r547_20.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16125/r548_20.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16126/r549_20.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16127/r550_20.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16128/r551_20.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16129/r552_20.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16130/r553_20.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16131/r554_20.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16132/r555_20.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16133/r556_20.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16134/r557_20.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16135/r558_20.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16136/r559_20.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16137/r560_20.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16138/r561_20.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16139/r562_20.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16140/r563_20.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16141/r564_20.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16152/r565_20.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16153/r566_20.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16154/r567_20.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16155/r568_20.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16156/r569_20.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16157/r570_20.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16158/r571_20.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16159/r572_20.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16160/r573_20.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16161/r574_20.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16168/r575_20.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16169/r576_20.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16170/r577_20.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16171/r578_20.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16172/r579_20.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16173/r580_20.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16174/r581_20.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16175/r582_20.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16176/r583_20.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16186/r584_20.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16187/r585_20.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16188/r586_20.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16189/r587_20.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16190/r588_20.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16191/r589_20.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16192/r590_20.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16193/r591_20.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16194/r592_20.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16195/r593_20.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16196/r594_20.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16197/r595_20.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16198/r596_20.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16177/r597_20.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16178/r598_20.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16179/r599_20.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16180/r600_20.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16181/r601_20.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16182/r602_20.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16183/r603_20.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16184/r604_20.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16185/r605_20.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16220/r606_20.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16221/r607_20.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16222/r608_20.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16223/r609_20.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16224/r610_20.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16225/r611_20.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16226/r612_20.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16227/r613_20.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16228/r614_20.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16229/r615_20.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16230/r616_20.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16231/r617_20.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16232/r618_20.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16233/r619_20.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16234/r620_20.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16235/r621_20.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16236/r622_20.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16237/r623_20.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16238/r624_20.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16239/r625_20.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16240/r626_20.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16241/r627_20.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16242/r628_20.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16243/r629_20.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16244/r630_20.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16245/r631_20.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16246/r632_20.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16247/r633_20.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16248/r634_20.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16249/r635_20.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16250/r636_20.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16251/r637_20.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16252/r638_20.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16253/r639_20.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16254/r640_20.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16255/r641_20.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16256/r642_20.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16257/r643_20.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16258/r644_20.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16259/r645_20.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16260/r646_20.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16261/r647_20.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16262/r648_20.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/845/v_001_2020_-_01.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/857/pdl_001_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/879/pdl_002_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/883/pdl_003_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/799/pl_001_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/800/pl_002_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/801/pl_003_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/802/pl_004_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/803/pl_005_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/806/pl_0062020-01.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/807/pl_007_2020-01.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/812/pl_008_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/813/pl_009_2020-01.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/810/pl_010_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/826/pl_011_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/814/pl_012_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/815/pl_013_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/816/pl_014_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/817/pl_015_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/818/pl_016_20_20_-_01.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/821/pl_017_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/819/pl_018_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/820/pl_019_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/823/pl_020_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/824/pl_021_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/822/pl_022_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/827/pl_023_2020__-_01.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/836/pl_024_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/830/pl_025_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/832/pl_026_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/833/pl_027_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/834/pl_028_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/837/pl_029_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/838/pl_030_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/839/pl_031_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/841/pl_032_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/842/pl_033_2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/843/pl_034_2020_-01.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/844/pl_035_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/846/pl_036_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/847/pl_037_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/852/pl_038_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/853/pl_040_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/854/pl_041_2020_-01.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/855/pl_042_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/856/pl_043_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/860/pl_044_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/861/pl_045_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/862/pl_046_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/858/pl_047_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/859/pl_0482020-_01.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/863/pl_049_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/866/pl_050_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/867/pl_051_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/868/pl_052_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/869/pl_053_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/870/pl_054_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/871/pl_055_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/872/pl_056_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/873/pl_057_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/874/pl_058_2020_-__01.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/876/pl_059_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/877/pl_060_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/878/pl_061_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/884/pl_62_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/885/pl_063_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/886/pl_064_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/887/pl_065_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/888/pl_066_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/889/pl_067_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/890/pl_068_2020_-01.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/892/pl_069_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/804/plc_001_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/805/plc_002_2020_-_02.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/808/plc_003_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/809/plc_004_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/825/plc_005_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/829/plc_006_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/828/plc0072020-01.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/831/plc_008_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/835/plc_009_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/840/plc_010_2020_-01.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/848/plc_011_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/880/plc.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/881/plc_13.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/882/plc_014.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/864/pr_001_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/875/pr_002_2020_-_01.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/891/pr_003_2020_-01.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/849/cp_001_2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/850/cp_002_2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/851/cp_003_2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15187/i001_2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15188/i002_2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15189/i003_2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15190/i004_2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15191/i005_2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15192/i006_2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15193/i007_2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15194/i008_2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15195/i009_2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15196/i010_2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15197/i011_2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15198/i012_2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15199/i013_2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15200/i014_2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15201/i015_2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15202/i016_2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15203/i017_2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15204/i018_2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15205/i019_2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15206/i020_2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15207/i021_2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15208/i022_2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15209/i023_2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15232/i024_2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15233/i025_2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15234/i026_2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15235/i027_2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15236/i028_2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15237/i029_2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15238/i030_2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15239/i031_2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15240/i032_2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15241/i033_2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15242/i034_2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15243/i035_2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15244/i036_2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15245/i037_2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15246/i038_2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15247/i039_2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15282/i040_2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15283/i041_2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15284/i042_2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15285/i043_2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15286/i044_2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15287/i045_2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15288/i046_2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15289/i047_2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15290/i048_2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15291/i049_2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15292/i050_2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15293/i051_2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15294/i052_2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15295/i053_2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15296/i054_2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15297/i055_2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15319/i056_2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15320/i057_2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15321/i058_2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15322/i059_2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15323/i060_2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15324/i061_2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15325/i062_2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15326/i063_2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15327/i064_2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15328/i065_2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15369/i066_2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15370/i067_2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15371/i068_2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15372/i069_2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15373/i070_2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15374/i071_2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15375/i072_2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15376/i073_2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15399/i074_2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15400/i075_2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15401/i076_2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15402/i077_2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15403/i078_2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15404/i079_2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15405/i080_2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15406/i081_2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15407/i082_2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15408/i083_2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15409/i084_2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15410/i085_2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15411/i086_2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15412/i087_2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15413/i088_2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15414/i089_2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15438/i090_2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15439/i091_2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15440/i092_2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15441/i093_2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15442/i094_2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15443/i095_2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15444/i096_2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15445/i097_2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15446/i098_2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15447/i099_2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15448/i100_2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15449/i101_2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15450/i102_2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15451/i103_2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15452/i104_2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15453/i105_2020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15462/i106_2020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15463/i107_2020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15464/i108_2020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15465/i109_2020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15466/i110_2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15467/i111_2020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15468/i112_2020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15469/i113_2020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15470/i114_2020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15471/i115_2020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15472/i116_2020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15473/i117_2020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15474/i118_2020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15481/i119_2020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15482/i120_2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15483/i121_2020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15484/i122_2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15485/i123_2020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15486/i124_2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15487/i125_2020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15488/i126_2020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15498/i127_2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15499/i128_2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15500/i129_2020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15501/i130_2020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15502/i131_2020.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15503/i132_2020.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15504/i133_2020.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15505/i134_2020.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15506/i135_2020.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15507/i136_2020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15508/i137_2020.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15509/i138_2020.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15510/i139_2020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15511/i140_2020.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15529/i141_2020.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15530/i_142_2020.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15531/i_143_2020.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15532/i_144_2020.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15533/i_145_2020.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15534/i_146_2020.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15535/i_147_2020.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15536/i_148_2020.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15537/i_149_2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15538/i_150_2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15539/i_151_2020.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15540/i_152_2020.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15565/153.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15566/154.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15567/155.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15568/156.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15569/157.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15570/158.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15571/159.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15572/160.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15573/161.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15574/162.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15575/163.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15576/164.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15577/165.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15578/i166_2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15579/i167_2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15580/i168_2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15581/i169_2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15582/i170_2020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15583/i171_2020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15584/i172_2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15585/i173_2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15586/i174_2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15587/i1752020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15588/i1762020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15589/i1772020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15602/i178_2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15603/i179_2020.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15604/i180_2020.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15605/i181_2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15606/i182_2020.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15607/i183_2020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15608/i184_2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15609/i185_2020.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15610/i186_2020.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15611/i187_2020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15612/i188_2020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15613/i189_2020.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15639/i190_2020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15640/i191_2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15641/i192_2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15642/i193_2020.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15643/i194_2020.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15644/i195_2020.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15645/i196_2020.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15646/i197_2020.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15647/i198_2020.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15648/i199_2020.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15649/i200_2020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15650/i201_2020.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15651/i202_2020.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15652/i203_2020.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15653/i204_2020.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15670/i205_2020.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15671/i206_2020.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15672/i207_2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15673/i208_2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15674/i209_2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15675/i210_2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15676/i211_2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15677/i212_2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15678/i213_2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15679/i214_2020.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15680/i215_2020.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15706/i216_2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15707/i217_2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15708/i218_2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15709/i219_2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15710/i220_2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15711/i221_2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15712/i222_2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15713/i223_2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15714/i224_2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15715/i225_2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15716/i226_2020.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15717/i227_2020.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15718/i228_2020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15719/i229_2020.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15720/i230_2020.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15721/i231_2020.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15722/i232_2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15723/i233_2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15724/i234_2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15725/i235_2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15726/i236_2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15727/i237_2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15728/i238_2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15740/i239_2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15741/i240_2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15742/i241_2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15743/i242_2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15744/i243_2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15745/i244_2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15746/i245_2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15747/i246_2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15748/i247_2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15749/i248_2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15750/i249_2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15751/i250_2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15752/i251_2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15753/i252_2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15754/i253_2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15796/i254_2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15797/i255_2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15798/i256_2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15799/i257_2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15800/i258_2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15801/i259_2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15802/i260_2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15803/i261_2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15804/i262_2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15805/i263_2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15806/i264_2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15807/i265_2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15808/i266_2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15809/i267_2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15810/i268_2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15811/i269_2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15812/i270_2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15813/i271_2020.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15814/i272_2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15815/i273_2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15816/i274_2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15817/i275_2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15818/i276_2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15819/i277_2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15820/i278_2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15821/i279_2020.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15822/i280_2020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15848/i281_2020.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15849/i282_2020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15850/i283_2020.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15851/i284_2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15852/i285_2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15853/i286_2020.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15854/i287_2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15855/i288_2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15856/i289_2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15857/i290_2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15858/i291_2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15871/i292_2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15872/i293_2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15873/i294_2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15874/i295_2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15875/i296_2020.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15876/i297_2020.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15877/i298_2020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15878/i299_2020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15888/i300_2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15889/i301_2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15890/i302_2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15891/i303_2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15892/i304_2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15893/i305_2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15894/i306_2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15895/i307_2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15896/i308_2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15897/i309_2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15898/i310_2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15899/i311_2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15900/i312_2020.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15918/i313_2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15919/i314_2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15920/i315_2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15921/i316_2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15922/i317_2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15923/i318_2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15924/i319_2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15964/i320_2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15965/i321_2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15966/i322_2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15967/i323_2020.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15968/i324_2020.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15969/i325_2020.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15970/i326_2020.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15971/i327_2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15972/i328_2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15973/i329_2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15974/i330_2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15987/i331_2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15988/i332_2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15989/i333_2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15990/i334_2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15991/i335_2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15992/i336_2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15993/i337_2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16005/i338_2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16006/i339_2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16007/i340_2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16008/i341_2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16009/i342_2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16010/i343_2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16011/i344_2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16032/i345_2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16033/i346_2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16034/i347_2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16035/i348_2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16036/i349_2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16037/i350_2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16038/i351_2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16039/i352_2020.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16041/i353_2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16040/i354_2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16058/i355_2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16059/i356_2020.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16060/i357_2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16061/i358_2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16062/i359_2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16063/i360_2020.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16064/i361_2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16065/i362_2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16066/i363_2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16067/i364_2020.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16068/i365_2020.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16069/i366_2020.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16070/i367_2020.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16071/i368_2020.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16072/i369_2020.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16073/i370_2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16074/i371_2020.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16075/i372_2020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16086/i373_2020.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16087/i374_2020.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16088/i375_2020.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16089/i376_2020.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16090/i377_2020.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16091/i378_2020.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16092/i379_2020.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16093/i380_2020.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16108/i381_2020.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16109/i382_2020.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16110/i383_2020.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16111/i384_2020.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16112/i385_2020.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16113/i386_2020.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16114/i387_2020.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16115/i388_2020.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16116/i389_2020.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16117/i390_2020.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16118/i391_2020.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16119/i392_2020.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16120/i393_2020.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16142/i394_2020.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16143/i395_2020.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16144/i396_2020.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16145/i397_2020.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16146/i398_2020.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16147/i399_2020.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16148/i400_2020.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16149/i401_2020.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16150/i402_2020.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16151/i403_2020.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16162/i404_2020.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16163/i405_2020.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16164/i406_2020.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16165/i407_2020.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16166/i408_2020.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16167/i409_2020.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16199/i410_2020.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16200/i411_2020.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16201/i412_2020.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16202/i413_2020.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16203/i414_2020.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16204/i415_2020.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16205/i416_2020.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16206/i417_2020.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16207/i418_2020.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16208/i419_2020.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16209/i420_2020.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16210/i421_2020.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16211/i422_2020.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16212/i423_2020.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16213/i424_2020.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16214/i425_2020.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16215/i426_2020.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16216/i427_2020.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16217/i428_2020.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16218/i429_2020.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16219/i430_2020.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16263/i431_2020.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16264/i432_2020.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15210/r001_20.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15211/r002_20.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15212/r003_20.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15213/r004_20.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15214/r005_20.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15215/r006_20.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15216/r007_20.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15217/r008_20.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15218/r009_20.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15219/r010_20.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15220/r011_20.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15221/r012_20.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15222/r013_20.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15223/r014_20.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15224/r015_20.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15225/r016_20.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15226/r017_20.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15227/r018_20.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15228/r019_20.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15229/r020_20.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15230/r021_20.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15231/r022_20.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15248/r023_20.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15249/r024_20.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15250/r025_20.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15251/r026_20.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15252/r027_20.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15253/r028_20.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15254/r029_20.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15255/r030_20.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15256/r031_20.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15257/r032_20.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15258/r033_20.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15259/r034_20.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15260/r035_20.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15261/r036_20.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15262/r037_20.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15263/r038_20.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15264/r039_20.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15265/r040_20.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15266/r041_20.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15267/r042_20.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15268/r043_20.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15269/r044_20.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15270/r045_20.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15271/r046_20.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15272/r047_20.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15273/r048_20.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15274/r049_20.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15275/r050_20.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15276/r051_20.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15277/r052_20.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15278/r053_20.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15279/r054_20.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15280/r055_20.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15281/r056_20.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15298/r057_20.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15299/r058_20.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15300/r059_20.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15301/r060_20.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15302/r061_20.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15303/r062_20.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15304/r063_20.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15305/r064_20.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15306/r065_20.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15307/r066_20.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15308/r067_20.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15309/r068_20.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15310/r069_20.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15311/r070_20.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15312/r071_20.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15313/r072_20.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15314/r073_20.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15315/r074_20.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15316/r075_20.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15317/r076_20.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15318/r077_20.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15329/r078_20.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15330/r079_20.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15331/r080_20.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15332/r081_20.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15333/r082_20.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15334/r083_20.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15335/r084_20.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15336/r085_20.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15337/r086_20.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15338/r087_20.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15339/r088_20.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15340/r089_20.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15341/r090_20.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15342/r091_20.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15343/r092_20.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15344/r093_20.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15345/r094_20.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15346/r095_20.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15347/r096_20.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15348/r097_20.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15349/r098_20.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15350/r099_20.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15351/r100_20.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15352/r101_20.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15353/r102_20.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15354/r103_20.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15355/r104_20.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15356/r105_20.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15357/r106_20.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15358/r107_20.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15359/r108_20.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15360/r109_20.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15361/r110_20.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15362/r111_20.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15363/r112_20.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15364/r113_20.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15365/r114_20.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15366/r115_20.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15367/r116_20.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15368/r117_20.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15377/r118_20.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15378/r119_20.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15379/r120_20.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15380/r121_20.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15381/r122_20.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15382/r123_20.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15383/r124_20.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15384/r125_20.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15385/r126_20.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15386/r127_20.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15387/r128_20.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15388/r129_20.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15389/r130_20.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15390/r131_20.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15391/r132_20.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15392/r133_20.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15393/r134_20.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15394/r135_20.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15395/r136_20.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15396/r137_20.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15397/r138_20.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15398/r139_20.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15415/r140_20.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15416/r141_20.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15417/r142_20.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15418/r143_20.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15419/r144_20.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15420/r145_20.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15421/r146_20.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15422/r147_20.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15423/r148_20.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15424/r149_20.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15425/r150_20.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15426/r151_20.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15427/r152_20.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15428/r153_20.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15429/r154_20.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15430/r155_20.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15431/r156_20.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15432/r157_20.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15433/r158_20.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15434/r159_20.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15435/r160_20.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15436/r161_20.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15437/r162_20.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15454/r163_20.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15455/r164_20.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15456/r165_20.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15457/r166_20.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15458/r167_20.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15459/r168_20.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15460/r169_20.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15461/r170_20.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15475/r171_20.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15476/r172_20.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15477/r173_20.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15478/r174_20.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15479/r175_20.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15480/r176_20.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15489/r177_20.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15490/r178_20.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15491/r179_20.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15492/r180_20.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15493/r181_20.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15494/r182_20.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15495/r183_20.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15496/r184_20.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15497/r185_20.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15512/r186_20.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15513/r187_20.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15514/r188_20.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15515/r189_20.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15516/r190_20.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15517/r191_20.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15518/r192_20.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15519/r193_20.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15520/r194_20.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15521/r195_20.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15522/r196_20.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15523/r197_20.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15524/r198_20.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15525/r199_20.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15526/r200_20.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15527/r201_20.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15528/r202_20.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15541/r_203_2020.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15542/r_204_2020.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15543/r_205_2020.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15544/r_206_2020.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15545/r207_20.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15546/r208_20.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15547/r_209_2020.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15548/r_210_2020.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15549/r_211_2020.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15550/r_212_2020.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15551/r_213_2020.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15552/r_0214_2020.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/23479/r215_20.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/23480/r216_20.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15553/217.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15554/218.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15555/219.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15556/220.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15557/221.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15558/222.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15559/223.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15560/224.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15561/225.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15562/226.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15563/227.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15564/228.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15590/r229_20.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15591/r230_20.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15592/r231_20.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15593/r232_20.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15594/r233_20.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15595/r234_20.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15596/r235_20.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15597/r236_20.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15598/r237_20.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15599/r238_20.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15600/r239_20.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15601/r240_20.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15614/r241_20.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15615/r242_20.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15616/r243_20.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15617/r244_20.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15618/r245_20.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15619/r246_20.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15620/r247_20.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15621/r248_20.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15622/r249_20.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15623/r250_20.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15624/r251_20.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15625/r252_20.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15626/r253_20.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15627/r254_20.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15628/r255_20.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15629/r256_20.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15630/r257_20.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15631/r258_20.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15632/r259_20.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15633/r260_20.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15634/r261_20.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15635/r262_20.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15636/r263_20.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15637/r264_20.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15638/r265_20.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15654/r266_20.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15655/r267_20.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15656/r268_20.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15657/r269_20.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15658/r270_20.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15659/r271_20.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15660/r272_20.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15661/r273_20.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15662/r274_20.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15663/r275_20.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15664/r276_20.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15665/r277_20.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15666/r278_20.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15667/r279_20.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15668/r280_20.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15669/r281_20.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15681/r282_20.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15682/r283_20.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15683/r284_20.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15684/r285_20.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15685/r286_20.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15686/r287_20.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15687/r288_20.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15688/r289_20.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15689/r290_20.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15690/r291_20.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15691/r292_20.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15692/r293_20.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15693/r294_20.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15694/r295_20.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15695/r296_20.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15696/r297_20.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15697/r298_20.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15698/r299_20.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15699/r300_20.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15700/r301_20.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15701/r302_20.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15702/r303_20.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15703/r304_20.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15704/r305_20.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15705/r306_20.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15729/r307_20.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15730/r308_20.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15731/r309_20.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15732/r310_20.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15733/r311_20.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15734/r312_20.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15735/r313_20.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15736/r314_20.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15737/r315_20.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15738/r316_20.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15739/r317_20.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15755/r318_20.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15756/r319_20.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15757/r320_20.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15758/r321_20.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15759/r322_20.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15760/r323_20.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15761/r324_20.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15762/r325_20.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15763/r326_20.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15764/r327_20.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15765/r328_20.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15766/r329_20.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15767/r330_20.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15768/r331_20.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15769/r332_20.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15770/r333_20.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15771/r334_20.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15772/r335_20.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15773/r336_20.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15774/r337_20.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15775/r338_20.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15776/r339_20.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15777/r340_20.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15778/r341_20.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15779/r342_20.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15780/r343_20.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15781/r344_20.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15782/r345_20.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15783/r346_20.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15784/r347_20.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15785/r348_20.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15786/r349_20.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15787/r350_20.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15788/r351_20.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15789/r352_20.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15790/r353_20.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15791/r354_20.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15792/r355_20.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15793/r356_20.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15794/r357_20.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15795/r358_20.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15823/r359_20.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15824/r360_20.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15825/r361_20.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15826/r362_20.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15827/r363_20.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15828/r364_20.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15829/r365_20.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15830/r366_20.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15831/r367_20.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15832/r368_20.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15833/r369_20.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15834/r370_20.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15835/r371_20.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15836/r372_20.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15837/r373_20.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15838/r374_20.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15839/r375_20.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15840/r376_20.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15841/r377_20.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15842/r378_20.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15843/r379_20.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15844/r380_20.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15845/r381_20.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15846/r382_20.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15847/r383_20.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15859/r384_20.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15860/r385_20.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15861/r386_20.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15862/r387_20.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15863/r388_20.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15864/r389_20.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15865/r390_20.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15866/r391_20.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15867/r392_20.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15868/r393_20.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15869/r394_20.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15870/r395_20.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15879/r396_20.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15880/r397_20.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15881/r398_20.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15882/r399_20.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15883/r400_20.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15884/r401_20.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15885/r402_20.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15886/r403_20.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15887/r404_20.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15901/r405_20.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15902/r406_20.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15903/r407_20.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15904/r408_20.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15905/r409_20.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15906/r410_20.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15907/r411_20.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15908/r412_20.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15909/r413_20.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15910/r414_20.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15911/r415_20.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15912/r416_20.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15913/r417_20.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15914/r418_20.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15915/r419_20.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15916/r420_20.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15917/r421_20.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15925/r422_20.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15926/r423_20.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15927/r424_20.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15928/r425_20.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15929/r426_20.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15930/r427_20.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15931/r428_20.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15932/r429_20.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15933/r430_20.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15934/r431_20.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15935/r432_20.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15936/r433_20.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15937/r434_20.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15938/r435_20.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15939/r436_20.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15940/r437_20.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15941/r438_20.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15942/r439_20.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15943/r440_20.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15944/r441_20.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15945/r442_20.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15946/r443_20.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15947/r444_20.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15948/r445_20.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15949/r446_20.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15950/r447_20.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15951/r448_20.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15952/r449_20.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15953/r450_20.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15954/r451_20.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15955/r452_20.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15956/r453_20.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15957/r454_20.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15958/r455_20.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15959/r456_20.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15960/r457_20.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15961/r458_20.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15962/r459_20.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15963/r460_20.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15975/r461_20.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15976/r462_20.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15977/r463_20.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15978/r464_20.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15979/r465_20.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15980/r466_20.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15981/r467_20.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15982/r468_20.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15983/r469_20.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15984/r470_20.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15985/r471_20.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15986/r472_20.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15994/r473_20.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15995/r474_20.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15996/r475_20.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15997/r476_20.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15998/r477_20.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/15999/r478_20.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16000/r479_20.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16001/r480_20.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16002/r481_20.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16003/r482_20.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16004/r483_20.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16012/r484_20.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16013/r485_20.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16014/r486_20.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16015/r487_20.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16016/r488_20.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16017/r489_20.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16018/r490_20.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16019/r491_20.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16020/r492_20.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16021/r493_20.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16022/r494_20.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16023/r495_20.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16024/r496_20.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16025/r497_20.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16026/r498_20.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16027/r499_20.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16028/r500_20.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16029/r501_20.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16030/r502_20.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16031/r503_20.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16042/r504_20.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16043/r505_20.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16044/r506_20.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16045/r507_20.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16046/r508_20.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16047/r509_20.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16048/r510_20.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16049/r511_20.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16050/r512_20.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16051/r513_20.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16052/r514_20.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16053/r515_20.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16054/r516_20.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16055/r517_20.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16056/r518_20.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16057/r519_20.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16076/r520_20.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16077/r521_20.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16078/r522_20.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16079/r523_20.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16080/r524_20.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16081/r525_20.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16082/r526_20.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16083/r527_20.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16084/r528_20.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16085/r529_20.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16094/r530_20.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16095/r531_20.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16096/r532_20.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16097/r533_20.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16098/r534_20.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16099/r535_20.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16100/r536_20.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16101/r537_20.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16102/r538_20.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16103/r539_20.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16104/r540_20.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16105/r541_20.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16106/r542_20.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16107/r543_20.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16121/r544_20.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16122/r545_20.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16123/r546_20.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16124/r547_20.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16125/r548_20.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16126/r549_20.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16127/r550_20.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16128/r551_20.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16129/r552_20.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16130/r553_20.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16131/r554_20.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16132/r555_20.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16133/r556_20.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16134/r557_20.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16135/r558_20.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16136/r559_20.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16137/r560_20.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16138/r561_20.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16139/r562_20.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16140/r563_20.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16141/r564_20.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16152/r565_20.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16153/r566_20.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16154/r567_20.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16155/r568_20.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16156/r569_20.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16157/r570_20.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16158/r571_20.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16159/r572_20.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16160/r573_20.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16161/r574_20.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16168/r575_20.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16169/r576_20.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16170/r577_20.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16171/r578_20.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16172/r579_20.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16173/r580_20.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16174/r581_20.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16175/r582_20.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16176/r583_20.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16186/r584_20.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16187/r585_20.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16188/r586_20.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16189/r587_20.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16190/r588_20.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16191/r589_20.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16192/r590_20.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16193/r591_20.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16194/r592_20.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16195/r593_20.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16196/r594_20.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16197/r595_20.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16198/r596_20.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16177/r597_20.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16178/r598_20.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16179/r599_20.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16180/r600_20.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16181/r601_20.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16182/r602_20.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16183/r603_20.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16184/r604_20.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16185/r605_20.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16220/r606_20.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16221/r607_20.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16222/r608_20.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16223/r609_20.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16224/r610_20.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16225/r611_20.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16226/r612_20.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16227/r613_20.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16228/r614_20.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16229/r615_20.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16230/r616_20.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16231/r617_20.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16232/r618_20.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16233/r619_20.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16234/r620_20.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16235/r621_20.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16236/r622_20.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16237/r623_20.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16238/r624_20.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16239/r625_20.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16240/r626_20.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16241/r627_20.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16242/r628_20.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16243/r629_20.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16244/r630_20.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16245/r631_20.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16246/r632_20.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16247/r633_20.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16248/r634_20.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16249/r635_20.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16250/r636_20.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16251/r637_20.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16252/r638_20.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16253/r639_20.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16254/r640_20.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16255/r641_20.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16256/r642_20.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16257/r643_20.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16258/r644_20.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16259/r645_20.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16260/r646_20.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16261/r647_20.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/16262/r648_20.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2020/845/v_001_2020_-_01.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="250.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>