--- v0 (2025-11-04)
+++ v1 (2026-03-24)
@@ -54,7215 +54,7212 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Divanir Ledo dos Santos, Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/349/pdl_01_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/349/pdl_01_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Aprova o Parecer do Egrégio Tribunal de Contas do Estado de São Paulo que aprovou as Contas da Prefeitura Municipal de Dracena, relativas ao exercício de 2013. _x000D_
 Autoria: Comissão de Finanças e Orçamento _x000D_
 Ailton Oscar Lorensetti - presidente e relator _x000D_
 Pedro Gonçalves Vieira - vice-presidente _x000D_
 Divanir Ledo dos Santos - membro</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/356/pdl00216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/356/pdl00216.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de DIPLOMA DE HONRA AO MÉRITO e dá outras providências.Diploma de Honra ao Mérito às Senhoras: Rosely Maria Verzegnossi, Suemi Yoni Matsumoto Pinto, Rosimar de Cassia Verzegnossi, Tânia Ap. Maruci da Silva, Judith Leite da Silva, Rosemary Ap. Verzegnossi, Marielen Cristina Pazian, Paula Regina de Matos, Claudiane Henr. Bezerra, Samira Verzegnossi Alves, Viviane de Matos Santos e Érica Cristina Gonçalves, funcionáriasdo Laboratório de Análises Clinicas de Dracena, que teve o reconhecimento, pelo Instituto Adolfo Lutz, decontrole de qualidade e pela eficiência de 100% em acertos nos exames de busca ativas de sintomáticos respiratórios (tuberculose)</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Luiz Rodrigues Coelho</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/360/pdl_003_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/360/pdl_003_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de DIPLOMA DE HONRA AO MÉRITO e dá outras providências.(Diplomas de Honra ao Mérito aos médicos: Drs. Antonio Américo Alves, Adolfo Mansano Garcia, Francisco Flora Sinatura e Flávio José Boroti; aos enfermeiros:Wilson Baptista de Jesus Filho, Neuza Me Hiramatsu, Elaine Cristina de Oliveira Bruno e Josíane de Cinque França e Silva, às auxiliares de enfermagem: Ivone de Souza Rosalem e Nicéia Cristina de Paula, pelo carinho e dedicação com que cuidam e tratam os pacientes que necessitam de hemodiálise, fica concedidoDiploma de Honra ao Mérito ao Senhor Altamir Alves dos Santos, provedor da Santa Casa)</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/374/pdl_04_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/374/pdl_04_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de DIPLOMA DE HONRA AO MÉRITO e dá outras providências.(Diploma de Honra ao Mérito ao Senhor Claudinei Aparecido Martins, colaborador na construção da Praça do Conjunto Habitacional Valdir Barbosa de Souza)</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Divanir Ledo dos Santos, Moacir Shoiti Kanezawa</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/399/pdl_005_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/399/pdl_005_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de DIPLOMA DE HONRA AO MÉRITO e dá outras providências.(Diplomas de Honra ao Mérito ao Sr. Leandro Kenji Miyaguchi, Líder do Grupo Taikô Seishin Daiko, da Associação Dracenense de Esporte e Cultura (Adec) e aos atletas Caio César Kenzo Tabuse, Daniela Naomi Matumoto,Gustavo Kenzo Isawa, Hiago Ryuzoh Isawa, Isabela Kaori Kawakita Asami, Juliana Aryssa Matumoto, Kelvin Yasu Makino, Larissa Sayuri Matsumoto,Lucas Isawa Miyashiro, Lucas Minoru Tabuse, Milena Mika Takahashi, Tatiana Akemi Kawakita Asami e William Hideki Uemura Isawa que conquistaram o vice-campeonato brasileiro - Categoria Junior, no 13º Festival Brasileiro de Taikô, realizado nos dias 09 e 10 de julho no Centro de Eventos -CENFORPE, em São Bernardo do Campo/SP)</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/3149/pdl_006_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/3149/pdl_006_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Aprova  o Parecer do Egrégio Tribunal de Contas do Estado de São Paulo que aprovou as Contas da Prefeitura Municipal de Dracena, relativas ao  exercício de 2014.(PROCESSO TC  N.º 234/026/14)_x000D_
 Autoria:_x000D_
 Ailton Oscar Lorensetti – Presidente e Relator_x000D_
 Pedro Gonçalves Vieira – Vice-Presidente_x000D_
 Divanir Ledo dos Santos - Membro</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Claudevi Oliveira da Silva Júnior, Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/406/pdl00716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/406/pdl00716.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de DIPLOMA DE HONRA AO MÉRITO e dá outras providências. Diploma de Honra ao Mérito ao Atleta Rodrigo Caio Coquette Russo, pela conquista da primeira Medalha de Ouro Olímpica no futebol masculino,nas Olimpíadas/2016, realizada na cidade do Rio de Janeiro</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/410/pdl00816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/410/pdl00816.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de DIPLOMA DE HONRA AO MÉRITO e dá outras providências.(Diplomas de Honra ao Mérito aos Atletas: Adryan Gabriel da Costa Gutierrez, Gabriel Faria Souza Araújo, Gabriel Silva Nunes Bernardes, Giovani Gomes de Souza, Gustavo Henrique da Silva, João Vitor Carvalho, João Vitor Delovo Carara, Maicon dos Santos Monteiro, Marcos Vinicius Santos Silva Martins, Matheus dos Anjos Reganham, Rafael Carvalho da Silva, Rafael Francisco Maciel, Yago Randolpho Ruella eYgor Kauan da Silva de Souza, queconquistaram o título de Campeões na 7ª Copa de Futsal do Estado de São Paulo - Final Estadual 2016. -Ficam concedidos ainda,Diplomas de Honra ao Méritoao Prefeito José Antonio Pedretti; a Secretária Municipal de Educação, Fernanda Nasser Geronimo; ao Secretário de Esportes, José Carlos Barbosa; ao coordenadordos Jogos, Antonio Vanderlei Valério; a Coordenadora de Cerimonial, Ana Lúcia Mioto Pereira; ao Técnico da Equipe dracenense, Milton César dos Santos e ao Auxiliar Técnico, Vitor Hugo Prado de Aquino)</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/412/pdl00916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/412/pdl00916.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de DIPLOMA DE HONRA AO MÉRITO e dá outras providências.(Diplomas de Honra ao Mérito aos Atletas dracenense de vôlei adaptado: Agnaldo Joaquim da Silva, Alcides Paulo Cordeiro, Antonio Valter Ramalho, Douglas Modonesi, Arlito Pires Silva, Estevão Loncarovich, Flavio César Vicente, José Benedito Munhoz. Jurandir Mantovaneli, Oscar Lauriano de Oliveira, Osmar da Silva e Valdevino Alves Moreira queconquistaram o título de Campeões estaduais no torneio realizado na cidade de Auriflama/SP Ficam concedidos ainda,Diplomas de Honra ao Méritoao Prefeito José Antonio Pedretti; a Secretária Municipal de Educação, Fernanda Nasser Geronimo; ao Secretário de Esportes, José Carlos Barbosa; a Secretária de Assistência e Desenvolvimento Social, Sra. Guiomar Maria Fávero Pedretti,ao dirigentes: Antonio Vanderlei Valério e Ana Lúcia Mioto Pereira; ao Técnico da Equipe dracenense,Arnaldo Alessandro Vila)</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/346/pl_001_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/346/pl_001_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para firmar convênios e transferir recursos financeiros a entidades legalmente constituídas, no exercício de 2016.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/348/pl_002_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/348/pl_002_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do inciso VI, ao art. 6º, da Lei nº 2399, de 29.06.93, que dispõe sobre o funcionamento da Empresa de Desenvolvimento, Água, Esgoto e Pavimentação de Dracena – EMDAEP, alterada pelas Leis nº 3089, de 26.07.2002 e 3732, de 16.12.2009 e dá outras providências.(o acréscimo do inciso VI, na Lei 2.399/93, permitirá a EMDAEP executar serviços de limpeza urbana)</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/351/pl_003_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/351/pl_003_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no art. 1º da Lei nº 4467, de 10.09.2015. (alteração objetivando aumentar a quantidade de atletas beneficiados com o auxílio, visando uma participação melhor do Município em competições esportivas oficiais ou promovidas por federações)</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/350/pl_004_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/350/pl_004_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo a ceder uma máquina escavadeira hidráulica e uma máquina pá carregadeira da Prefeitura Municipal, para o fim que especifica e dá outras providências._x000D_
 (solicitação visa atender um acordo firmado entre a Prefeitura e a empresa ALL para recuperação da galeria de captação de águas pluviais, localizada no trecho próximo ao Sistema de Lazer do Jardim Brasilândia, quando ocorrerá a troca de tubulação que era de 1m por tubos de 2m, para melhor atender a demanda no local)</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Francisco Eduardo Aniceto Rossi</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/352/pl_005_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/352/pl_005_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõesobredenominação de DRAque especifica e dá outras providências._x000D_
 (a Estrada Municipal ""DRA 333"", localizada no Bairro Marrequinha, passa a ser denominada de Estrada Municipal ""Estrada Municipal Francisco Cavalcante”)</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>Poder Executivo, Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/353/pl_006_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/353/pl_006_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de DRA que especifica e dá outras providências._x000D_
 (a Estrada Municipal ""DRA 440"", localizada entre os Bairros Jardim Village e Residencial Hosoume,passa a ser denominada de Estrada Municipal ""DRA José Pantarotto”)</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/354/pl_007_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/354/pl_007_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Cooperação com o Ministério Público do Estado de São Paulo – Comarca de Dracena, conforme especifica.(tendo por objeto fornecer materiais, por parte da Prefeitura Municipal, para construção de uma rampa em alvenaria, unindo o prédio do Fórum e as novas instalações do Ministério Público, sendo:1500 tijolinhos; 4,5 m³ de concreto usinado; 3 sacos de cimento; 3 sacos de cala; 2 metros de areia grossa e 1 metro de pedra)</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/355/pl_008_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/355/pl_008_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com o Governo do Estado de São Paulo, através da Secretaria da Fazenda do Estado de São Paulo, visando a adesão ao Sistema de Compras Eletrônicas – BEC/SP- na modalidade Pregão Eletrônico (Decreto nº 57.987/2012), para o fim que especifica.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/357/pl_009_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/357/pl_009_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente._x000D_
 (crédito no valor de R$150.000,00 com recurso repassado pelo FNDE, transferência do programa Brasil Carinhoso, destinado à manutenção de creches municipais)</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/358/pl_010_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/358/pl_010_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente._x000D_
 (crédito no valor de R$140.000,00 destinados a verbas indenizatórias aos profissionais da área de educação)</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/359/pl_011_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/359/pl_011_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente._x000D_
 (crédito no valor de R$450.000,00 destinados à Secretaria de Agricultura e Meio Ambiente e à Secretaria de Indústria e Comércio)</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/361/pl_012_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/361/pl_012_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente._x000D_
 (crédito no valor de R$35.000,00 visa atender despesa com recurso repassado pelo FNDE, transferência do Programa Brasil Carinhoso, destinado à manutenção de creches municipais)</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/362/lei_4506_2016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/362/lei_4506_2016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de § 3º ao artigo 2º, da Lei n.º 3.187, de 16 de dezembro de 2003._x000D_
 (incluindo inciso sobre os empreendimentos imobiliários referentes à CDHU os reservatórios poderão ter capacidade mínima de abastecimento de 24 horas)</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Claudevi Oliveira da Silva Júnior, Francisco Eduardo Aniceto Rossi, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/363/pl_014_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/363/pl_014_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reposição salarial dos vencimentos dos servidores da Câmara Municipal de Dracena e dá outras providências._x000D_
 Autoria: Mesa Diretora _x000D_
 Francisco Eduardo Aniceto Rossi - presidente _x000D_
 Claudevi Oliveira da Silva Júnior - vice-presidente _x000D_
 Rodrigo Rossetti Parra - 1º Secretário _x000D_
 Ailton Oscar Lorensetti - 2º Secretário</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/364/pl_015_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/364/pl_015_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão Geral Anual ao subsídio dos Vereadores da Câmara Municipal de Dracena e dá outras providências. _x000D_
 Autoria: Mesa Diretora _x000D_
 Francisco Eduardo Aniceto Rossi - presidente _x000D_
 Claudevi Oliveira da Silva Júnior - vice-presidente _x000D_
 Rodrigo Rossetti Parra - 1º Secretário _x000D_
 Ailton Oscar Lorensetti - 2º Secretário</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/365/pl_016_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/365/pl_016_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de aumento de salário aos servidores públicos municipais e dá outras providências.(aumento de 5% cinco por cento nos salários dos servidores públicos municipais do Poder Executivo de Dracena)</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/366/pl_017_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/366/pl_017_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração nos incisos I e II do Artigo 4º da Lei nº 3619/08 e suas alterações._x000D_
 (reajuste para os estagiários)</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/368/pl_018_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/368/pl_018_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente e repasse financeiro._x000D_
 (crédito no valor de R$106.000,00 destinados a reforço em crédito orçamentário consignado no orçamento municipal, destinado a repasse financeiro ao Consorcio Intermunicipal para Gestão de Resíduos Sólidos Integração)</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/369/pl_019_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/369/pl_019_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente._x000D_
 (crédito no valor de R$61.000,00 destinado a abertura de crédito orçamentário especial não contemplado no orçamento vigente, destinado a construção do prédio do CREAS)</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/370/pl_020_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/370/pl_020_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente._x000D_
 (crédito no valor de R$20.000,00 destinados a custear despesas financiadas com recursos transferidos pelo Governo Federal, através do Fundo Nacional de Assistência Social, programa Índice Gestão Descentralizado do Bolsa Família)</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/372/pl_021_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/372/pl_021_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no inciso XII do artigo 4º da Lei n.º 3660/2009 que dispõe sobre a criação do Conselho Municipal do Meio Ambiente, conforme especifica._x000D_
 (projeto objetivando a troca da nomeação de um representante da Associal Comercial de Dracena por um representante da Universidade Estadual de São Paulo - UNESP na formação do Conselho Municipal de Meio Ambiente)</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/375/pl_22_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/375/pl_22_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Praça que especifica e dá outras providências._x000D_
 (A Praça, localizada entre as Rua ProfessorPedro Ribeiro Bueno e Irineu Mainente, no Conjunto Habitacional Valdir Barbosa de Souza, passa a ser denominada de Praça""Romualdo Martins”)</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/376/pl_23_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/376/pl_23_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente._x000D_
 (crédito no valor de R$17.600,00 destinados a custear despesas financiadas com recursos transferidos pelo Governo Federal, através do Fundo Estadual de Assistência Social, programa Geração de Renda)</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/377/pl_24_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/377/pl_24_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do caput do artigo 1º e a inclusão dos arts. 3ºA e 3ºB, da Lei n.º 3698, de 07 de outubro de 2009 e dá outras providências._x000D_
 (referido projeto destina a melhorias no escoamento da produção e fomento das atividades rurais)</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/378/pl_25_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/378/pl_25_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências._x000D_
 (transformação de zona rural ara perímetro urbano para atender requerimento da Sr.ª Odete Dário Pereira para implantação de loteamento)</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/379/pl_26_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/379/pl_26_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências._x000D_
 (transformação de zona rural para perímetro urbano para regularização do imóvel que se encontra no perímetro urbano do município)</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/381/pl_27_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/381/pl_27_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente._x000D_
 (crédito no valor de R$ 39.600,00 atender despesa com recurso repassado pelo FNDE, transferência do programa Brasil Carinhoso, destinado à manutenção de Creches municipais)</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/382/pl_28_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/382/pl_28_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização do Poder Executivo para celebrar contrato com Instituição Financeira para pagamento da folha de servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/386/pl002916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/386/pl002916.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente._x000D_
 (crédito no valor de R$623.000,00 que visa atender despesa com recurso da CESP a título de compensação. O recurso será destinado para obras de reforma e ampliação e pavimentação do barracão de reciclagem e aquisição de equipamentos para o mesmo objetivo)</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/389/pl_030_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/389/pl_030_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente._x000D_
 (crédito no valor de R$298.000,00, recurso federal, repassado através do Ministério do Turismo, destinado, especificamente, para realização de shows de artistas que serão contratados diretamente pelo Ministério do Turismo para se apresentarem no evento ""TUDO É BRASIL"", que ocorrerá nos dias 24 e 25 de junho de 2016)</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/390/pl_031_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/390/pl_031_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênio com o Governo do Estado de São Paulo, por intermédio de suas Secretarias. (convênio com a CDHU)</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Rodrigo Rossetti Parra, Ailton Oscar Lorensetti</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/391/pl_032_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/391/pl_032_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Reconhece as provas equestres como patrimônio histórico e cultural do Município de Dracena e dá outras providências._x000D_
 (as provas equestres: Três Tambores, Seis Balizas, Apartação,Rédeas, Laço Individual, Team Penning, Bulldog, Laço Comprido, Laço em Dupla, Maneabilidade e Velocidade, Rancho Sorting, Working Cow Horse, Conformação e Hipismo, ficam reconhecidas como patrimônio histórico e cultural)</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Moisés Antonio de Lima, Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/538/pl_033_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/538/pl_033_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõesobredenominação da Estrada Municipal ""DRA 254"" que especifica e dá outras providências._x000D_
 (A Estrada Municipal ""DRA 254"", localizada no Bairro das Marrequinhas,passa a ser denominada de Estrada Municipal ""DRA José Prates de Abreu”)</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/539/pl_034_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/539/pl_034_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação de sistema de segurança e monitoramento por câmeras de vídeo nas áreas internas e externas das instituiçõesbancárias e financeirase nos postos de atendimento bancário, no âmbito do Município de Dracena, e dá outras providências.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Claudevi Oliveira da Silva Júnior, Divanir Ledo dos Santos, Moacir Shoiti Kanezawa</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/392/pl_035_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/392/pl_035_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Institui o programa “Saúde Solidária” de doação de medicamentos no município de Dracena e dá outras providências._x000D_
 (visa arrecadação de medicamentos e distribuição aos munícipes)</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/393/pl_036_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/393/pl_036_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Concede subvenção à Entidade que especifica._x000D_
 (conceder subvenção à Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena no valor de até R$ 35.000,00)</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/540/pl_037_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/540/pl_037_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Concede subvenção e auxilio a Entidades que especifica. (AABB - 11.825,00 - subvenção; Assoc. da Pessoa com Deficiência de Dracena - Superando Limites - 11.825,00- subvenção; Associação de Capoeira Filhos de Abaeté - 11.825,00- subvenção; APAE - 16.600,00 - subvenção e 11.825,00 - auxilio; Associação de Proteção ao Adolescente de Dracena - APAD Casa do Adolescente - 14.190,00- subvenção; AVAHU - 11.825,00 - auxilio; Associação Projeto Esperança - 11.825,00 subvenção; Associação São Francisco de Assis - 11.825,00 - subvenção; Instituição Novo Amanhecer - 44.825,00 - subvenção e 7.800,00 - auxilio; TOTALIZANDO o valor de R$ 134.740,00 de subvenção e R$ 31.450,00 - de auxilio.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/541/pl_038_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/541/pl_038_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para efetuar pagamento de débito perante a CETESB - Companhia Ambiental do Estado de São Paula e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/394/pl_039_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/394/pl_039_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Concede subvenção à Entidade que especifica.(conceder subvenção à Associação de Valorização Humana – AVAHU no valor de até R$ 10.000,00)</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/396/pl_040_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/396/pl_040_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Considera urbanaárea de terras que especifica e dá outras providências._x000D_
 (A transformação da área pertencente à Matrícula nº 23.740 de zona rural para perímetro urbano é necessária para atender requerimento do proprietário, para implantação de loteamento de Chácaras de Recreio)</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/397/pl_041_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/397/pl_041_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências._x000D_
 (A transformação da área pertencente à Matrícula nº 12.592 de zona rural para perímetro urbano é necessária para atender requerimento do proprietário)</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/398/pl_042_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/398/pl_042_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Considera urbanaárea de terras que especifica e dá outras providências._x000D_
 (transformação da área pertencente à Matrícula nº 856 de zona rural para perímetro urbano é necessária para atender requerimento dos proprietários, para implantação de loteamento)</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/400/pl004316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/400/pl004316.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente._x000D_
 (crédito no valor de R$99.000,00 destinados a realização da 3ª Copa de Voleibol e 7ª Copa de Futsal do Estado de São Paulo)</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/401/pl004416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/401/pl004416.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente._x000D_
 (crédito no valor de R$37.500,00 que visa atender despesa com aditamento contratual para construção das Unidades Básicas de Saúde - UBS do Conjunto Habitacional Paulo Vendramini e Bairro Frei Moacir II)</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/402/pl004516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/402/pl004516.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (Crédito Adicional Especial no valor de R$1.000.000,00 (um milhão de reais), destinadoà aquisição de equipamentos que serão cedidos para a FUNDEC para o Curso de Medicina)</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/403/pl004616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/403/pl004616.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (Créditono valor de R$2.000,00 (dois mil reais), destinado a aquisição de equipamentos com recursos do programa Sorria São Paulo)</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/405/pl_047_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/405/pl_047_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município para o exercício financeiro de 2017.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Aline de Oliveira Zolin, Claudevi Oliveira da Silva Júnior, Divanir Ledo dos Santos, Francisco Eduardo Aniceto Rossi, Juliano Brito Bertolini, Milton Polon, Moacir Shoiti Kanezawa, Moisés Antonio de Lima, Pedro Trabuco, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/407/pl004816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/407/pl004816.pdf</t>
   </si>
   <si>
     <t>Dispõe sobredenominação das ruas e áreasde lazer do Conjunto Habitacional Santa Mônica que especifica.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/408/pl004916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/408/pl004916.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio público e dá outras providências.(A EMEI localizada ao lado da EMEFI Moacir Simard, passa a ser denominada de ""EMEIProfessora Magda Tonello Pedro Lemos"")</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/409/pl005016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/409/pl005016.pdf</t>
   </si>
   <si>
     <t>Declara Utilidade Pública a Associação Amigos do Esportes.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/411/pl005116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/411/pl005116.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente._x000D_
 (crédito no valor de R$2.720.000,00 destinados ao reforço de crédito orçamentário destinado a vencimentos de servidores públicos municipais)</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/415/pl_052_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/415/pl_052_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Concede subvenção à Entidade que especifica._x000D_
 (subvenção à Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena no valor de até R$ 30.000,00)</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/414/pl005316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/414/pl005316.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente e repasse de recurso financeiro a entidade._x000D_
 (crédito no valor de R$ 30.000,00 destinado à transferência financeira à Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena)</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/416/pl005416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/416/pl005416.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente e repasse de recurso financeiro à entidade._x000D_
 (crédito no valor de R$ 100.000,00 destinados à Empresa Municipal de Saúde de Dracena)</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/417/pl005516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/417/pl005516.pdf</t>
   </si>
   <si>
     <t>Concede contribuição à Entidade que especifica._x000D_
 (conceder contribuição à Empresa Municipal de Saúde Dracena no valor de até R$ 100.000,00)</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/419/pl005616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/419/pl005616.pdf</t>
   </si>
   <si>
     <t>Concede subvenção à Entidade que especifica._x000D_
 (subvenção à Associação Projeto Esperança no valor de até R$ 7.538,49)</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/421/pl005716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/421/pl005716.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização a firmar Termos de Fomento ou Colaboração para transferir recursos financeiros a entidades legalmente constituídas, no exercício de 2017.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/422/pl005816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/422/pl005816.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente._x000D_
 (crédito no valor de R$ 3.427.100,00 destinado à reforço em créditos orçamentários para pagamento do salário de dezembro/2016)</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/347/plc00116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/347/plc00116.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de referência que especifica e dá outras providências._x000D_
 (a alteração na tabela de remuneração faz-se necessária para atendimento ao artigo 19, da Lei Complementar nº 01, de 06.05.92, que determina que nenhum servidor poderá receber vencimento inferior ao salário mínimo)</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>Poder Executivo, Ailton Oscar Lorensetti</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/367/plc00216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/367/plc00216.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alienação por concessão de uso com posterior doação de imóveis públicos municipais, conforme especifica._x000D_
 (projeto que possibilita a destinação dos imóveis públicos para geração de empregos e novos investimentos no município)</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/371/plc00316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/371/plc00316.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alienação por concessão de uso com posterior doação de imóveis públicos municipais, conforme especifica.(o presente projeto é importante para possibilitar a destinação do imóveis públicos para geração de empregos e novos investimentos no município de Dracena)</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/380/plc00416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/380/plc00416.pdf</t>
   </si>
   <si>
     <t>Estabelece as Diretrizes a serem observadas na elaboração da Lei Orçamentária do Município para o exercício de 2017 e dá outras providências.(LDO - 2017)</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/383/plc00516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/383/plc00516.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do art. 13-A, na Lei Complementar n.º 50, de 17 de outubro de 1995(O Poder Executivo, por meio de decreto, regulamentará o uso de espaços públicos pelos trailers de comércio ambulante de produtos alimentícios, outrora fixos, definirá os locais e horários de funcionamento e os demarcará)</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>Claudevi Oliveira da Silva Júnior, Francisco Eduardo Aniceto Rossi, Juliano Brito Bertolini, Kielse Chiari Munis, Luiz Rodrigues Coelho, Milton Polon, Moacir Shoiti Kanezawa, Moisés Antonio de Lima, Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/384/plc00616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/384/plc00616.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão dos parágrafos 3º e 4º no artigo 47 da Lei Complementar n.º 50, de 17 de outubro de 1995, conforme especifica e dá outras providências._x000D_
 (A Prefeitura poderá, ainda, permitir o funcionamento em horário especial de estabelecimentos que não causem incômodo à vizinhança, mediante licença especial, desde que se enquadre nas condições de ME, EPP e MEI)</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/385/plc00716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/385/plc00716.pdf</t>
   </si>
   <si>
     <t>Altera as Leis Complementares n.ºs 50, de 17.10.1995; 349, de 23.02.2011; e 411, de 17.06.2014.(alterações que visam aperfeiçoar e facilitar a fiscalização e o controle dos projetos de obras, bem como evitar que ocorram invasões de imóveis públicos, principalmente os passeios)</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/395/plc00816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/395/plc00816.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos conforme especifica e dá outras providências._x000D_
 (criação de 02 cargos de MÉDICO CLÍNICO GERAL)</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/404/plc00916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/404/plc00916.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no artigo 3º, da Lei Complementar 384, de 12 de dezembro de 2012, conforme especifica._x000D_
 (O presente projeto visa atender pedido da entidade “Lar Beneficente Sã Doutrina Espiritual do Sétimo Dia de Dracena” que recebeu doação de um imóvel urbano, com o objetivo de construção das suas dependências, visando o acolhimento de idosos.Na reunião do Conselho Diretor do PRODES – Programa de Desenvolvimento Sustentável de Dracena, realizada no dia 13 de Outubro de 2016, foi aprovada a prorrogação solicitada pela entidade)</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/418/plc01016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/418/plc01016.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de imóvel que especifica, por doação, à Associação de Proteção à Criança de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/420/plc01116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/420/plc01116.pdf</t>
   </si>
   <si>
     <t>Altera a tabela anexa ao inciso VII, do art. 60, da Lei Complementar nº 50/1995, acrescida pela Lei Complementar nº 198/2002</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/423/plc01216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/423/plc01216.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Diretor Urbanístico do Município de Dracena, Estado de São Paulo</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/373/pr_01_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/373/pr_01_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o subsídio mensal dos Vereadores da Câmara Municipal de Dracena para a 17ª Legislatura (2017/2020), e dá outras providências._x000D_
 Autoria: Comissão de Finanças e Orçamento _x000D_
 Ailton Oscar Lorensetti– Presidente e Relator _x000D_
 Pedro Gonçalves Vieira– Vice-Presidente _x000D_
 Divanir Ledo dos Santos- Membro</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>Iniciativa Popular</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/387/r0000216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/387/r0000216.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução dos subsídios dos vereadores dos atuais R$ 4.473,68 para R$ 1.320,00 que corresponde a 1,5 salário mínimo. No mesmo sentido e com o mesmo parâmetro para o vereador que estiver ocupando a Presidência da Câmara Municipal (Art. 39, p. 6º da CF, com redação dada pela Emenda Constitucional n.º19, de 04.06.1998) _x000D_
 Obs.: Autoria: INICIATIVA POPULAR</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>P-ELO</t>
   </si>
   <si>
     <t>Projeto de emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/388/pe_001_2016_-_01.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/388/pe_001_2016_-_01.pdf</t>
   </si>
   <si>
     <t>Altera o art. 10 da Lei Orgânica do Município de Dracena (Emenda n.º 018 de 28 de outubro de 2009, que deu a redação atual do artigo 10 e seus parágrafos), redefinindo o número de vereadores, dos atuais 13 (TREZE) para 9 (NOVE). _x000D_
 Obs.: Autoria: INICIATIVA POPULAR</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/413/epl04716.pdf</t>
-[...5 lines deleted...]
-Acrescenta o parágrafo único ao artigo 18 do Projeto de Lei n.º 047/16 de 27 de outubro de 2016, que estima a receita e fixa a despesa do Município para o exercício financeiro de 2017.</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/413/epl04716.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta parágrafo único ao artigo 9º do Projeto de Lei n.º 047/16 de 27 de outubro de 2016, que estima a receita e fixa a despesa do Município para o exercício financeiro de 2017.</t>
   </si>
   <si>
     <t>23367</t>
   </si>
   <si>
     <t>E-AD</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>Kielse Chiari Munis</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23367/ea000116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23367/ea000116.pdf</t>
   </si>
   <si>
     <t>Acrescenta artigo ao do Projeto de Lei 028, de 06.5.2016.&lt;br&gt;&lt;p&gt;Obs.: Projeto retirado pelo autor</t>
   </si>
   <si>
     <t>23368</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Aline de Oliveira Zolin, Claudevi Oliveira da Silva Júnior, Divanir Ledo dos Santos, Francisco Eduardo Aniceto Rossi, Juliano Brito Bertolini, Kielse Chiari Munis, Luiz Rodrigues Coelho, Milton Polon, Moacir Shoiti Kanezawa, Moisés Antonio de Lima, Pedro Trabuco, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23368/ea000216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23368/ea000216.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao artigo 9º do Projeto de Lei n.º 047/16 de 27 de outubro de 2016, que estima a receita e fixa a despesa do Município para o exercício financeiro de 2017. &lt;br&gt;&lt;b&gt;Obs.: O número da Emenda foi mudado no registro devido ao sistema do SAPL</t>
   </si>
   <si>
     <t>23369</t>
   </si>
   <si>
     <t>E-SUP</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Claudevi Oliveira da Silva Júnior, Divanir Ledo dos Santos, Francisco Eduardo Aniceto Rossi, Juliano Brito Bertolini, Kielse Chiari Munis, Luiz Rodrigues Coelho, Milton Polon, Moacir Shoiti Kanezawa, Moisés Antonio de Lima, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23369/esup0116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23369/esup0116.pdf</t>
   </si>
   <si>
     <t>Suprime dispositivos do Projeto de Lei Complementar nº 02, de 28 de março de 2016, conforme especifica.</t>
   </si>
   <si>
     <t>10500</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10500/i0000116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10500/i0000116.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente melhoria na Estrada Municipal José Mazoni, que tem um buraco enorme nas proximidades do Chácara Lecri, causando transtorno aos usuários e moradores de Bairros adjacentes.</t>
   </si>
   <si>
     <t>10501</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10501/i0000216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10501/i0000216.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude junto ao setor competente a elaboração de uma campanha, denominada de "Farmácia da Solidariedade", junto ao meio de comunicação local, escolas e entidades para que munícipes que possuam medicamentos dentro do prazo de validade e em prefeitas condições de uso façam sua doação no Posto de Saúde "Takashi Enokibara".</t>
   </si>
   <si>
     <t>10502</t>
   </si>
   <si>
     <t>Claudevi Oliveira da Silva Júnior</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10502/i0000316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10502/i0000316.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude junto ao setor competente a realização de uma operação tapa buracos na Rua das Dracenas, cruzamento com a Alameda Alemanha.</t>
   </si>
   <si>
     <t>10503</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10503/i0000416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10503/i0000416.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente o recapeamento asfáltico da Rua Cora Coralina no Bairro Jardim Cristina no Jardim Brasilândia.</t>
   </si>
   <si>
     <t>10504</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10504/i0000516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10504/i0000516.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente o recapeamento asfáltico da Rua Leônidas de Oliveira Ramos no Jardim Primavera.</t>
   </si>
   <si>
     <t>10505</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10505/i0000616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10505/i0000616.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente o recapeamento asfáltico da Rua Tupã, no trecho compreendido entre as ruas Fidelis Paulino de Arruda com a Spinard.</t>
   </si>
   <si>
     <t>10506</t>
   </si>
   <si>
     <t>Juliano Brito Bertolini</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10506/i0000716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10506/i0000716.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude a possibilidade da administração municipal em parceria com a Polícia Militar COMAD e órgãos e associação ligados a infância e juventude realizarem um planejamento de combate ao trafico de drogas e uso de entorpecente sejam eles nas escolas municipais, estaduais e particulares, e também em praças públicas.</t>
   </si>
   <si>
     <t>10507</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10507/i0000816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10507/i0000816.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que se dê prioridade no uso das máquinas moto niveladora e pá carregadeira na manutenção das estradas rurais de nosso município que estão intransitáveis.</t>
   </si>
   <si>
     <t>10508</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10508/i0000916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10508/i0000916.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a instalação de uma haste com lâmpada no único poste existente em quarteirão da Rua Irradiação localizado entre as ruas Monte Castelo e a Avenida José Bonifácio.</t>
   </si>
   <si>
     <t>10509</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10509/i0001016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10509/i0001016.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza no terreno ao lado do Poste de Saúde Albert Sabin, no Jardim São Manoel.</t>
   </si>
   <si>
     <t>10519</t>
   </si>
   <si>
     <t>Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10519/i0001116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10519/i0001116.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que mantenha os serviços de manutenção e limpeza da linha férrea de nossa região, especialmente, no setor urbano. Isto porque é de conhecimento deste vereador que a Empresa ALL - América latina Logística não é mais responsável por este setor.</t>
   </si>
   <si>
     <t>10520</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10520/i0001216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10520/i0001216.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza do pátio da antiga Fepasa.</t>
   </si>
   <si>
     <t>10521</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10521/i0001316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10521/i0001316.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a desobstrução das caixas de captação de águas pluviais existente na Rua Anedino Florindo Santana, no bairro Iandara. Indico ainda a limpeza da referida rua com a retirada de terra e mato sobre a via que estão causando transtorno aos condutores de veículos automotores.</t>
   </si>
   <si>
     <t>10522</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10522/i0001416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10522/i0001416.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a instalação de uma torneira na antiga estação ferroviária nas proximidades do salão onde funciona o setor “Davi Decorações”, atendendo a pedido do responsável.</t>
   </si>
   <si>
     <t>10539</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10539/i0001516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10539/i0001516.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a pintura de solo de "faixa de pedestre" defronte dos portões de acesso à Escola Alfredo Machado, sendo um pela Rua Oto Lara Rezende e outro pela Rua Aécio de Féo Flora.</t>
   </si>
   <si>
     <t>10540</t>
   </si>
   <si>
     <t>Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10540/i0001616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10540/i0001616.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza e reparos necessários na área de lazer localizada no Jardim Palmeiras I, no trecho entre as Ruas Bolívia, das Dracenas e Amoreiras.</t>
   </si>
   <si>
     <t>10541</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10541/i0001716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10541/i0001716.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza em áreas verdes, sendo uma localizada no final da Rua dos Jequitibás e outra no final da Alameda Espanha, no Jardim Palmeiras.</t>
   </si>
   <si>
     <t>10542</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10542/i0001816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10542/i0001816.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza das praças do Jardim Kennedy e Praça Rotary.</t>
   </si>
   <si>
     <t>10543</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10543/i0001916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10543/i0001916.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a realização de uma operação tapa buracos na Rua das Dracenas, esquina com a Alameda Alemanha</t>
   </si>
   <si>
     <t>10544</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10544/i0002016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10544/i0002016.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a substituição das traves dos gols da quadra da Escola Otilia Braz Nogueirol.</t>
   </si>
   <si>
     <t>10545</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10545/i0002116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10545/i0002116.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a recuperação da depressão existente na Rua Brasil, esquina com a Rua Ana Neri, na vila Barros.</t>
   </si>
   <si>
     <t>10546</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10546/i0002216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10546/i0002216.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a realização de uma operação tapa buracos na Rua Antonio Martins, no trecho compreendido entre as Ruas Espírito Santo e Porto Alegre no bairro metrópole.</t>
   </si>
   <si>
     <t>10566</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10566/i0002316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10566/i0002316.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a instalação de placa de "Proibido Jogar Lixo" na Praça do Jardim Kennedy.</t>
   </si>
   <si>
     <t>10567</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10567/i0002416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10567/i0002416.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a recapeamento asfáltico na Avenida Francisco Antonio Pereira no Jardim Village.</t>
   </si>
   <si>
     <t>10568</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10568/i0002516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10568/i0002516.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a melhoria na entrada do Jardim dos Pássaros, atendendo a pedidos dos moradores.</t>
   </si>
   <si>
     <t>10569</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10569/i0002616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10569/i0002616.pdf</t>
   </si>
   <si>
     <t>Considerando que na Rua Edson da Silveira Campos existe uma viela que é frequentada por infratores da lei, indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a instalação de um poste com iluminação pública como forma de coibir atos ilícitos.</t>
   </si>
   <si>
     <t>10570</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10570/i0002716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10570/i0002716.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa buraco na Rua Edson da Silveira Campos, esquina com a Virgilio Fioravante.</t>
   </si>
   <si>
     <t>10571</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10571/i0002816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10571/i0002816.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a instalação de climatizadores na salas do prédio onde funciona a EMEI "Gente Miúda".</t>
   </si>
   <si>
     <t>10581</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10581/i0002916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10581/i0002916.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação taba buracos na confluência da Rua das Hortências com a Aristides Zanoni.</t>
   </si>
   <si>
     <t>10582</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10582/i0003016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10582/i0003016.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente um estudo para reorganização no sentido da rotatória com instalação de redutores de velocidades nas proximidades da Praça Rotary.</t>
   </si>
   <si>
     <t>10583</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10583/i0003116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10583/i0003116.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o Secretário do Meio Ambiente a fim de que seja verificado o porquê de algumas Ruas do Conjunto Habitacional Emílio Zanata estarem sem a coleta de folhas nas quintas-feiras.</t>
   </si>
   <si>
     <t>10584</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10584/i0003216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10584/i0003216.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza no terreno onde se localiza o Ginásio de Esportes Dovilho Moura.</t>
   </si>
   <si>
     <t>10585</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10585/i0003316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10585/i0003316.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o Comando da Policia Militar para que sejam efetuadas diligências, diariamente, no período noturno, na Av. Washington Luiz, no sentido de que seja cumprida a Lei Municipal que proíbe som alto.</t>
   </si>
   <si>
     <t>10586</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10586/i0003416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10586/i0003416.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja disponibilizado bancos ou cadeiras no corredor do pronto atendimento municipal, para uso dos pacientes que aguardam a chamada nas portas dos consultórios.</t>
   </si>
   <si>
     <t>10587</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10587/i0003516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10587/i0003516.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente o recapeamento asfáltico em toda extensão da Rua Aristides Zanoni.</t>
   </si>
   <si>
     <t>10588</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10588/i0003616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10588/i0003616.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza dos seguintes locais: 1. No canteiro central do Bairro São Cristóvão. 2. Na área verde localizada no Bairro São Cristóvão. 3. Na área verde localizada no Bairro Vitória Régia. 4. Nos arredores da UPA - Unidade de Pronto Atendimento.</t>
   </si>
   <si>
     <t>10589</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10589/i0003716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10589/i0003716.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa buracos, nos seguintes locais: 1. Na Rua Tupã, no trecho compreendido entre as Ruas São Manoel e Januário Bonito; e, 2. Rua Monte Castelo, defronte do número 1747.</t>
   </si>
   <si>
     <t>10590</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10590/i0003816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10590/i0003816.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a ligação e ampliação do bueiro existente na Rua Bolívia, em frente da Creche Nana Nenê. No caso de inviabilidade, que se estude uma forma de canalização para escoamento da água.</t>
   </si>
   <si>
     <t>10598</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10598/i0003916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10598/i0003916.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude junto ao setor competente a possibilidade de aderir ao programa de adoção de praças e áreas verdes.</t>
   </si>
   <si>
     <t>10599</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10599/i0004016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10599/i0004016.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa buracos na Rua Monte Castelo, no trecho compreendido entre as Ruas Anita Garibaldi e Anália Franco.</t>
   </si>
   <si>
     <t>10600</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10600/i0004116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10600/i0004116.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa buracos na Rua Brasil, no trecho compreendido entre as Ruas Martin Afonso e São Manoel.</t>
   </si>
   <si>
     <t>10601</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10601/i0004216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10601/i0004216.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa buracos na Rua Primavera, cruzamento com Berílio e Florianópolis, em frente ao Batalhão da PM.</t>
   </si>
   <si>
     <t>10622</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10622/i0004316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10622/i0004316.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente algumas melhorias no centro de zoonoses, a saber: 1. Conserto da caixa de esgoto; 2. Conceder uniforme para os servidores; 3. Capinação e limpeza no local; 4. Instalar novas telas de proteção nos abrigos de animais e manutenção constante do local.</t>
   </si>
   <si>
     <t>10623</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10623/i0004416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10623/i0004416.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a recuperação do solo asfáltico da Rua Waldomiro Gatto, no Jardim Kennedy.</t>
   </si>
   <si>
     <t>10624</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10624/i0004516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10624/i0004516.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza nos canteiros centrais existente na Av. Rui Barbosa, partindo da Rua Magid Zacarias, sentido Rodovia João Ribeiro de Barros</t>
   </si>
   <si>
     <t>10625</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10625/i0004616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10625/i0004616.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a instalação de uma torneira com pia no salão da Fepasa, onde funciona o Ateliê do Davi Decorações. Solicito ainda a instalação de duas lixeiras no local.</t>
   </si>
   <si>
     <t>10626</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10626/i0004716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10626/i0004716.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapas buracos nos bairros: Emilio Zanata, Jardim Alvorada,Vitória Regia, Frei Moacir I e II, Vila Correia.</t>
   </si>
   <si>
     <t>10627</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10627/i0004816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10627/i0004816.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a limpeza da Praça localizada na Rua Luiz de Lima, localizada no Bairro Frei Moacir I.</t>
   </si>
   <si>
     <t>10628</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10628/i0004916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10628/i0004916.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente melhorias no solo asfáltico da Rua José Valério, na altura do nº 250.</t>
   </si>
   <si>
     <t>10629</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10629/i0005016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10629/i0005016.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa buraco na Rua das Palmas esquina com a Alameda Bélgica.</t>
   </si>
   <si>
     <t>10642</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10642/i0005116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10642/i0005116.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a pintura de faixa de pedestre no cruzamento da Rua Oswaldo Paulino dos Santos com a Rua Fagundes Varela, no Jardim Brasilândia.</t>
   </si>
   <si>
     <t>10643</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10643/i0005216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10643/i0005216.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente o conserto da infiltração de água no muro de arrimo das 19 casas existente no Parque do Bosque.</t>
   </si>
   <si>
     <t>10658</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10658/i0005316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10658/i0005316.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a sinalização de solo da Rua Jacarandas, continuidade da Avenida Municipal, localizada no Parque Dracena e a instalação de placas de sinalização da rua sem saída.</t>
   </si>
   <si>
     <t>10659</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10659/i0005416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10659/i0005416.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a pintura de faixa de pedestre na Rua Tupã, mais especificamente, em frente a Igreja São Francisco de Assis.</t>
   </si>
   <si>
     <t>10669</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10669/i0005516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10669/i0005516.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a instalação de lixeiras na EMEFI "Guilherme Tammerik", e ainda no Posto de Saúde e no PSF do Jardim Brasilândia.</t>
   </si>
   <si>
     <t>10670</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10670/i0005616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10670/i0005616.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa-buraco na Rua das Rosas no Bairro Palmeiras I.</t>
   </si>
   <si>
     <t>10682</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10682/i0005716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10682/i0005716.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a poda de árvore existente na Rua Padre José de Anchieta, n.º 96, em frente da quadra de esportes da Escola do Bairro Jardim Brasilândia.</t>
   </si>
   <si>
     <t>10683</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10683/i0005816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10683/i0005816.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente uma operação tapa-buraco em toda extensão da Rua Bolívia, no Jardim Palmeiras.</t>
   </si>
   <si>
     <t>10705</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10705/i0005916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10705/i0005916.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza na Rua Almirante Barroso, altura do número 450, na Colônia da Fepasa. Indico ainda a desobstrução da caixa de captação de águas pluviais que existe próxima ao citado local.</t>
   </si>
   <si>
     <t>10706</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10706/i0006016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10706/i0006016.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a instalação de dois redutores de velocidades, sendo um na Rua Venezuela, altura do número 150, proximidade da Escola Objetivo e; o outro, na Avenida Presidente Roosevelt, altura do número 2.290.</t>
   </si>
   <si>
     <t>10707</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10707/i0006116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10707/i0006116.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a realização de uma operação tapa buracos na Rua Januário Bonito.</t>
   </si>
   <si>
     <t>10715</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Moisés Antonio de Lima</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10715/i0006216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10715/i0006216.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com a Secretaria de Agricultura determine a limpeza e poda de árvores no canteiro central da Av. Rui Barbosa, no trecho compreendido entre as Ruas Magid Zacarias e Hermes da Fonseca.</t>
   </si>
   <si>
     <t>10716</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10716/i0006316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10716/i0006316.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a dedetização nos bueiros existentes na Viela localizada na Av. Expedicionários, atendendo a pedido dos moradores, uma vez que há muitos insetos no local, o que o que incomoda e representa perigo a todos.</t>
   </si>
   <si>
     <t>10717</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10717/i0006416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10717/i0006416.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza no parque infantil existente no Jardim Bortolato II, mais precisamente, no final da Rua Marçal Ilírio Ortega.</t>
   </si>
   <si>
     <t>10718</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10718/i0006516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10718/i0006516.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente o recapeamento ou tapa buracos na Rua das Imbuias no Palmeiras II, mais precisamente nas imediações do numero 243.</t>
   </si>
   <si>
     <t>10719</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10719/i0006616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10719/i0006616.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a sinalização de solo da Rua Fortaleza, mais especificamente na entrada do Bairro São Cristóvão.</t>
   </si>
   <si>
     <t>10720</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10720/i0006716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10720/i0006716.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente o recapeamento asfáltico da Avenida Expedicionários, no trecho compreendido entre as ruas Adolfo Cavalhieri e Caramuru.</t>
   </si>
   <si>
     <t>10731</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10731/i0006816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10731/i0006816.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudo com o setor competente para solucionar o grande acúmulo de água que ocorre, durante o período de chuvas, no cruzamento da Rua Visconde do Rio Branco com a Rua Medardo Belintani.</t>
   </si>
   <si>
     <t>10732</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10732/i0006916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10732/i0006916.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam colocados pelo menos dois postes de iluminação na Rua Nestor Crepaldi, no Bairro Fioravante.</t>
   </si>
   <si>
     <t>10740</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10740/i0007016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10740/i0007016.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudo com o setor competente para realização de perfilamento asfáltico na Rua Leordino Silva Costa, entre a Rua Carlos Gomes e Rua Adolfo Cavalhieri.</t>
   </si>
   <si>
     <t>10741</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10741/i0007116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10741/i0007116.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a construção de uma lombada na Rua Princesa Isabel, na altura do número 1.445.</t>
   </si>
   <si>
     <t>10742</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10742/i0007216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10742/i0007216.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude a possibilidade de estabelecer, no orçamento para 2017, verba de R$ 1.500.000,00 (um milhão e quinhentos mil reais) para a ampliação das dependências da Unesp de Dracena.</t>
   </si>
   <si>
     <t>10760</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10760/i0007316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10760/i0007316.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a pintura de solo demarcando vagas para o estacionamento privativo de veículos transportando cadeirantes e/ou idosos. Isto, em frente ao Centro de Saúde I - Dr. Takashi Enokibara, localizado na Rua Espírito Santo.</t>
   </si>
   <si>
     <t>10761</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10761/i0007416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10761/i0007416.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, realização de operação tapa-buracos na Rua Tenente Antero Contrera, em frente ao número 458.</t>
   </si>
   <si>
     <t>10762</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10762/i0007516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10762/i0007516.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que busque meios de estender a vacinação contra a gripe para toda a população dracenense, e que não seja mais limitada apenas a idosos e grupos de risco Assim, indico ao Sr. Prefeito que estude com a Secretaria de Saúde meios de pleitear, junto aos órgãos da Administração Estadual, doses da vacina para atender toda a população de Dracena, independente de estarem ou não inclusos nos grupos de risco.</t>
   </si>
   <si>
     <t>10771</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Luiz Rodrigues Coelho, Milton Polon, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10771/i0007616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10771/i0007616.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o setor competente e viabilize a abertura da Rua Brasil sobre os trilhos da linha férrea, unindo o bairro ao centro.</t>
   </si>
   <si>
     <t>10772</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10772/i0007716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10772/i0007716.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a Secretaria de Agricultura e estude a possibilidade de dotar de paisagismo o canteiro central existente no trevo de entrada da cidade pela Rodovia Comandante João Ribeiro de Barros, proximidades da empresa JOJO.</t>
   </si>
   <si>
     <t>10780</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10780/i0007816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10780/i0007816.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de operação tapa-buracos no cruzamento da Rua Fortaleza com a Rua Belo Horizonte, no Bairro Metrópole.</t>
   </si>
   <si>
     <t>10801</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Claudevi Oliveira da Silva Júnior, Francisco Eduardo Aniceto Rossi, Juliano Brito Bertolini, Kielse Chiari Munis, Luiz Rodrigues Coelho, Milton Polon, Moacir Shoiti Kanezawa, Moisés Antonio de Lima, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10801/i0007916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10801/i0007916.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude a possibilidade de destinar ao funcionalismo parte do valor arrecadado com os serviços bancários de administração da folha de pagamento dos servidores, a ser contratado mediante licitação que será realizada em breve. RETIRADA PELOS AUTORES</t>
   </si>
   <si>
     <t>10802</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10802/i0008016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10802/i0008016.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, através da Secretaria de Agricultura e Meio Ambiente, de acordo com o Regimento Interno dessa egrégia Casa de Leis, medidas para a poda adequada e limpeza do jardim existente na antiga estação ferroviária.</t>
   </si>
   <si>
     <t>10830</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10830/i0008116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10830/i0008116.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que com a retirada do Projeto de Lei Nº. 28 de 06/05/2016, que prevê a possibilidade do Poder Executivo celebrar contrato com instituição financeira pública ou privada, visando o processamento e o pagamento da folha de pagamento da totalidade dos funcionários públicos municipais (ativos, inativos, pensionistas e estagiários), cujo pagamento seja efetuado pela Prefeitura de Dracena, respeitadas as diretrizes do Banco Central do Brasil, sabendo então que neste momento foi retirado da apreciação desta Casa de Leis a pedido do Prefeito, peço que o mesmo teor de minha emenda aditiva N.º 001/16 de 19/05/2016, do mesmo Projeto de Lei acima citado, inverta-se em modelo de indicação, contendo a seguinte redação: Fica estabelecido que 50% (cinquenta por cento) dos recursos advindos com a comercialização seja revertida e rateada ao funcionalismo público municipal, em forma de bônus, a ser pago no primeiro mês de assinatura do contrato. Solicito ainda a formalização e entrega deste conteúdo ao Sindicato dos Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>10831</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10831/i0008216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10831/i0008216.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que juntamente com a Secretaria Municipal de Educação, possam adotar o livro didático "Sem abelha sem alimento" - Caderno de Atividades para Educação Ambiental, de Rosane Malusá Gonçalves Peruchi e Lionel Segui Gonçalves - para crianças de 7 a 10 anos de idade, alunos do 2º ao 5º ano do I Ciclo de Ensino Fundamental - para despertar nas crianças a consciência do serviço de polinização prestado pela abelhas e outros agentes polinizadores. Essa questão tem, indiscutivelmente, um impacto global, já que a polinização está diretamente associada à manutenção da biodiversidade, à produção de alimentos no mundo e ao desenvolvimento de um mundo sustentável.</t>
   </si>
   <si>
     <t>10832</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10832/i0008316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10832/i0008316.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que possa estudar e viabilizar o Projeto Cidade Amiga das Abelhas "Polinizando a natureza para a vida", que tem como objetivos: ampliar o conhecimento e a educação da população sobre a importância das abelhas; engajar as organizações públicas na conscientização e proteção dos polinizadores; apoiar as administrações públicas com práticas de gestão que preservem os polinizadores em áreas urbanas e sua boa convivência com a população; dar notoriedade e reconhecimento às administrações orientadas para a preservação, melhoria e recuperação do meio ambiente e gerar um ambiente favorável ao incremento e à expansão da criação de abelhas sem ferrão nos municípios.</t>
   </si>
   <si>
     <t>10833</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Claudevi Oliveira da Silva Júnior, Divanir Ledo dos Santos, Francisco Eduardo Aniceto Rossi, Juliano Brito Bertolini, Luiz Rodrigues Coelho, Milton Polon, Moacir Shoiti Kanezawa, Moisés Antonio de Lima, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10833/i0008416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10833/i0008416.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude a possibilidade de conceder algum tipo de benefício em dobro ou triplo, no cartão alimentação dos funcionários públicos municipais da ativa e aposentados. Esta indicação está em harmonia com o Requerimento n.º 240/2016, apresentado pelos vereadores na sessão anterior.</t>
   </si>
   <si>
     <t>10834</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10834/i0008516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10834/i0008516.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que realize estudos e verifique a possibilidade de incluir na merenda escolar, para as crianças da rede municipal de ensino, produtos derivados do mel, referente ao Projeto Cidade Amiga das Abelhas, com apoio dos Professores Doutores da Unesp - Câmpus de Dracena.</t>
   </si>
   <si>
     <t>10835</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10835/i0008616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10835/i0008616.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que realize operação tapa-buracos na Rua Medardo Belintani, na altura do n.º 1057</t>
   </si>
   <si>
     <t>10836</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10836/i0008716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10836/i0008716.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja asfaltado o trecho entre o final da Avenida Francisco Antônio Pereira e o início do loteamento Jardim dos Pássaros.</t>
   </si>
   <si>
     <t>10837</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10837/i0008816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10837/i0008816.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente melhorias na Estrada da Maquininha, que está em péssimas condições de tráfego, tais como: 1. Construção de caixas de captação de águas pluviais, 2. Levantar os quebra molas, 3. Colocação de cascalho e/ou pedra brita.</t>
   </si>
   <si>
     <t>23428</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23428/i0008916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23428/i0008916.pdf</t>
   </si>
   <si>
     <t>Indicação que entre em contato com o Comando da Polícia Rodoviária para intensificar a fiscalização, uma vez que há muitas reclamações de moradores quanto ao fluxo de veículos pesados e ao barulho dos caminhões durante a madrugada passando pelo trevo em frente da Empresa Jojo Transportadora, pelo Jardim das Palmeiras, por meio das ruas Venezuela e Uruguai, e seguindo até a Estrada Municipal Governador Mario Covas Júnior.</t>
   </si>
   <si>
     <t>10852</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10852/i0009016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10852/i0009016.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de contrato, através de licitação, com uma clínica veterinária, para fazer o exame de contraprova em caso de Leishmaniose.</t>
   </si>
   <si>
     <t>10853</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10853/i0009116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10853/i0009116.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a reforma imediata das instalações do CCZ - Centro de Controle de Zoonoses, oferecendo condições dignas de trabalho para os funcionários, inclusive fornecendo uniformes.</t>
   </si>
   <si>
     <t>10854</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10854/i0009216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10854/i0009216.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine à Secretaria de Obras e Infraestrutura que, através da EMDAEP, realize o recapeamento na Rua Miguel do Nascimento, entre a Rua Princesa Isabel e a Avenida Rui Barbosa.</t>
   </si>
   <si>
     <t>10855</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10855/i0009316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10855/i0009316.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de reforma no Teatro Municipal Aécio de Féo Flora e aquisição de equipamentos de iluminação e som.</t>
   </si>
   <si>
     <t>10856</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10856/i0009416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10856/i0009416.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a pintura de solo de faixa de pedestres e também faixa de demarcação de estacionamento na escola de Língua Inglesa Wizard, localizada na Rua Monte Castelo, n.º 1368.</t>
   </si>
   <si>
     <t>10857</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10857/i0009516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10857/i0009516.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente o recapeamento asfáltico na Rua Monte Castelo, altura do n.º 221, no trecho compreendido entre as Ruas Anália Franco, Ana Neri e Anita Garibaldi.</t>
   </si>
   <si>
     <t>10862</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10862/i0009616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10862/i0009616.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que acate a Indicação realizada por este Vereador, em torno da questão do repasse em forma de bônus aos funcionários públicos municipais, tanto ativos, inativos, pensionistas e estagiários, para que 50% dos recursos angariados pela venda (negociação) através de licitação da folha de pagamentos sejam rateados entre eles, respeitando a legislação eleitoral, de que não podem ser distribuídos em ano eleitoral, indico então que estes valores sejam reservados de forma legal para o ano subsequente em seu primeiro mês, e que as próximas licitações ocorram sempre fora de ano eleitoral.</t>
   </si>
   <si>
     <t>10863</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10863/i0009716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10863/i0009716.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente que seja adotada mão única de direção na Rua Irradiação, partindo da Avenida Rui Barbosa até o Bairro Bela Vista.</t>
   </si>
   <si>
     <t>10864</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10864/i0009816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10864/i0009816.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a construção de guias e sarjetas na Rua Maria Luzia dos Santos, no distrito de Jaciporã.</t>
   </si>
   <si>
     <t>10865</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10865/i0009916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10865/i0009916.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a reconstrução de canaleta, que se encontra esburacada, na Rua Joaquim Palmeira, cruzamento com a Rua Maria Luzia Santos, no distrito de Jaciporã.</t>
   </si>
   <si>
     <t>10866</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10866/i0010016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10866/i0010016.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a construção de canaleta para escoamento de água na Rua Aécio de Feo Flora, esquina com a Rua Maria Firmino Souza, em frente à escola Alfredo Machado, situada no Jardim Brasilandia.</t>
   </si>
   <si>
     <t>10867</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10867/i0010116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10867/i0010116.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a reconstrução de canaleta na Rua Aluísio de Azevedo, esquina com a Rua José Aparecido Semensato, no Jardim Brasilandia e Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>10868</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10868/i0010216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10868/i0010216.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a realização de recapeamento ou perfilamento asfáltico na Rua Terenos, no Bairro Campo Belo II.</t>
   </si>
   <si>
     <t>10869</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10869/i0010316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10869/i0010316.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a reconstrução de canaleta na Rua Osvaldo Paulino dos Santos, esquina com a Rua Cora Coralina, nos Jardins Cristina e Brasilandia.</t>
   </si>
   <si>
     <t>10870</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10870/i0010416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10870/i0010416.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a pintura de solo de faixa de pedestres em frente à Escola de Idiomas Wizard, localizada na Rua Monte Castelo, n.º 1368.</t>
   </si>
   <si>
     <t>10871</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10871/i0010516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10871/i0010516.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a instalação de redutor de velocidade na Avenida Expedicionários, na altura do n.º 767, entre o Hotel das Dracenas e a empresa Roney Serv Festa.</t>
   </si>
   <si>
     <t>10882</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10882/i0010616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10882/i0010616.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, realização de estudo com o setor competente sobre a possibilidade de se construir um obstáculo redutor de velocidade na Avenida José Bonifácio, altura do n.º 215.</t>
   </si>
   <si>
     <t>10883</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10883/i0010716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10883/i0010716.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, realização de estudo com o setor competente sobre a possibilidade de se construir um obstáculo redutor de velocidade na Rua Anália Franco, altura do n.º 987.</t>
   </si>
   <si>
     <t>10891</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10891/i0010816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10891/i0010816.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que tome medidas para a regulamentação do Estatuto do Magistério Municipal, no que diz respeito à carga horária dos professores de EMEI, fazendo constar as regras da Lei Federal n.º 11.738, de 16 de julho de 2008, e da Resolução n.º 02, de 1º de julho de 2015, disciplinando a devida carga horária.</t>
   </si>
   <si>
     <t>10902</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10902/i0010916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10902/i0010916.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam feitos reparos na rede elétrica e, principalmente, o conserto das tomadas existentes na Praça da Igreja Matriz Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>10903</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10903/i0011016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10903/i0011016.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja realizado o conserto de um buraco e um afundamento asfáltico na Rua Aluísio de Azevedo esquina com a Rua Pedro Melegari, em frente ao Mercado Recanto.</t>
   </si>
   <si>
     <t>10904</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10904/i0011116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10904/i0011116.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que se realize instalação de sinal de Wi-fi na Praça da Igreja Matriz Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>10905</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10905/i0011216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10905/i0011216.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja feito um espaço adequado para ser usado por pessoas que gostam de se reunir, conversar e ouvir música (prática de som automotivo), com infraestrutura de iluminação, lixeiras e implementações que sejam necessárias.</t>
   </si>
   <si>
     <t>10906</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10906/i0011316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10906/i0011316.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que se faça um estudo para instalação de um redutor de velocidade do tipo lombada na Rua Spinardi, altura do n.º 1256,.</t>
   </si>
   <si>
     <t>10915</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10915/i0011416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10915/i0011416.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a substituição de lâmpadas queimadas na quadra de vôlei de areia localizada na Praça ao lado da EMEFI Otília Braz Nogueirol.</t>
   </si>
   <si>
     <t>10916</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10916/i0011516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10916/i0011516.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de recapeamento ou perfilamento asfáltico na Rua das Garças, defronte da EMEFI Vereador João Milan Barbosa, no Conjunto Habitacional Emílio Zanatta.</t>
   </si>
   <si>
     <t>10917</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10917/i0011616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10917/i0011616.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a realização de uma operação tapa-buracos na rotatória existente na entrada do Conjunto Habitacional Emílio Zanatta, próxima à EMEFI Vereador João Milan Barbosa.</t>
   </si>
   <si>
     <t>10926</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10926/i0011716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10926/i0011716.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a realização de uma operação tapa-buracos na Rua Toshinobu Tomiyoshi, no Conjunto Habitacional Paulo Vendramin.</t>
   </si>
   <si>
     <t>10927</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Aline de Oliveira Zolin, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10927/i0011816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10927/i0011816.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado um redutor de velocidade na Rua Edson da Silveira Campos, aproximadamente entre os números 1.300 e 1.350.</t>
   </si>
   <si>
     <t>10928</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10928/i0011916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10928/i0011916.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja instalado bebedouro com água potável e gelada na Praça da Igreja Matriz Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>23492</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23492/i0012016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23492/i0012016.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Inter-no dessa egrégia Casa de Leis, que seja realizado reparo em uma caixa de drenagem de águas pluviais no cruzamento das ruas Alagoas e Washington Luiz, no Bairro Tonico André, pois a tampa da mesma está danificada, ofere-cendo risco de queda aos pedestres que passam pela calçada.</t>
   </si>
   <si>
     <t>23429</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23429/i0012116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23429/i0012116.pdf</t>
   </si>
   <si>
     <t>Indicação que seja feita uma canaleta na esquina da Rua Anália Franco em frente ao n.º 611, para passagem de águas provenientes de chuva, de estabelecimentos e de usuários da Avenida Rui Barbosa, no cruzamento com a Rua Anália Franco.</t>
   </si>
   <si>
     <t>10942</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10942/i0012216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10942/i0012216.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que através da Secretaria de Assuntos Viários estude a possibilidade de instalar uma "lombofaixa" ou redutor de velocidade na Avenida Washington Luiz, no quarteirão entre as ruas Ceará e Alagoas, no Bairro Tonico André.</t>
   </si>
   <si>
     <t>10951</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10951/i0012316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10951/i0012316.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a realização de operação tapa-buraco na Rua Cecília Meireles, altura do n.º 200, no Jardim Brasilandia.</t>
   </si>
   <si>
     <t>10952</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10952/i0012416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10952/i0012416.pdf</t>
   </si>
   <si>
     <t>INDICO ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com o setor competente a possibilidade de realizar de trinta a sessenta dias de atendimento médico aos moradores do Bairro Iandara.</t>
   </si>
   <si>
     <t>10970</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10970/i0012516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10970/i0012516.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente o conserto de uma caixa de captação de águas pluviais, localizada no cruzamento da Avenida Rui Barbosa com a Rua Cruzeiro do Sul, em frente à entrada do Ginásio de Esportes da Associação Bancária de Dracena - ABD.</t>
   </si>
   <si>
     <t>10971</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10971/i0012616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10971/i0012616.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que juntamente com a EMDAP realize operação tapa buracos na Rua Aécio de Féo Flora, no cruzamento com a Rua Cecília Meireles, localizada no Bairro COHAB João Vendramini.</t>
   </si>
   <si>
     <t>10981</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10981/i0012716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10981/i0012716.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja realizada operação tapa buracos nas ruas Tenente Antero Contrera e Nações Unidas</t>
   </si>
   <si>
     <t>10982</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10982/i0012816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10982/i0012816.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que seja realizada operação tapa buracos na Rua Monte Castelo, entre as ruas Anália Franco e Anita Garibaldi.</t>
   </si>
   <si>
     <t>10983</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10983/i0012916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10983/i0012916.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam instalados bancos de madeira no campo barrancão, do lado oeste.</t>
   </si>
   <si>
     <t>10988</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10988/i0013016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10988/i0013016.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a realização de operação tapa buracos na Rua Bolívia, altura do n.º 411 ao n.º 473.</t>
   </si>
   <si>
     <t>10989</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10989/i0013116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10989/i0013116.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a realização de operação tapa buracos nos seguintes locais: - Rua Águia Dourada - Bairro Emilio Zanata; - Vicinal José Mazzoni e Vicinal Carlos Torquato - Bairro Virgilio Fioravante.</t>
   </si>
   <si>
     <t>11004</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11004/i0013216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11004/i0013216.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza de bueiro existente na Rua Joaquim André, altura do n.º 409, próximo à EMEFI Prof. Moacir Simardi.</t>
   </si>
   <si>
     <t>11005</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11005/i0013316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11005/i0013316.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza da área verde localizada entre as alamedas Bélgica e Polônia, assim como da praça ao lado da EMEFI Ottília Braz Noguerol, no Jardim das Palmeiras II, e também da área verde localizada no Residencial Sol Nascente. .</t>
   </si>
   <si>
     <t>11006</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11006/i0013416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11006/i0013416.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que providencie operação tapa buracos nas ruas dos bairros: Jardim Santa Clara, São Francisco e Vila Barros.</t>
   </si>
   <si>
     <t>11007</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11007/i0013516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11007/i0013516.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a realização de operação tapa buracos na Avenida Rui Barbosa, entre as ruas Caramuru e Arcílio de Souza Trindade.</t>
   </si>
   <si>
     <t>11008</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11008/i0013616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11008/i0013616.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza de um terreno pertencente à Prefeitura localizado na Rua São Manoel, ao lado do n.º 1.021.</t>
   </si>
   <si>
     <t>11016</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11016/i0013716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11016/i0013716.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que viabilize estudo sobre a possibilidade de abertura da Rua São Paulo, nos fundos da unidade do Corpo de Bombeiros.</t>
   </si>
   <si>
     <t>11017</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11017/i0013816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11017/i0013816.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que viabilize estudo sobre a possibilidade de abertura da Rua Stélio Machado Loureiro sobre a linha férrea, ligando o Jardim Santa Clara ao Bairro São Francisco, uma vez que a empresa América Latina Logística encerrou suas atividades na região há muitos anos.</t>
   </si>
   <si>
     <t>11018</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11018/i0013916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11018/i0013916.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que viabilize através da Secretaria de Agricultura e Meio Ambiente a limpeza da Rua Anedino Florindo Santana, no bairro Iandara.</t>
   </si>
   <si>
     <t>10470</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10470/r0000116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10470/r0000116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Dr. Geraldo Alckmin, Governador do Estado de São Paulo, pela liberação da fosfoetanolamina sintética no tratamento aos pacientes de câncer.</t>
   </si>
   <si>
     <t>10471</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10471/r0000216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10471/r0000216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a Sra. Fernanda Morgado de Abreu proprietária do "Restaurante 153", inaugurado recentemente em amplas e modernas instalações na Rua Vendramin, n.º 153.</t>
   </si>
   <si>
     <t>23430</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23430/r0000316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23430/r0000316.pdf</t>
   </si>
   <si>
     <t>Requer VOTOS DE CONGRATULAÇÕES ao Sr. Valdir Francisco de Araújo, proprietário do Val Car Lava Jato, inaugurado recentemente na Av. José Bonifácio, n.º 444.</t>
   </si>
   <si>
     <t>10472</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10472/r0000416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10472/r0000416.pdf</t>
   </si>
   <si>
     <t>Tendo em vista a publicação de matéria na internet: "O ministro da Educação, Aloizio Mercadante, disse nesta quinta-feira (14) que o novo piso salarial dos professores terá aumento de 11,36% a partir de janeiro de 2016. O salário base passa de R$ 1.917,78 para R$ 2.135,64"; Requeremos ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se a Prefeitura irá aderir ao novo piso salarial para os profissionais da educação do município.</t>
   </si>
   <si>
     <t>10473</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10473/r0000516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10473/r0000516.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quantas crianças se encontram matriculadas e frequentando as EMEIS? 2. Qual o déficit de vagas hoje?</t>
   </si>
   <si>
     <t>10474</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10474/r0000616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10474/r0000616.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe sobre o concurso da Prefeitura realizado em 2012 que foi prorrogado e está vencendo a prorrogação, a saber: Se há contratações para efetivar professores?</t>
   </si>
   <si>
     <t>10475</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10475/r0000716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10475/r0000716.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Como está funcionando o plantão no cemitério durante os finais de semana e feriados? 2. Foi terceirizado algum tipo de serviço naquele local? Se afirmativo, quais os serviços, o valor do contrato, a vigência, e para que tipo de serviço?</t>
   </si>
   <si>
     <t>10476</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10476/r0000816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10476/r0000816.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Os equipamentos adquiridos através do Governo Federal (retroescavadeira, Moto niveladora e Caminhão Basculante) estão sendo usados no setor rural? 2. Esses equipamentos estão sob a responsabilidade de qual secretaria? 3. Quais as medidas que estão sendo tomadas para melhorias nas estradas rurais?</t>
   </si>
   <si>
     <t>10477</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10477/r0000916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10477/r0000916.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Existe uma pá carregadeira em conserto em outro município? Se afirmativo, quando foi levada; para qual município; qual o defeito; e qual o valor do conserto? 2. Qual a previsão de entrega da máquina para Dracena?</t>
   </si>
   <si>
     <t>10478</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10478/r0001016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10478/r0001016.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Valdir Felipe da Silva, ocorrido em 13 de Janeiro de 2016.</t>
   </si>
   <si>
     <t>10479</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10479/r0001116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10479/r0001116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Senhor Vladimir José da Silva e a Senhorita Renata Aparecida Carvalho, proprietários da Vidraçaria TEMPER BOX, inaugurada em amplas e modernas instalações na Avenida José Bonifácio, n.º 1.915.</t>
   </si>
   <si>
     <t>10480</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10480/r0001216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10480/r0001216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Dr. Claudio de Almeida Garcia, ocorrido em 29 de Dezembro de 2015.</t>
   </si>
   <si>
     <t>10481</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10481/r0001316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10481/r0001316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Cristiano Vendramel Catharin e a Srtª. Thaisa Hernandes Catharin, proprietários da TRIANDA Pizzaria, inaugurada no dia 21.01.16 em amplas e modernas instalações na Av. José Bonifácio, n.º 472, na Vila Barros em Dracena.</t>
   </si>
   <si>
     <t>10482</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10482/r0001416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10482/r0001416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Carnen da Silva, ocorrido em 13 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10483</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10483/r0001516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10483/r0001516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Alzira Palhiari Oliani, ocorrido em 13 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10484</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10484/r0001616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10484/r0001616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José de Aro Neto, ocorrido em 14 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10485</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10485/r0001716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10485/r0001716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Alves de Andrade (Tonho da Policia Ambiental), ocorrido em 14 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10486</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10486/r0001816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10486/r0001816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria do Carmo da Conceição, ocorrido em 16 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10487</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10487/r0001916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10487/r0001916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Carlos dos Santos, ocorrido em 16 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10488</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10488/r0002016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10488/r0002016.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Amélia Romanini Verona, ocorrido em 17 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10489</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10489/r0002116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10489/r0002116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Aparecida dos Santos Cardoso, ocorrido em 22 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10490</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10490/r0002216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10490/r0002216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Elza Baptiston Noti, ocorrido em 23 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10491</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10491/r0002316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10491/r0002316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Nelson Marquetti ocorrido em 24 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10492</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10492/r0002416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10492/r0002416.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que encaminhe a prestação de contas com cópias das notas fiscais referente a venda de bebidas no "bar" do Ginásio de Esportes Dovilho Moura, durante a realização dos Jogos de Futsal do Campeonato de Férias dos anos de 2013, 2014 e 2015.</t>
   </si>
   <si>
     <t>10493</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10493/r0002516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10493/r0002516.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que encaminhe a prestação de contas com cópias das notas fiscais referente a venda de bebidas no "bar" do Ginásio de Esportes Dovilho Moura, durante a realização dos Jogos de Futsal do Campeonato de Férias de 2016. Requeiro ainda, que informe também sobre a relação de entrada e saída dos produtos durante o campeonato.</t>
   </si>
   <si>
     <t>10494</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10494/r0002616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10494/r0002616.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se foi realizado estudos para a mudança no trânsito em frente ao portão de entrada do Colégio Anglo Cid, e, em caso afirmativo, se há previsão para fazer a obra.</t>
   </si>
   <si>
     <t>10495</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10495/r0002716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10495/r0002716.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos atletas da equipe Sucatolândia/Top Center/Tempersul, que conquistaram o título de Campeões na 47ª Edição do Campeonato de Futsal de Férias, tornando-se pentacampeã.</t>
   </si>
   <si>
     <t>10496</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10496/r0002816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10496/r0002816.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito, José Antonio Pedretti; ao Secretário de Esportes, José Carlos Barbosa; aos Diretores e demais funcionários da Secretaria, pela brilhante organização 47ª Edição do Campeonato de Futsal de Férias “Silvio Silva”.</t>
   </si>
   <si>
     <t>10497</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10497/r0002916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10497/r0002916.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Carlos Aparecido da Silva, ocorrido em 31 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10498</t>
   </si>
   <si>
     <t>Luiz Rodrigues Coelho, Milton Polon, Moisés Antonio de Lima, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10498/r0003016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10498/r0003016.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Milton Alves, ocorrido em 31 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10499</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10499/r0003116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10499/r0003116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Wilnayd Pedrina Feres dos Santos, ocorrido em 31 de janeiro de 2016.</t>
   </si>
   <si>
     <t>10510</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10510/r0003216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10510/r0003216.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 01 - Quantos professores da rede municipal se aposentaram durante o ano de 2015 e início de 2016? 02 - Quantas dessas vagas foram preenchidas com a convocação dos classificados do concurso público? 03 - Qual a quantidade de professores efetivos que atuam nas EMEFIs e quantos nas EMEIs? 04 - Qual a quantidade de professores contratados temporários que atuam nas EMEFIs e quanto nas EMEIs? 05 - Quantos auxiliares da educação foram contratados temporários em 2016?</t>
   </si>
   <si>
     <t>10511</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10511/r0003316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10511/r0003316.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Senhor Prefeito, de acordo com o Regimento desta egrégia Casa de Leis, entre em contato com o DER – Departamento de Estrada de Rodagem, e nos informe se há previsão para a instalação do nome da cidade de Dracena no trevo, como havia anteriormente.</t>
   </si>
   <si>
     <t>10512</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10512/r0003416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10512/r0003416.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento desta egrégia Casa de Leis, que nos informe quando será realizada as obras de construção de caixas de captação de águas pluviais na Rua Anedino Florindo Santana, localizada no Bairro Iandara.</t>
   </si>
   <si>
     <t>10513</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10513/r0003516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10513/r0003516.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento desta egrégia Casa de Leis, que nos informe o nome e o setor dos servidores da Prefeitura que estão cumprindo estágio probatório.</t>
   </si>
   <si>
     <t>10514</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10514/r0003616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10514/r0003616.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento desta egrégia Casa de Leis, que em contato com a Presidente da EMDAEP nos informe o que segue: 1. Se a EMDAEP pagou horas extras aos funcionários nos meses de outubro e novembro/2015, conforme informou a este vereador com cópia de documentação da própria empresa porque, então, justificar a população que os funcionários da EMDAEP se negaram a trabalhar aos finais de semana como consta na reportagem? 2. A diretoria da EMDAEP não fez planejamento financeiro para o pagamento de horas extras aos funcionários para o recapeamento especifico da Av. Presidente Roosevelt já que era sabido que isso iria ocorrer? Justificar. 3. A diretoria da EMDAEP não queria pagar horas extras aos funcionários da empresa nos três últimos meses de 2015? justificar. 4. Com a decisão do corte de gastos, inclusive o de horas extras, por parte da diretoria da EMDAEP, a mesma não pensou que os funcionários buscaram alternativas para a complementação salarial já que não seriam convocados para trabalhar aos finais de semana? justificar. 5. Porque a diretoria da EMDAEP transfere a responsabilidade do recapeamento da Av. Presidente Roosevelt para os funcionários jogando-os literalmente contra a população sendo que todas as decisões tomadas foram da administração direta e consequentemente da Presidência e diretoria da EMDAEP?</t>
   </si>
   <si>
     <t>10515</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10515/r0003716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10515/r0003716.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento desta egrégia casa de Leis, e reiterando o Requerimento n.º 613/15, constando o que segue: - cópia dos laudos de entrega das obras efetuadas pela EMDAEP - Empresa de Desenvolvimento, Água, Esgoto e Pavimentação tendo como Contratante a Prefeitura Municipal de Dracena dos anos de 2009 a 2015, devidamente assinados pelos responsáveis da EMDAEP e da Prefeitura para a liberação dos pagamentos das referidas obras.</t>
   </si>
   <si>
     <t>10516</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10516/r0003816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10516/r0003816.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos encaminhe a prestação de contas da APMIAD dos anos de 2013, 2014 e 2015. Requeiro ainda a relação dos funcionários que recebem pagamento salarial com repasses de verbas da administração municipal para a APMIAD.</t>
   </si>
   <si>
     <t>10517</t>
   </si>
   <si>
     <t>Milton Polon, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10517/r0003916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10517/r0003916.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Dirce Dezembro Gimenez, ocorrido em 07 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10518</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10518/r0004016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10518/r0004016.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Arminda Bernardes Dias, ocorrido em 07 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10523</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10523/r0004116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10523/r0004116.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador quantos funcionários da Secretaria de Agricultura estão afastados para tratamento de saúde.</t>
   </si>
   <si>
     <t>10524</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10524/r0004216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10524/r0004216.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador porque até a presente data não foi efetuado o perfilamento asfáltico na Rua Gastão Vidigal, no trecho compreendido entre as Ruas Januário Bonito e São Manoel.</t>
   </si>
   <si>
     <t>10525</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10525/r0004316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10525/r0004316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Manoel João de Paula, ocorrido em 11 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10526</t>
   </si>
   <si>
     <t>Francisco Eduardo Aniceto Rossi, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10526/r0004416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10526/r0004416.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Gerson Rodrigues, ocorrido em 11 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10527</t>
   </si>
   <si>
     <t>Moacir Shoiti Kanezawa</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10527/r0004516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10527/r0004516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Armozina Nery Santana, ocorrido em 11 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10528</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10528/r0004616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10528/r0004616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Dalvo Aárewcida Scarpanti, ocorrido em 11 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10529</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10529/r0004716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10529/r0004716.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador se há previsão para convocação do candidato ao cargo de padeiro do concurso realizado pela Prefeitura e, assim reativar a padaria do Jardim Brasilândia.</t>
   </si>
   <si>
     <t>10530</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10530/r0004816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10530/r0004816.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que em contato com a Secretaria de Obras e Assuntos Viários nos esclareça duvidas quanto aos diversos aparelhos adquiridos para instalação de academias ao ar livre, a saber: 1) - Quantas academias podem ser instaladas com esses aparelhos? 2) - Quando e onde serão instalados? 3) - Por que esses aparelhos ainda não foram instalados? 4) - Foi realizado processo licitatorio para aquisição dos aparelhos? Em caso afirmativo, qual o numero do processo e qual o nome da empresa vencedora? 5) - Esses aparelhos estão de acordo com a licitação em termos de qualidade e quantidade? 6) - Quem foi o responsável por receber e conferir a entrega dos aparelhos? 7) - Em que local estão armazenados? O local é apropriado para preservação e qualidade dos aparelhos?</t>
   </si>
   <si>
     <t>10531</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10531/r0004916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10531/r0004916.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que em contato com as Secretaria de Obras e Assuntos Viários e a Secretaria de Agricultura e Meio Ambiente nos informe o que segue: 1. Quais os trabalhos que estão sendo realizados para a recuperação das estradas rurais de Dracena? 2. Quantas e quais máquinas estão em condições para realizar o trabalho? 3. Quantas e quais máquinas estão paradas aguardando o conserto? 4. Quanto tempo estão paradas e o que falta para realizar o conserto?</t>
   </si>
   <si>
     <t>10532</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10532/r0005016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10532/r0005016.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se será efetuado algum procedimento para escoamento das águas da pluviais oriundas de vários bairros e que se acumula principalmente na Av. Vitória e Rua Fortaleza no Bairro Metrópole.</t>
   </si>
   <si>
     <t>10533</t>
   </si>
   <si>
     <t>Milton Polon, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10533/r0005116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10533/r0005116.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Eliane Manzano Bulcão de Paula, ocorrido em 12 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10534</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10534/r0005216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10534/r0005216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Senhor Samir Pernomian, eleito Presidente da AMNAP, extensivos aos demais membros Diretoria eleita e empossada em 11/01/2016.</t>
   </si>
   <si>
     <t>10535</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10535/r0005316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10535/r0005316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito, Senhor José Antonio Pedretti, Secretários, Diretores, funcionários e em especial aos membros da Comissão de Revisão do Plano Diretor e Urbanismo do Município de Dracena.</t>
   </si>
   <si>
     <t>10536</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10536/r0005416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10536/r0005416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Lourenço Adami, ocorrido em 07 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10537</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10537/r0005516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10537/r0005516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Leandro Vagula, ocorrido em 15 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10538</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10538/r0005616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10538/r0005616.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Jurandir Pereira da Silva, ocorrido em 15 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10547</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10547/r0005716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10547/r0005716.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o douto plenário, que nos informe sobre os asfaltamento da Avenida Expedicionários, no trecho compreendido entre as Ruas Januário Bonito e Antonio Rodrigues de Barros, a saber: 1. Qual a data de início para os reparos? 2. Quem será responsável pelos custos da recuperação? 3. Qual a previsão para o final dos reparos? 4. Qual serviço que será executado?</t>
   </si>
   <si>
     <t>10548</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10548/r0005816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10548/r0005816.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o douto plenário, que nos informe quais as providencias que serão tomadas, pela Prefeitura, para conter os pontos de alagamento no município.</t>
   </si>
   <si>
     <t>10549</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10549/r0005916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10549/r0005916.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador se há algum planejamento para resolver o problema com alagamentos que ocorrem, frequentemente, a cada chuva, na Rua São Paulo, no trecho compreendido entre as Ruas São Manoel e Januário Bonito.</t>
   </si>
   <si>
     <t>10550</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10550/r0006016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10550/r0006016.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador qual a previsão para a realização do recapeamento asfáltica da Rua Spinardi, no trecho compreendido entre as Ruas Tupã e Maria Moretti Carreira.</t>
   </si>
   <si>
     <t>10551</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10551/r0006116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10551/r0006116.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o douto plenário, que nos informe, o que segue, com relação a construção da UBS do Bairro Frei Moacir II: 1. Qual o motivo da obra estar paralisada? 2. Está sendo construído em local correto? 3. Como está a documentação dessa obra? 4. Qual o valor total da obra? 5. Qual é o valor e o percentual do município aplicado na obra? 6. Enviar cópia do projeto dessa obra.</t>
   </si>
   <si>
     <t>10552</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10552/r0006216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10552/r0006216.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue: 1. Por que não existem placas nas ruas do loteamento Bortolato II? 2. Por que não existe placa na rotatória de entrada do Conjunto Habitacional Bairro Emilio Zanata? 3. Por que não existe placa no prédio da Fisioterapia Municipal?</t>
   </si>
   <si>
     <t>10553</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10553/r0006316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10553/r0006316.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há previsão para o atendimento da Indicação n.º 063/15, através da qual solicitávamos a instalação de um semáforo no cruzamento da Avenida José Bonifácio com a Rua Caramuru.</t>
   </si>
   <si>
     <t>10554</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10554/r0006416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10554/r0006416.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe sobre as obras das Unidades Básica de Saúde dos Distritos de Jaciporã e Jamaica, a saber: 1. Quando serão reiniciadas as obras? 2. Qual o motivo da paralisação? 3. As escrituras das áreas já foram corrigidas?</t>
   </si>
   <si>
     <t>10555</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10555/r0006516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10555/r0006516.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se já foi adquirida uma área para a construção e instalação da nova lagoa de tratamento.</t>
   </si>
   <si>
     <t>10556</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10556/r0006616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10556/r0006616.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há estudos para o atendimento da Indicação n.º 89/15 e dos Requerimentos n.ºs 231 e 503/15, através dos quais solicitávamos a instalação de um obstáculo redutor de velocidade, de acordo com as normas de trânsito, na Av. Francisco Antonio Pereira, no Jardim Village.</t>
   </si>
   <si>
     <t>10557</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10557/r0006716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10557/r0006716.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há previsão para o atendimento da Indicação n.º 215/15, através da qual solicitávamos a instalação de dois redutores de velocidades, de acordo com as normas de trânsito na Av. Rui Barbosa, sendo um no cruzamento com a Rua Frei Perin, proximidades da Clinica Radiológica e outro defronte ao Sindicato dos Trabalhadores Rurais.</t>
   </si>
   <si>
     <t>10558</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10558/r0006816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10558/r0006816.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que em contato com a presidência da EMDAEP nos informe sobre o índice de saneamento básico existente em Dracena.</t>
   </si>
   <si>
     <t>10559</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10559/r0006916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10559/r0006916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito, Senhor José Antonio Pedretti, ao Secretário de Agricultura e Meio Ambiente, Senhor Antenor José de Oliveira Filho e demais secretarias, pela conquista do 13º lugar do Estado no Programa Município Verde Azul da Secretaria Estadual do Meio Ambiente, ao obter pontuação de 90,92. Conquistando também o 1º lugar da região da Nova Alta Paulista.</t>
   </si>
   <si>
     <t>10560</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10560/r0007016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10560/r0007016.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador sobre a Associação de Proteção a Maternidade, a Infância e ao Adolescente de Dracena, no que segue: 1. O Poder Executivo tem enviado rigorosamente o repasse de verba à Associação? 2. A entidade tem efetuado o pagamento dos seus funcionários em dia? Em caso negativo, justificar.</t>
   </si>
   <si>
     <t>10561</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10561/r0007116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10561/r0007116.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe quando será instalado o bebedouro na Praça Rotary.</t>
   </si>
   <si>
     <t>10562</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10562/r0007216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10562/r0007216.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos encaminhe cópias das notas fiscais de funilaria e pintura dos veículos que estão a disposição no CAPS.</t>
   </si>
   <si>
     <t>10563</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10563/r0007316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10563/r0007316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Ben Hur Gomes da Silva, ocorrido em 20 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10564</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10564/r0007416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10564/r0007416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Associação dos Engenheiros, Arquitetos e Agrônomo da Região de Dracena - AEARD, pelo evento realizado no dia 19.2.2016, na Casa da Engenharia de Dracena.</t>
   </si>
   <si>
     <t>10565</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10565/r0007516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10565/r0007516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Escola de Bailado Marina Gregolin, pelo belíssimo espetáculo de Dança, denominado "Para Sempre".</t>
   </si>
   <si>
     <t>10572</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10572/r0007616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10572/r0007616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Manoel Benedito Cardoso, ocorrido em 18 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10573</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Claudevi Oliveira da Silva Júnior, Divanir Ledo dos Santos, Francisco Eduardo Aniceto Rossi, Juliano Brito Bertolini, Kielse Chiari Munis, Milton Polon, Moacir Shoiti Kanezawa, Moisés Antonio de Lima, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10573/r0007716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10573/r0007716.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, de acordo com o artigo 165, § único do Regimento Interno, PEDIDO DE VISTA por até 10 dias ao Projeto de Lei n.º 002, de 26/01/2016, de autoria do Poder Executivo, que dispõe sobre a inclusão do inciso VI, ao artigo 6º, da Lei n.º 2.399, de 29.06.93, que dispõe sobre o funcionamento da Empresa de Desenvolvimento, Água, Esgoto e Pavimentação de Dracena - EMDAEP, alterada pelas Leis n.º s 3.089, de 26.7.2002 e 3.732, de 16.12.2009 e dá outras providências.</t>
   </si>
   <si>
     <t>10574</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10574/r0007816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10574/r0007816.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 004/2016, de 12.2.2016, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo a ceder uma máquina escavadeira hidráulica e uma máquina pá carregadeira da Prefeitura Municipal, para o fim que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>10575</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Claudevi Oliveira da Silva Júnior, Divanir Ledo dos Santos, Francisco Eduardo Aniceto Rossi, Juliano Brito Bertolini, Luiz Rodrigues Coelho, Milton Polon, Moacir Shoiti Kanezawa, Moisés Antonio de Lima, Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10575/r0007916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10575/r0007916.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 003/2016, de 12.2.2016, de autoria do Poder Executivo, que dispõe sobre alteração no art. 1º, da Lei n.º 4467, de 10.08.2015. (Auxilio Atleta Amador)</t>
   </si>
   <si>
     <t>10576</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10576/r0008016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10576/r0008016.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que em contato Senhora Fernanda Nasser Geronimo Conde, Secretaria Municipal de Educação e nos informe o que segue: 1) Por que a Secretaria Municipal de Educação ainda não adotou a referida deliberação do Conselho Estadual de Educação? 2) A Diretoria de Ensino de Adamantina, que realiza todos os procedimentos de Ensino na região enviou alguma determinação para o cumprimento da referida Deliberação? 3) Existe algum prazo determinado pela Diretoria de Ensino de Adamantina para a adequação em relação a referida Deliberação? Qual o prazo? 4) Em caso afirmativo, enviar cópia do documento da Diretoria de Ensino. Requeremos ainda que seja enviada cópia desta matéria à Promotoria de Justiça da Comarca de Dracena para ciência e de providencias, se entender necessárias.</t>
   </si>
   <si>
     <t>10577</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10577/r0008116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10577/r0008116.pdf</t>
   </si>
   <si>
     <t>Considerando que piso salarial do professores por 40 horas, que já vem sendo repassado ao FUNDEB desde Janeiro, no valor R$ 2,135,00 (dois mil cento e trinta e cinco reais) e que os professores estão recebendo somente R$ 1.922,00 (hum mil, novecentos e vinte e dois reais); Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que em contato Senhora Fernanda Nasser Geronimo Conde, Secretaria Municipal de Educação e nos informe se a administração repassará a reposição salarial e se pagará os meses em atraso.</t>
   </si>
   <si>
     <t>10578</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10578/r0008216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10578/r0008216.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe quando será instalada a academia ao ar livre na Praça do Lanche, existente no Conjunto Habitacional Emilio Zanata.</t>
   </si>
   <si>
     <t>10579</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10579/r0008316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10579/r0008316.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Emilio Dela Bandeira, ocorrido em 27 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10580</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10580/r0008416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10580/r0008416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Benedito Rodine Pereira, ocorrido em 27 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>10591</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10591/r0008516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10591/r0008516.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que em contato com o setor competente nos informe sobre a área de lazer existente no Jardim Brasilândia, cujo recebimento foi em agosto e já está abandonada, com postes quebrados, mato alto, buracos na pista de caminhada, etc. 1. Por que recebeu a obra? 2. Por que está abandonada? 3. Por que não foi inaugurada? 4. De quem é a responsabilidade da limpeza? 5. Houve aditamento contratual? Se, afirmativo, qual o valor?</t>
   </si>
   <si>
     <t>10592</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10592/r0008616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10592/r0008616.pdf</t>
   </si>
   <si>
     <t>Considerando que o piso salarial dos professores por 40 horas, que já vem sendo repassado ao FUNDEB desde Janeiro, é no valor R$ 2.135,00 (dois mil cento e trinta e cinco reais) e que na verdade os professores estão recebendo somente R$ 1.922,00 (hum mil, novecentos e vinte e dois reais), REQUEIRO ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que em contato Senhora Fernanda Nasser Geronimo Conde, Secretaria Municipal de Educação nos informe se a administração repassará a reposição salarial e pagará os meses atrasados.</t>
   </si>
   <si>
     <t>10593</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10593/r0008716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10593/r0008716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Dimas Spinosa, ocorrido em 02 de março de 2016.</t>
   </si>
   <si>
     <t>10594</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10594/r0008816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10594/r0008816.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que em contato com a presidência da EMDAEP encaminhe à Câmara as atribuições completas do cargo dos Leiturista Chefe da empresa.</t>
   </si>
   <si>
     <t>10595</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10595/r0008916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10595/r0008916.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Será efetuado o conserto da canaleta existente na esquina da Rua Brasil com a Ana Neri? 2. Em caso afirmativo, quando está prevista a obra?</t>
   </si>
   <si>
     <t>10596</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10596/r0009016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10596/r0009016.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Marco Antonio da Silva, ocorrido em 06 de março de 2016.</t>
   </si>
   <si>
     <t>10597</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10597/r0009116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10597/r0009116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Ruth Alves Cardoso, ocorrido em 07 de março de 2016.</t>
   </si>
   <si>
     <t>10602</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Claudevi Oliveira da Silva Júnior, Divanir Ledo dos Santos, Juliano Brito Bertolini, Kielse Chiari Munis, Moacir Shoiti Kanezawa, Moisés Antonio de Lima, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10602/r0009216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10602/r0009216.pdf</t>
   </si>
   <si>
     <t>10603</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10603/r0009316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10603/r0009316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos Atletas Marcos Hashimoto, Maria Eduarda Prado de Aquino, João Henrique Souza, que se sagraram, respectivamente, campeão, vice-campeã e medalha de bronze no Campeonato Pan Americano de Natural Submission organizado pela Confederação Brasileira de Jiu Jitsu Esportivo. As congratulações também são pela participação dos atletas no Festival de Verão/Seletiva Paulista, ficando assim classificados: Marcos Hashimoto, Bi Campeão; Maria Eduarda Prado de Aquino, Campeã; Leonardo Ferreira, vice-campeão; e Leonardo Higuchi, medalha de bronze.</t>
   </si>
   <si>
     <t>10604</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10604/r0009416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10604/r0009416.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Senhor Onivaldo Permonian, proprietário do "Bicudo Materiais de Construção", inaugurada em amplas e modernas instalações na Av. José Bonifácio, n.º 778.</t>
   </si>
   <si>
     <t>10605</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10605/r0009516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10605/r0009516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Carmosina Maria Mansour, ocorrido em 07 de março de 2016.</t>
   </si>
   <si>
     <t>10606</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10606/r0009616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10606/r0009616.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Patrícia Mara Cardili dos Santos, ocorrido em 10 de março de 2016.</t>
   </si>
   <si>
     <t>10607</t>
   </si>
   <si>
     <t>Moisés Antonio de Lima, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10607/r0009716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10607/r0009716.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Hélio Cavalcante de Oliveira, ocorrido em 09 de março de 2016.</t>
   </si>
   <si>
     <t>10608</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10608/r0009816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10608/r0009816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Eunice Pereira, ocorrido em 09 de março de 2016.</t>
   </si>
   <si>
     <t>10609</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10609/r0009916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10609/r0009916.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se existe prazo para recapear ou perfilar as Ruas Gastão Vidigal, Maria Moretti Carreira, Tupã e Januário Bonito, localizadas no Bairro São Francisco.</t>
   </si>
   <si>
     <t>10610</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10610/r0010016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10610/r0010016.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que encaminhe uma lista, contendo o nome dos funcionários que recebem auxilio insalubridade, o percentual recebido, o setor e a função de cada um. Informe ainda, em qual legislação é baseado o pagamento.</t>
   </si>
   <si>
     <t>10611</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10611/r0010116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10611/r0010116.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Quantos funcionários estão designados para o Centro de Zoonoses? 2. Quem é o veterinário responsável? 3. Quantos animais (cães) foram sacrificados de janeiro de 2015 até a data de hoje? 4. Existe algum comunicado ou notificação da vigilância epidemiológica no sentido de que o Centro de Zoonoses possa funcionar naquele local? Caso afirmativo, enviar cópia.</t>
   </si>
   <si>
     <t>10612</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10612/r0010216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10612/r0010216.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que em contato com o setor competente nos informe o que segue: 1. Para a contagem do período probatório será levado em consideração o tempo de exercício do cargo em comissão desse funcionário? 2. O período probatório é suspenso durante o exercício do cargo em comissão e volta a ser contado quando deixar o cargo comissionado? 2. Enviar cópia da legislação que regulamenta a contagem do estagio probatório nesse caso especifico.</t>
   </si>
   <si>
     <t>10613</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10613/r0010316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10613/r0010316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Aparecido Pitondo, ocorrido em 09 de março de 2016.</t>
   </si>
   <si>
     <t>10614</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10614/r0010416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10614/r0010416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Pedro Walter Shmidt, ocorrido em 09 de março de 2016.</t>
   </si>
   <si>
     <t>10615</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10615/r0010516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10615/r0010516.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Os bancos que existem nas praças dos conjuntos Habitacionais Domingos Marques Caldeira e João Vendramin são da Prefeitura ou de particulares? 2. Caso sejam da Prefeitura, pode pessoas particulares pintar os bancos com nomes de firmas ou de pessoas? 3. Quem é a pessoa que está pintando os bancos e recebendo por isto?</t>
   </si>
   <si>
     <t>10616</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10616/r0010616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10616/r0010616.pdf</t>
   </si>
   <si>
     <t>Com base no requerimento 081/2016, deste vereador, através do qual foram solicitadas informações sobre o repasse aos professores do FUNDEB, já que deveria ter sido de R$ 2,135,00 e na verdade os mesmos estão recebendo somente R$ 1.922,00, REQUEIRO ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos Informe o que segue: 1. Os professores receberão os atrasados desde janeiro/2016? 2. Para que o município repasse os direitos que o FUNDEB destina aos professores é necessário atuação legislativa? 3. Poderia o Executivo se atentar para que nos anos subsequentes não houvesse mais estes transtornos aos professores?</t>
   </si>
   <si>
     <t>10617</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10617/r0010716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10617/r0010716.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe sobre a ação realizada junto aos departamentos do município, onde todas as secretarias tiveram que direcionar todos os funcionários para uma atualização de cadastro, já que iriam promover uma reestruturação. 1. Foi concluída a reestruturação? 2. Qual o balanço desta ação? 3. Foi identificado algum funcionário fantasma, como havia suspeitas?</t>
   </si>
   <si>
     <t>10618</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10618/r0010816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10618/r0010816.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1 - Enviar relação de todos os cargos de comissão preenchidos e vagos, constando nome, data de admissão e os respectivos valores. 2 - Enviar os valores de salário de cada cargo de comissão. 3 - Enviar a relação dos secretários, data de admissão e os valores da remuneração.</t>
   </si>
   <si>
     <t>10619</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10619/r0010916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10619/r0010916.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Senhor Edinaldo Caetano, proprietário do Serv festa "Ruela Petiscaria", que será reinaugurada nesta data, na Rua Oito de Dezembro, n.º 646.</t>
   </si>
   <si>
     <t>10620</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10620/r0011016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10620/r0011016.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Senhora Luiza da Silva Gailote, proprietária da Lanchonete Espetinho "Tuti Dance", localizado na Rua Fagundes Varela, n.º 652, no Conjunto Habitacional João Vendramin.</t>
   </si>
   <si>
     <t>10621</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10621/r0011116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10621/r0011116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Celso Batista Rego, ocorrido em 13 de março de 2016.</t>
   </si>
   <si>
     <t>10630</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10630/r0011216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10630/r0011216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Milton Dias do Nascimento, ocorrido em 20 de março de 2016.</t>
   </si>
   <si>
     <t>10641</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10641/r0011316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10641/r0011316.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe qual o montante destinado a Santa Casa de Misericórdia e Maternidade de Dracena nos anos de 2015 e 2016 entre contratos e convênios.</t>
   </si>
   <si>
     <t>10631</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10631/r0011416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10631/r0011416.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos encaminhe o que segue: 1.Cópia do projeto da área de lazer do Jardim Brasilândia, localizada entre as Ruas Érico Verissimo e Nelson Rodrigues ? 2.Cópia do memorial descritivo do projeto? 3.Cópia do contrato da empresa vencedora.</t>
   </si>
   <si>
     <t>10632</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10632/r0011516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10632/r0011516.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe quais as providências que estão sendo tomadas em relação ao mal cheiro exalado pela chaminé da Empresa Dudel Plástico.</t>
   </si>
   <si>
     <t>10633</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10633/r0011616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10633/r0011616.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que foi decidido sobre a existência de uma residência existente na Rua Gastão Vidigal, n.º 18, onde há acúmulo de material reciclável.</t>
   </si>
   <si>
     <t>10634</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10634/r0011716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10634/r0011716.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há algum estudo no sentido de equipar com luvas, botinas e todo equipamento necessário para proteger os servidores municipais que recolhem o lixo.</t>
   </si>
   <si>
     <t>10635</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10635/r0011816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10635/r0011816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Ronaldo Carmona Gonçalves, ocorrido em 17 de março de 2016.</t>
   </si>
   <si>
     <t>10636</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10636/r0011916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10636/r0011916.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Qual atitude foi tomada pelo Prefeito sobre os alugueis pagos pela prefeitura e que este vereador indicou para conter os gastos fossem utilizados áreas da própria prefeitura como: Secretaria de Esporte, Secretaria de Obras e Secretaria de Agricultura. 2. Qual atitude esta sendo tomada quando este vereador indicou que para amparar o Poupatempo, Emdaep e Inss, fossem doados terrenos periféricos e colocassem a venda os terrenos pré-destinados? 3. Qual atitude foi ou esta sendo tomada para um programa de incentivo ao empreendedor, como redução de ISSQN. 4. Qual atitude esta sendo tomada com os resultados dos cadastros dos funcionários e suas reestruturações. 5. Quem é o responsável por danos causados a terceiro em plena atuação de suas funções, quando suas ferramentas de trabalho não são as mais adequadas?</t>
   </si>
   <si>
     <t>10637</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10637/r0012016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10637/r0012016.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de MOÇÃO DE APOIO ao Projeto de Lei a ser encaminhado pelo Governador do Estado Geraldo Alckmin que “visa separar os recursos da Assistência Judiciária, que hoje são totalmente administrados pela Defensoria Pública, para a Secretaria de Justiça e da Defesa da Cidadania”; Requeremos ainda que sejam oficiados aos Excelentíssimos Senhores Geraldo Alckmin, Governador do Estado de São Paulo e Fernando Capez Presidente da Assembléia Legislativa solicitando-lhes encaminhamento e agilidade na aprovação desta matéria, que é de fundamental importância para toda sociedade; aos Deputados Reinaldo de Souza Alguz, Ed Thomas, Mauro Bragatto, Ricardo Madalena, Campos Machado, Davi Zaia, Orlando Morando, Aldo Demarchi, solicitando-lhes o imprescindível apoio; e ainda ao Dr. Helder Antonio Souza de Cursi, Presidente da 49ª Subseção da Ordem dos Advogados do Brasil - OAB de Dracena, para conhecimento do inteiro teor da presente propositura.</t>
   </si>
   <si>
     <t>10638</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10638/r0012116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10638/r0012116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos Excelentíssimos Doutores Rufino Eduardo Galindo Campos, Antonio Simini Junior e Luiz Henrique Brandão Ferreira, Digníssimos Promotores de Justiça do Município, pela conquista da nova sede da Promotoria, cuja cerimônia de apresentação foi realizada no dia 17.03.2016. Requeiro ainda que depois de aprovada esta matéria sejam oficiados aos Promotores de Dracena e ainda enviado ofício ao Dr. Márcio Fernando Elias Rosa, Digníssimo Procurador Geral de Justiça do Estado de São Paulo, que a todos honrou com sua presença na cerimônia, dando conhecimento deste ato do Poder Legislativo.</t>
   </si>
   <si>
     <t>10639</t>
   </si>
   <si>
     <t>Francisco Eduardo Aniceto Rossi, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10639/r0012216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10639/r0012216.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Valdemir Brunholi, ocorrido em 18 de março de 2016.</t>
   </si>
   <si>
     <t>10640</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10640/r0012316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10640/r0012316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Jovem Jhonathan Oliveira Fernandes, ocorrido em 19 de março de 2016.</t>
   </si>
   <si>
     <t>10651</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10651/r0012416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10651/r0012416.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 009/2016, de 04.3.2016, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$150.000,00 - cento e cinquenta mil reais)</t>
   </si>
   <si>
     <t>10652</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10652/r0012516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10652/r0012516.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 010/2016, de 04.3.2016, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$140.000,00 - cento e quarenta mil reais)</t>
   </si>
   <si>
     <t>10653</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10653/r0012616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10653/r0012616.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 011/2016, de 04.3.2016, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$450.000,00 - quatrocentos e cinquenta mil reais)</t>
   </si>
   <si>
     <t>10654</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10654/r0012716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10654/r0012716.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 012/2016, de 10.3.2016, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$35.000,00 - trinta e cinco mil reais)</t>
   </si>
   <si>
     <t>10655</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10655/r0012816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10655/r0012816.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 013/2016, de 18.3.2016, de autoria do Poder Executivo, que dispõe sobre a inclusão de § 3º ao artigo 2º da Lei n.º 3.187, de 16 de dezembro de 2003. (CDHU - Companhia de Desenvolvimento Habitacional e Urbano do Estado de São Paulo)</t>
   </si>
   <si>
     <t>10656</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10656/r0012916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10656/r0012916.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 016/2016, de 21.3.2016, de autoria do Poder Executivo, que dispõe sobre a concessão de aumento de salário aos servidores públicos municipais e dá outras providências. (aumento de 5% cinco por cento)</t>
   </si>
   <si>
     <t>23431</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/</t>
+    <t>http://sapl.dracena.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Requer REGIME DE URGÊNCIA ao Projeto de Lei n.º 017/2016, de 21.3.2016, de autoria do Poder Executivo, que dispõe sobre alteração dos incisos I e II do artigo 4º da Lei n.º 3.618/08 e alterações. (Estagiários)</t>
   </si>
   <si>
     <t>10657</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10657/r0013116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10657/r0013116.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 014/2016, de 21.3.2016, de autoria da Mesa Diretora, que dispõe sobre a reposição salarial dos vencimentos dos servidores da Câmara Municipal de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>10644</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10644/r0013216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10644/r0013216.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Senhor Prefeito, de acordo com o Regimento desta egrégia casa de Leis, que nos informe o que segue: 1.Por que a obra do Posto Albert Sabin não foi finalizada ainda? 2. Qual a empresa que está executando a obra? 3.Enviar cópia do contrato firmado 4.A empresa já recebeu pela obra? Se sim, enviar comprovante de pagamento.</t>
   </si>
   <si>
     <t>10645</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10645/r0013316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10645/r0013316.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Senhor Prefeito, de acordo com o Regimento desta egrégia casa de Leis, que nos informe o que segue: 1. Qual empresa que venceu a licitação para a construção da creche, localizada no Prédio da Escola Moacir Simardi? 2. A obra está finalizada? 3. A empresa já recebeu o pagamento pela realização da obra? Se sim, enviar comprovante de pagamento.</t>
   </si>
   <si>
     <t>10646</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10646/r0013416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10646/r0013416.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Celso Feliciano de Oliveira, ocorrido em 27 de março de 2016.</t>
   </si>
   <si>
     <t>10647</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10647/r0013516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10647/r0013516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Pastor Benedito Amaro da Silva, da comunidade Batista Jeová Nissi, que completou dezoito anos de fundação no dia 04 de março.</t>
   </si>
   <si>
     <t>10648</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10648/r0013616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10648/r0013616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES às Policias Civil e Militar de Dracena em razão da excelência do trabalho realizado no município e região.</t>
   </si>
   <si>
     <t>10649</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10649/r0013716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10649/r0013716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Hermínia Ferreira Pinto Cavalheira, ocorrido em 26 de março de 2016.</t>
   </si>
   <si>
     <t>10650</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10650/r0013816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10650/r0013816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Anna Freitas Zlatici, ocorrido em 20 de março de 2016.</t>
   </si>
   <si>
     <t>10660</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10660/r0013916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10660/r0013916.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA a Emenda Supressiva n.º 01, de 28.3.2016 ao Projeto de Lei Complementar n.º 02, de 28.3.2016, de autoria do Poder Executivo, que dispõe sobre alienação por concessão de uso com posterior doação de imóveis públicos municipais, conforme especifica.</t>
   </si>
   <si>
     <t>10661</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10661/r0014016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10661/r0014016.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei Complementar n.º 02, de 28.3.2016, de autoria do Poder Executivo, que dispõe sobre alienação por concessão de uso com posterior doação de imóveis públicos municipais, conforme especifica.</t>
   </si>
   <si>
     <t>10662</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10662/r0014116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10662/r0014116.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre a Empresa Sindiplus, que fornece cartão alimentação aos funcionários da Prefeitura, uma vez que são muitas as reclamações dos comerciantes conveniados com a empresa para aceitarem o cartão por ela fornecido: 1. Qual o prazo do contrato firmado entre a Prefeitura e a empresa? 2. Quando vencer o contrato haverá prorrogação? 3. A Prefeitura pago em dia a empresa? 4. Em caso afirmativo, por que a Sindiplus paga os estabelecimentos comerciais somente após 60 dias da entrega dos produtos? 5. É de conhecimento da municipalidade que a empresa cobra 6% para firmar convênios com novos comerciantes, e que aqueles que firmaram convênios no primeiro momento pagam somente 3% de adesão? 6. Se renovado o contrato a prefeitura pode fazer novas exigências?</t>
   </si>
   <si>
     <t>10663</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10663/r0014216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10663/r0014216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Paulo Sérgio da Costa, ocorrido em 29 de março de 2016.</t>
   </si>
   <si>
     <t>10664</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10664/r0014316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10664/r0014316.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento de Matheus Rugani Batista, ocorrido em 30 de março de 2016.</t>
   </si>
   <si>
     <t>10665</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10665/r0014416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10665/r0014416.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Francisco Ambrosio Parra, ocorrido em 01 de abril de 2016.</t>
   </si>
   <si>
     <t>10666</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10666/r0014516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10666/r0014516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Gerência do Banco de Brasil e à Diretoria APAE - Associação de Pais e Amigos dos Excepcionais de Dracena, pela parceria em repasse financeiro para implementação de equipamentos no Jardim Sensorial da APAE Rural.</t>
   </si>
   <si>
     <t>10667</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10667/r0014616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10667/r0014616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Jair Peres, ocorrido em 01 de abril de 2016.</t>
   </si>
   <si>
     <t>10668</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10668/r0014716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10668/r0014716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Maraba da Silva, ocorrido em 01 de abril de 2016.</t>
   </si>
   <si>
     <t>10671</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Claudevi Oliveira da Silva Júnior, Divanir Ledo dos Santos, Francisco Eduardo Aniceto Rossi, Juliano Brito Bertolini, Luiz Rodrigues Coelho, Moacir Shoiti Kanezawa, Moisés Antonio de Lima, Pedro Trabuco, Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10671/r0014816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10671/r0014816.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Resolução n.º n.º 01/16, de 04 de abril de 2016, de autoria da Comissão de Finanças e Orçamento da Câmara, que dispõe sobre o subsídio mensal dos vereadores da Câmara Municipal de Dracena para a 17ª legislatura (2017/2020), e dá outras providências.</t>
   </si>
   <si>
     <t>10672</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10672/r0014916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10672/r0014916.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º n.º 022/16, de 04 de abril de 2016, de autoria do Vereador Luiz Rodrigues Coelho, que dispõe denominação de Praça que especifica e dá outras providências. (Praça localizada entre as ruas Professor Pedro Ribeiro Bueno e Irineu Mainente, no Conjunto Habitacional Valdir Barbosa dos Santos com o nome de Praça Romualdo Martins)</t>
   </si>
   <si>
     <t>10673</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10673/r0015016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10673/r0015016.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Decreto Legislativo n.º n.º 004/16, de 04 de abril de 2016, de autoria do Vereador Luiz Rodrigues Coelho, que dispõe sobre a concessão de Diploma de Honra ao Mérito e dá outras providências. (Diploma de Honra ao Mérito ao Senhor Claudinei Aparecido Martins)</t>
   </si>
   <si>
     <t>10674</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10674/r0015116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10674/r0015116.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Excelentíssimo Juiz Diretor do Fórum da Comarca de Dracena, Dr. Marcus Frazão Frota e à Direção da Faculdade de Direito, da Rede Gonzaga de Ensino Superior (Reges), pela realização do III CEJUSC - Centro Judiciais de Solução de Conflitos e Cidadania, no Centro Comunitário do Bairro Emilio Zanatta, nos dias 05 e 06 de abril do corrente ano.</t>
   </si>
   <si>
     <t>10675</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10675/r0015216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10675/r0015216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Vieira de Melo, ocorrido em 06 de abril de 2016.</t>
   </si>
   <si>
     <t>10676</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10676/r0015316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10676/r0015316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Diretora da EMEFI "Guilherme Tammerik", Profª. Cristiane Matias Bento; à Coordenadora de projeto, Sandra Volpi; ao Coordenador Pedagógico, Amauri Lins; ao Prefeito, Senhor José Antonio Pedretti; a Secretária de Educação, Profª. Fernanda Nasser Geronimo Conde, pela realização do evento "Integração Escola e Família", na Praça Doutor Luiz Carlos Siste, Bairro Brasilândia.</t>
   </si>
   <si>
     <t>10677</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10677/r0015416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10677/r0015416.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Presidente, de acordo com o Regimento Interno desta egrégia Casa de Leis, ouvido o douto plenário o envio de ofício ao Sr. Domingos Prates do Nascimento, integrante da Comissão de Mutirantes do Jardim Brasilândia, convidando-o a comparecer na Câmara Municipal, a fim de prestar esclarecimentos aos Vereadores e aos Associados interessados, sobre o andamento do processo de instalação de 300 casas populares.</t>
   </si>
   <si>
     <t>10678</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10678/r0015516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10678/r0015516.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Presidente da Adec, Senhor Mitsuo Takahashi e sua diretoria pela realização do 33º Campeonato de Gueitebol da Alta Paulista, realizado no dia 03 de abril de 2016, em Dracena.</t>
   </si>
   <si>
     <t>10679</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10679/r0015616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10679/r0015616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao 1º Tenente Valdir Camargo de Oliveira e ao Subtenente Luciano Moura de Oliveira, pela cerimônia de compromisso à Bandeira e entrega de certificados de Dispensa de Incorporação aos 100 cidadãos dispensados por excesso de contingência do Serviço Militar Obrigatório.</t>
   </si>
   <si>
     <t>10680</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Rodrigo Castilho Soares, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10680/r0015716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10680/r0015716.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Senhor Luiz Fernando Verzegnossi dos Santos, proprietário da Academia Prime Fit, inaugurada nesta data, na Avenida Presidente Vargas, n.º 201.</t>
   </si>
   <si>
     <t>10681</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10681/r0015816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10681/r0015816.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito, Senhor José Antonio Pedretti, pela conquista, do primeiro lugar na Categoria Inovação e Sustentabilidade, na 9ª Edição do Prêmio Sebrae Prefeito Empreendedor 2015/2016, do Estado de São Paulo.</t>
   </si>
   <si>
     <t>10684</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10684/r0015916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10684/r0015916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Senhora Miriam Sandra Peres Santos, proprietária da Loja Belíssima Moda Íntima, reinaugurada em amplas e modernas instalações na Avenida Presidente Roosevelt, n.º 649.</t>
   </si>
   <si>
     <t>10685</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10685/r0016016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10685/r0016016.pdf</t>
   </si>
   <si>
     <t>Considerando a Indicação n.º 105/15, através da qual solicitávamos a instalação de câmeras de segurança no município, em parceria com as Polícias Militar e Civil, com o objetivo de promover mais segurança aos munícipes, requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Existe algum projeto em andamento e previsão para instalação das referidas câmeras? 2. Existe realmente firmada alguma parceria com as Policias Civil e Militar para o referido Projeto? 3. Quais seriam os locais de instalação das câmeras de segurança? 4. Qual a previsão de gastos e qual o prazo para a instalação?</t>
   </si>
   <si>
     <t>10686</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10686/r0016116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10686/r0016116.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue, quanto a instalação dos aparelhos condicionadores de ar nas escolas municipais, pois temos conhecimento de que ocorreram inúmeros problemas de funcionamento: 1 - A empresa foi notificada dos problemas? 2 - Os aparelhos estão em pleno funcionamento? 3 - Em caso negativo, foi instalado processo referente às obrigações do contratado e cumprimento fiel do contrato? 4 - Em quais escolas foram instalados os aparelhos, e em quais há aparelhos necessitando de conserto a ser realizado pela empresa?</t>
   </si>
   <si>
     <t>10687</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10687/r0016216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10687/r0016216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Aparecida Baldini Teixeira, ocorrido em 17 de abril de 2016.</t>
   </si>
   <si>
     <t>10688</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10688/r0016316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10688/r0016316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Paulo de Almeida Salles, ocorrido em 17 de abril de 2016.</t>
   </si>
   <si>
     <t>10689</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10689/r0016416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10689/r0016416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito, Senhor José Antonio Pedretti, à Secretária de Assistência Social, Senhora Guiomar Maria Fávero Pedretti, ao Secretário de Esportes, Senhor José Carlos Barbosa, à Secretário de Educação, Senhora Fernanda Nasser Geronimo Conde, ao Secretário de Saúde e Higiene Pública, Senhor Nelson Antonio Bortolatto, diretores, coordenadores, técnicos, e, principalmente, aos atletas que conquistaram a honrosa 2ª colocação nos Jogos Regionais do Idoso - JORI, ficando o município melhor classificado que muitas cidades de porte médio, como Marilia, Assis, Ourinhos entre outras.</t>
   </si>
   <si>
     <t>10690</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10690/r0016516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10690/r0016516.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos Atletas da Equipe da Escolinha de Karatê da Prefeitura de Dracena/Associação Dracenense de Karatê, pela conquista de medalhas na Fase Regional do Campeonato Paulista de Karatê foi realizado na cidade de Presidente Prudente, no dia 09/04/2016, sendo quatro medalhas de Ouro, quatro de Prata e cinco de Bronze. - Medalha de Ouro: Fernanda Inssuarralde Vasconcelos, Vinicius Campos Moya, Felipe Inssuarralde Vasconcelos e Gabriela Vello dos Anjos. - Medalha de Prata: Vinicius Campos Moya, André Alves da Silva, Felipe Custodio Silva, e Pedro Henrique Inacio Leite. - Medalha de Bronze: Miguel Araujo Lopes, Guilherme Miranda de Almeida, Leandro Souza Miranda, Giovana Pereita da Silva.</t>
   </si>
   <si>
     <t>10691</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Juliano Brito Bertolini, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10691/r0016616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10691/r0016616.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Terezinha Apparecida Girotto Fragnan, ocorrido em 18 de abril de 2016.</t>
   </si>
   <si>
     <t>10692</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10692/r0016716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10692/r0016716.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS ao Senhor Prefeito, de acordo com o Regimento desta egrégia casa de Leis que, através do setor competente, nos encaminhe a cópia do Contrato firmado entre a prefeitura e a empresa responsável pelas obras realizadas no Posto Albert Sabin e, se houve pagamento pela execução dos serviços, enviar comprovantes. Isto, considerando que o ofício CM 073/16, em resposta ao requerimento n.º 132/16, cujo teor também foi pedido de informações sobre as obras, não trouxe as informações solicitadas.</t>
   </si>
   <si>
     <t>10693</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10693/r0016816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10693/r0016816.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS ao Senhor Prefeito, de acordo com o Regimento desta egrégia casa de Leis que, através do setor competente, nos encaminhe a cópia do Contrato firmado entre a prefeitura e a empresa responsável pelas obras da creche localizada nas dependências da Escola Moacir Simardi e, se houve pagamento pela execução dos serviços, enviar comprovantes. Isto, considerando que o ofício CM 072/16, em resposta ao requerimento n.º 133/16, cujo teor também foi pedido de informações sobre as obras da creche, não trouxe as informações solicitadas.</t>
   </si>
   <si>
     <t>10694</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10694/r0016916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10694/r0016916.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos envie uma lista com os nomes e endereço dos munícipes já contempladas com as 300 casas populares dos Mutirantes do Jardim Brasilândia, cujo presidente é o Sr. Domingos Prates do Nascimento.</t>
   </si>
   <si>
     <t>10695</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10695/r0017016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10695/r0017016.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que em contato com a Presidência da Emdaep nos informe o que segue, sobre o poço semi artesiano existente ao lado da Torre da Telesp Jardim Palmeiras 4: 1. Qual a situação do poço atualmente? 2. O problema com o aparecimento de areia na água foi solucionado? 3. A Emdaep tem realizado estudos para solucionar os problemas com urgência a fim de que os moradores não sejam prejudicados com a falta de água?</t>
   </si>
   <si>
     <t>10696</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10696/r0017116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10696/r0017116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos responsáveis pelo laboratório de análises clínicas do Consórcio Intermunicipal - CISNAP, pelo brilhante trabalho desenvolvido na “Campanha de Busca Ativa de Tuberculose” em março deste ano</t>
   </si>
   <si>
     <t>10697</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10697/r0017216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10697/r0017216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Associação de Pais e Amigos dos Excepcionais -APAE, que completou no dia 20 de abril 44 anos de fundação.</t>
   </si>
   <si>
     <t>10698</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10698/r0017316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10698/r0017316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Gilson Andrade Leopacci, ocorrido em 20 de abril de 2016.</t>
   </si>
   <si>
     <t>10699</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10699/r0017416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10699/r0017416.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe sobre a área que estava destinada para o Distrito Comercial: 1. Qual a condição de conservação da área que estava destinada ao Distrito Comercial? 2. Como está o planejamento para a realização da infraestrutura e liberação dos lotes para os empresários? Qual a previsão de liberação? 3. Quantas empresas serão instaladas no local?</t>
   </si>
   <si>
     <t>10700</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10700/r0017516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10700/r0017516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Luiz Teatre, ocorrido em 23 de abril de 2016.</t>
   </si>
   <si>
     <t>10701</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10701/r0017616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10701/r0017616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Jornal Regional, pelos seus 28 (vinte e oito) anos de fundação, comemorados nesta data, pautando-se sempre na seriedade, na imparcialidade, na transparência e na retidão de suas notícias, com ampla cobertura aos fatos de destaque em Dracena e região, com um único objetivo: o de informar.</t>
   </si>
   <si>
     <t>10702</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10702/r0017716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10702/r0017716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos Proprietários da Empresa MEDRAL que completa nesta data, 55 anos de atividades em nosso município.</t>
   </si>
   <si>
     <t>10703</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10703/r0017816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10703/r0017816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Geocir Aparecida Novaes, ocorrido em 21 de abril de 2016.</t>
   </si>
   <si>
     <t>10704</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10704/r0017916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10704/r0017916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Florindo Pinatto Neto, ocorrido em 24 de abril de 2016.</t>
   </si>
   <si>
     <t>10708</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10708/r0018016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10708/r0018016.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador se há algum estudo visando a instalação de iluminação no canteiro central da Av. Rui Barbosa, no trecho entre as Ruas Magid Zacarias e Hermes da Fonseca.</t>
   </si>
   <si>
     <t>10709</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10709/r0018116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10709/r0018116.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Associação Dracenense de Esportes e Cultura - ADEC, através do seu Presidente, Sr. Mitsuo Takahashi, e ao Presidente do Departamento de Gueitebol, ao Sr. Katsutashi Sato e diretoria, pela organização e realização do 7º Torneio de Gueitebol "Cidade de Dracena" que ocorreu no dia 1º de maio de 2016.</t>
   </si>
   <si>
     <t>10710</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10710/r0018216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10710/r0018216.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Foi contratada empresa para prestar serviços gerais para atender a Secretária de Agricultura? 2. Em caso afirmativo, enviar a razão social da empresa, a sua fundação e o nome do proprietário? 3. Para a contratação foi realizado procedimento licitatório?</t>
   </si>
   <si>
     <t>10711</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10711/r0018316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10711/r0018316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Presidente do Tribunal de Contas, Conselheiro Dimas Eduardo Ramalho, Diretor da U.R. - 18, Sr. Edson Hideo dos Santos, pela realização do Ciclo de Debates com Agentes Políticos e Dirigentes Municipais, no dia 28.4.2016 em Adamantina.</t>
   </si>
   <si>
     <t>10712</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10712/r0018416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10712/r0018416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Roseli D.Arruda Mascarenhas Rossetto, ocorrido em 30 de abril de 2016.</t>
   </si>
   <si>
     <t>10713</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10713/r0018516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10713/r0018516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Ana Gimenez Buttin, ocorrido em 30 de abril de 2016.</t>
   </si>
   <si>
     <t>10714</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10714/r0018616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10714/r0018616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor João Pessoa, ocorrido em 30 de abril de 2016.</t>
   </si>
   <si>
     <t>10721</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10721/r0018716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10721/r0018716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao proprietário da Loja Bom Preço, pela reinauguração das novas e modernas instalações, situada na Av. Presidente Roosevelt.</t>
   </si>
   <si>
     <t>10722</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10722/r0018816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10722/r0018816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao proprietário da Dracemédica - produtos ortopédicos, senhor Djalma Alexandre, inaugurada na Rua Edson da Silveira Campos, esquina a Av. Presidente Vargas.</t>
   </si>
   <si>
     <t>10723</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10723/r0018916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10723/r0018916.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito Municipal de Dracena juntamente com as Secretarias de Saúde e Secretaria de Obras e Infraestrutura, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informem o seguinte: 1) Como estão as obras das UBS dos bairros e dos Distritos de Jamaica e Jaciporã? 2) Verifica-se que estão totalmente paradas. Por isto, quais as medidas que estão sendo tomadas para a conservação do local e do que já foi realizado? 3) Os locais estão servindo de ponto de drogas e prostituição devido ao total abandono, uma vez que todos os tapumes estão quebrados, quais as providências que serão tomadas para solução desse tipo de problema para a população que reside próximo desses locais?</t>
   </si>
   <si>
     <t>10724</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Divanir Ledo dos Santos, Juliano Brito Bertolini, Moacir Shoiti Kanezawa</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10724/r0019016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10724/r0019016.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito Municipal de Dracena juntamente com a EMDAEP, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informem o seguinte: Há vários meses a rede de esgoto da Bacia "A" está com problema de vazamentos. O primeiro ponto de vazamento está localizado a dois quilômetros após a ponte torta, onde existe uma canalização (emissário), com estrutura metálica rompida. O outro ponto se observa próximo ao bairro Vila Itália III, na direção da área verde. - Por que a rede de esgoto está totalmente abandonada, com água servida a céu aberto e ainda não foram tomadas as providências necessárias para regularização e correção evitando danos ao meio ambiente? - Quais as providências estão sendo realizadas para a correção? - Qual o prazo de início e término da realização das obras? Requeremos ainda o envio de ofício à Promotoria do Meio Ambiente e à Cetesb para as providências necessárias à regularização.</t>
   </si>
   <si>
     <t>10725</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10725/r0019116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10725/r0019116.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Amélia Dinayda Gonçalves Silveira Amador, ocorrido em 08 de maio de 2016.</t>
   </si>
   <si>
     <t>10726</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10726/r0019216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10726/r0019216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito, Sr. José Antonio Pedretti, ao Secretário Municipal de Saúde e Higiene Pública, Sr. Nelson Antonio Bortolatto pela inauguração da Estratégia de Saúde da Família - ESF II "Dr. Affonso Arthur Vieira de Rezende", no Jardim Brasilândia, no dia 02 de maio de 2016.</t>
   </si>
   <si>
     <t>10727</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10727/r0019316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10727/r0019316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sub-Tenente Moura, pelo evento realizado no dia 07 de maio de 2016, em comemoração ao Dia das Mães.</t>
   </si>
   <si>
     <t>10728</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10728/r0019416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10728/r0019416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Sérgio de Freitas, presidente do Sinsaúde de Dracena, pela entrega de diplomas a profissionais da Saúde do município escolhidos para representar todos os trabalhadores do setor, inclusive aqueles que atuam nas Santas Casas da região. Isto, em homenagem ao Dia Estadual e Municipal da Saúde.</t>
   </si>
   <si>
     <t>10729</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10729/r0019516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10729/r0019516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Manzano, ocorrido em 09 de maio de 2016.</t>
   </si>
   <si>
     <t>10730</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Francisco Eduardo Aniceto Rossi, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10730/r0019616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10730/r0019616.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Ronaldo Rossato, ocorrido em 09 de maio de 2016.</t>
   </si>
   <si>
     <t>10733</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Claudevi Oliveira da Silva Júnior, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10733/r0019716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10733/r0019716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Aparecida Garcia, ocorrido em 09 de maio de 2016.</t>
   </si>
   <si>
     <t>10734</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10734/r0019816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10734/r0019816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Luis Bernardo de Oliveira, ocorrido em 09 de maio de 2016.</t>
   </si>
   <si>
     <t>10735</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10735/r0019916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10735/r0019916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Fundec pelos 48 anos de trabalho e investimento no ensino.</t>
   </si>
   <si>
     <t>10736</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10736/r0020016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10736/r0020016.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito juntamente com a EMDAEP, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o seguinte: - O INSS sobre a folha de pagamento está sendo recolhido mensalmente? - Há meses em atraso ou não? Caso sim, quantos meses estão em atraso?</t>
   </si>
   <si>
     <t>10737</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10737/r0020116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10737/r0020116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Ana Garcia Fidelis, ocorrido em 14 de maio de 2016.</t>
   </si>
   <si>
     <t>10738</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10738/r0020216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10738/r0020216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Cristina Teruel Rodrigues, ocorrido em 15 de maio de 2016.</t>
   </si>
   <si>
     <t>10739</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10739/r0020316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10739/r0020316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito, Sr. José Antonio Pedretti, e à Secretária de Cultura e Turismo, Mayra Simões, pela realização do 1º Festival de Teatro de Dracena, que aconteceu nos dias 13, 14 e 15 no Teatro Municipal "Maestro Aécio de Féo Flora".</t>
   </si>
   <si>
     <t>10743</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10743/r0020416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10743/r0020416.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei Complementar n.º 06, de 13 de maio de 2016, de autoria dos vereadores que dispõe sobre inclusão dos parágrafos 3º e 4º no artigo 47 da Lei Complementar n.º 50, de 17 de outubro de 1995, conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>10744</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10744/r0020516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10744/r0020516.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Juiz de Paz, Sr. Celso Cardoso de Souza, que passou a realizar em Dracena as homologações de contrato de trabalho.</t>
   </si>
   <si>
     <t>10745</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10745/r0020616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10745/r0020616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Proprietário da Loja Raposo Ferramentas, Senhor Carlos Martinho de Souza Raposo, pela sua reinauguração em amplas e modernas instalações na Avenida Washington Luiz, nº. 204.</t>
   </si>
   <si>
     <t>10746</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10746/r0020716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10746/r0020716.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Shiro Ishii, ocorrido em 19 de maio de 2016.</t>
   </si>
   <si>
     <t>10747</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10747/r0020816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10747/r0020816.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o seguinte: - A Administração Municipal está realizando a reserva (depósito) de 01/12 (um doze avos) mensalmente sobre a folha de pagamento para a realização do pagamento do 13º salário? - Enviar relatórios e saldo da conta constando os valores mensais e acumulados do ano.</t>
   </si>
   <si>
     <t>10748</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10748/r0020916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10748/r0020916.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Foram realizados estudos para a instalação de semáforos no cruzamento da Avenida José Bonifácio com a Rua Caramuru, e também na Vicinal João Araujo, proximidades da AABB - onde por um lado inicia a Vicinal José Mazoni e pelo outro a Rua Aécio de Féo Flora. - Qual a previsão para a instalação dos referidos semáforos?</t>
   </si>
   <si>
     <t>10749</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10749/r0021016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10749/r0021016.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: - Resumo da folha de pagamento (sintético), constando os totais de cada item de pagamento, referente aos meses de janeiro a abril de 2016. - Relatório de pagamentos do cartão alimentação referente aos meses de janeiro a abril de 2016, constando o valor por dia e o mensal, bem como a quantidade de funcionários que recebem o cartão por departamento ou secretaria, destacando servidores efetivos e em comissão. - Relatório dos índices de folha de pagamento de janeiro a abril de 2016 em relação à receita.</t>
   </si>
   <si>
     <t>10750</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10750/r0021116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10750/r0021116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Engenheiro Agrônomo Aldo Leopoldo Rossetto Filho, Presidente da Associação dos Engenheiros, Arquitetos e Agrônomos da Região de Dracena, pela organização do evento realizado no dia 19 de maio de 2016, na Casa da Engenharia de Dracena. As congratulações são extensivas ao Arquiteto e Urbanista Edélcio Pazini de Oliveira, que proferiu a palestra com o tema "Acessibilidade e Mobilidade o que isso facilita na sua vida?"</t>
   </si>
   <si>
     <t>10751</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10751/r0021216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10751/r0021216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao atleta dracenense Mateus Daniel de Sá, pela conquista da 1ª colocação no salto triplo durante o campeonato Ibero-Americano de Atletismo, realizado no Rio de Janeiro, sendo este um evento teste para as Olimpíadas.</t>
   </si>
   <si>
     <t>10752</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10752/r0021316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10752/r0021316.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o motivo de na Escola João Milan Barbosa haver somente uma funcionária servente prestando serviços, e quando serão direcionados novos servidores para aquele estabelecimento, pois segundo a Diretora são necessários mais dois funcionários para dar conta do trabalho.</t>
   </si>
   <si>
     <t>10753</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10753/r0021416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10753/r0021416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito, Sr. José Antonio Pedretti, à Secretária de Educação, Fernanda Nasser Geronimo Conde, aos diretores das escolas envolvidas, extensivo aos professores e funcionários, e ao Secretário de Esportes, José Carlos Barbosa, responsáveis pela realização do 2º Campeonato Educação de Futebol entre as escolas do Município.</t>
   </si>
   <si>
     <t>10754</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10754/r0021516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10754/r0021516.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Samir El Sahli, ocorrido em 21 de maio de 2016.</t>
   </si>
   <si>
     <t>10755</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>Francisco Eduardo Aniceto Rossi, Juliano Brito Bertolini, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10755/r0021616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10755/r0021616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Ricardo (Pitú), ocorrido em 22 de maio de 2016.</t>
   </si>
   <si>
     <t>10756</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10756/r0021716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10756/r0021716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito, Sr. José Antonio Pedretti, ao Secretário de Esportes, José Carlos Barbosa, ao Diretor de Esportes da Associação de Moradores do Jardim Brasilândia e Bairros Adjacentes, Gilberto Francisco do Nascimento, e ao Vice Presidente da Associação, Edemar dos Santos, pela realização do Campeonato de Futebol do Jardim Brasilândia, que teve como campeã a equipe do Lata Velha e vice campeã a equipe do Jardim Brasilândia.</t>
   </si>
   <si>
     <t>10757</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10757/r0021816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10757/r0021816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos atletas da II Copa Interestadual de Karatê, realizada no dia 22 de maio, no Ginásio de Esportes Dovilho Moura. As congratulações são extensivas ao Professor Clodoaldo Zanon, Diretor Técnico, ao Professor Rafael Bernardelli e ao Grupo AZK pela organização do evento.</t>
   </si>
   <si>
     <t>10758</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10758/r0021916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10758/r0021916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Francisco dos Santos, ocorrido em 21 de maio de 2016.</t>
   </si>
   <si>
     <t>10759</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Juliano Brito Bertolini, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10759/r0022016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10759/r0022016.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor João de Andrade Filho, ocorrido em 22 de maio de 2016.</t>
   </si>
   <si>
     <t>10763</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10763/r0022116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10763/r0022116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos novos proprietários do Restaurante e Pizzaria Kikão, localizado na Rua Euclides da Cunha, n.º 99, Sr. Wilson Barão, Sr. Célio Russo e Sra. Gabriela Russo.</t>
   </si>
   <si>
     <t>10764</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10764/r0022216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10764/r0022216.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito juntamente com a Secretaria da Educação, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o seguinte: 1) Enviar cópia do contrato de convênio da Prefeitura Municipal de Dracena com o Sesi, na aquisição do material didático e treinamentos para os professores. 2) Em qual mês e ano a Secretaria Municipal de Educação iniciou os trabalhos de ensino com a apostila do Sesi? 3) Quais são as pessoas que participam da equipe, ou comissão, do referido projeto de ensino? 4) Quantos alunos receberam apostilas durante esse período? Enviar relatório por escola e série. 5) Quantos treinamentos, e quais as datas dos mesmos, foram ministrados aos professores e à equipe de coordenação? 6) Onde foram realizados os treinamentos? 7) Qual o valor gasto com o material didático mensal, anual e o total do contrato? Enviar relatório dos valores pagos, constando data e número das notas fiscais. 8) Qual o valor gasto com os treinamentos no pagamento aos instrutores (despesas de hotel, viagem, alimentação, etc.)? Enviar relatório das despesas e dos pagamentos. 9) Qual o valor gasto em viagens e alimentação da equipe de coordenação em acompanhamento do referido projeto? Enviar relatório das despesas e dos pagamentos. 10) Houve avaliação, pela equipe de coordenação e pelos professores, de satisfação e desempenho do projeto durante o período de aplicação do método de ensino com as apostilas? Se sim, quais os pontos avaliados e o resultado obtido? Enviar cópia da ficha de avaliação. 11) O contrato com o Sesi continua em vigor? Se sim, enviar o aditamento, e se não, qual o motivo da não renovação? 11.1) Se não há contrato com o Sesi, o que está sendo utilizado? 11.2) Vai ser realizado convênio com o Estado do "Programa Ler e Escrever" por ser material gratuito e de boa qualidade? 12) Informar as notas obtidas nas avaliações nos anos de 2013 e 2014. 13) Quais os motivos da não participação nas avaliações em 2015?</t>
   </si>
   <si>
     <t>10765</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10765/r0022316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10765/r0022316.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Quem é o presidente da Casa da Criança? - Quantas crianças são atendidas? - Quantos funcionários trabalham na instituição? - Qual é o valor arrecadado na Zona Azul? Valor bruto e líquido, mensalmente. - Quais os valores recebidos de órgãos públicos municipais, estaduais e federais. - Os funcionários da Zona Azul são registrados ou comissionados?</t>
   </si>
   <si>
     <t>10766</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10766/r0022416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10766/r0022416.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se estão sendo estudadas medidas para o recapeamento das ruas transversais dos Bairros Vitória Régia e Frei Moacir I.</t>
   </si>
   <si>
     <t>10767</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10767/r0022516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10767/r0022516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Nestor Tobias, ocorrido em 25 de maio de 2016.</t>
   </si>
   <si>
     <t>10768</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10768/r0022616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10768/r0022616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Valdemar Mantovanelli, ocorrido em 25 de maio de 2016.</t>
   </si>
   <si>
     <t>10769</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10769/r0022716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10769/r0022716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito, Sr. José Antonio Pedretti, ao Secretário de Esportes, José Carlos Barbosa pela realização da Copa Intermunicipal de Futebol Amador de Dracena. As congratulações são extensivas a todas as equipes participantes e à equipe campeã Digão Lanches/Dracefone/Top Center/Sucatolândia, pela conquista do título.</t>
   </si>
   <si>
     <t>10770</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10770/r0022816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10770/r0022816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Diretor da Unesp - Câmpus de Dracena, Prof. Dr. Paulo Alexandre Monteiro de Figueiredo, ao Vice-Diretor, Prof. Dr. Fábio Erminio Mingatto e ao Reitor, Prof. Dr. Julio Cezar Durigan, pelos trabalhos no Câmpus de Dracena.</t>
   </si>
   <si>
     <t>10773</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10773/r0022916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10773/r0022916.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 029/2016, de 20.5.2016, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$ 623.000,00 - destinado a abertura de crédito especial orçamentário não contemplado na elaboração do orçamento municipal, referente a recurso repassado pela CESP, a título de compensação).</t>
   </si>
   <si>
     <t>10774</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10774/r0023016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10774/r0023016.pdf</t>
   </si>
   <si>
     <t>Requeremos nos termos do artigo 135, V, do Regimento Interno desta Casa de Leis (Resolução n.º 05/12, de 27 de novembro de 2012), ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL aos Projetos de Iniciativa Popular que recebeu na Casa os números: Projeto de Resolução nº 02/2016; e Projeto de Emenda à Lei Orgânica 01/2016, ambos de 25/05/2016, sendo que o primeiro dispõe sobre a redução de subsídios dos vereadores e o segundo sobre a redução do número de vereadores.</t>
   </si>
   <si>
     <t>10775</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10775/r0023116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10775/r0023116.pdf</t>
   </si>
   <si>
     <t>Requeremos nos termos do artigo 135, V, do Regimento Interno desta Casa de Leis (Resolução n.º 05/12, de 27 de novembro de 2012), ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL aos Projetos de Iniciativa Popular que recebeu na Casa os números: Projeto de Resolução nº 02/2016; e Projeto de Emenda à Lei Orgânica 01/2016, ambos de 25/05/2016.</t>
   </si>
   <si>
     <t>10776</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10776/r0023216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10776/r0023216.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações, a saber: Há previsão de realização de reformas no Centro Comunitário do Jardim Brasilandia? Isto porque desde a sua construção o Centro Comunitário nunca recebeu nenhuma melhoria e atualmente o prédio se encontra em condições precárias e apresenta problemas como: a) rachaduras nas paredes; b) ocorrem infiltrações de água; c) o madeiramento está quebrado; d) os banheiros se encontram em péssimas condições; e) o salão é muito quente, mesmo com muitos ventiladores o problema persiste, sendo necessário forrá-lo; f) a iluminação é precária; g) é preciso substituir o telhado; e, h) quando chove a calha do escritório entope, fazendo com que a água entre pelas paredes, provocando inundação. Solicitamos que seja realizado um balanço dos custos para que, caso a Prefeitura não tenha condições de efetuar a reforma, sejam solicitados recursos junto ao setor competente.</t>
   </si>
   <si>
     <t>10777</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Rodrigo Rossetti Parra, Ailton Oscar Lorensetti, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10777/r0023316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10777/r0023316.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à equipe do CREAS (Centro de Referência Especializado de Assistência Social), pela inauguração da sede do órgão no dia 31 de maio, na Rua Arcílio de Souza Trindade, n.º 100. Requeremos ainda que depois de aprovada esta matéria sejam oficiados aos homenageados, através da Sra. Guiomar Maria Fávero Pedretti, Secretária Municipal de Assistência e Desenvolvimento Social, e da Sra. Eliane Benati, Coordenadora do CREAS, dando conhecimento deste ato do Poder Legislativo.</t>
   </si>
   <si>
     <t>10778</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10778/r0023416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10778/r0023416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos atletas Marcos Hashimoto, Campeão Estadual na categoria Master faixa Marrom, peso leve, Maria Eduarda Prado de Aquino, Campeã Estadual na categoria Juvenil faixa Azul, peso leve, e Leonardo Ojima Higuchi, Vice-Campeão Estadual na categoria Juvenil faixa Azul, peso médio. O evento ocorreu na cidade de São Carlos e foi organizado pela Confederação Brasileira de Jiu-Jitsu Esportivo - CBJJE.</t>
   </si>
   <si>
     <t>10779</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10779/r0023516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10779/r0023516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Carlos José Simões, ocorrido em 02 de junho de 2016.</t>
   </si>
   <si>
     <t>10781</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Claudevi Oliveira da Silva Júnior, Divanir Ledo dos Santos, Francisco Eduardo Aniceto Rossi, Juliano Brito Bertolini, Kielse Chiari Munis, Luiz Rodrigues Coelho, Milton Polon, Moacir Shoiti Kanezawa, Moisés Antonio de Lima, Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10781/r0023616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10781/r0023616.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 030/2016, de 03 de junho de 2016 – de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (no valor de R$298.000,00 - destinado à abertura de crédito especial orçamentário não contemplado na elaboração do orçamento municipal, referente a recurso federal destinado a contratação de shows)</t>
   </si>
   <si>
     <t>10782</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10782/r0023716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10782/r0023716.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei Complementar n.º 007/16, de 13 de maio de 20166 – de autoria do Poder Executivo, que altera as Leis Complementares n.º 50, de 17.10.1995 (Código de Posturas); 349 de 23.02.2011 (Código de Obras) e 411, de 17.06.2014 (venda de parte do passeio público invadido)</t>
   </si>
   <si>
     <t>10783</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Pedro Trabuco, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10783/r0023816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10783/r0023816.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: - Qual o prazo para finalização das obras da galeria de águas pluviais, da rede de água e esgoto e da pavimentação asfáltica na Rua Aristides Zanoni? - Quem está executando a obra? - Qual é o valor da obra? - O recurso é oriundo de convênio? Se sim, enviar cópia.</t>
   </si>
   <si>
     <t>10784</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10784/r0023916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10784/r0023916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Dr. Tácito Sartori Bosco pela participação no XIV Congresso Internacional de Catarata e Cirurgia Refrativa, realizado em São Paulo, e ao Dr. Pablo Sartori Bosco pelo Prêmio de Melhor Palestra, recebido no mesmo evento.</t>
   </si>
   <si>
     <t>10785</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10785/r0024016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10785/r0024016.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se estão sendo realizados estudos e se há a possibilidade de destinar ao funcionalismo parte do valor arrecadado com os serviços bancários de administração de folha de pagamento dos servidores, a ser contratado mediante licitação que será realizada em breve.</t>
   </si>
   <si>
     <t>10786</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10786/r0024116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10786/r0024116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES a Sra. Marcella Marcheto Torteli, proprietária da Loja Rosa Chock, reinaugurada em novas e modernas instalações na Avenida Presidente Roosevelt, n.º 870.</t>
   </si>
   <si>
     <t>10787</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10787/r0024216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10787/r0024216.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1- Qual o número de funcionários efetivos e em comissão que a Prefeitura possui atualmente? Enviar uma relação constando os nomes, o setor e o horário de trabalho destes servidores. 2- Quantos destes funcionários estão afastados para tratamento de saúde? Enviar uma relação constando o setor de cada funcionário afastado. 3- Qual o número de funcionários aposentados pelo FAPEM da Prefeitura atualmente? 4- Qual o número de funcionários que recebem o cartão alimentação?</t>
   </si>
   <si>
     <t>10788</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10788/r0024316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10788/r0024316.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1- Existe algum projeto em andamento para o perfilamento asfáltico das ruas dos bairros: Jardim Santa Clara, São Francisco e Vila Barros? 2- Em caso afirmativo, discriminar o nome das ruas e qual a previsão para realização dos serviços.</t>
   </si>
   <si>
     <t>10789</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10789/r0024416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10789/r0024416.pdf</t>
   </si>
   <si>
     <t>Tendo em vista a matéria publicada no dia 3 de junho de 2016, pelo Jornal Regional, na qual o Senhor Prefeito, José Antonio Pedretti, informou que devido à crise econômica e ao alto valor pedido pelo Sesi não foi possível renovar o contrato. Segundo o prefeito a "Prefeitura de Dracena decide não renovar contrato com o Sistema Sesi de Ensino". Considerando que o material didático fornecido pelo Sesi teve um custo mensal de aproximadamente R$ 15,00 por aluno, requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe qual o custo das apostilas se fossem pedidas hoje ao Sesi.</t>
   </si>
   <si>
     <t>10790</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10790/r0024516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10790/r0024516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Euclides Henrique de Lima, ocorrido em 09 de junho de 2016.</t>
   </si>
   <si>
     <t>10791</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10791/r0024616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10791/r0024616.pdf</t>
   </si>
   <si>
     <t>Considerando que a Rua Magid Zacarias é uma via expressa que dá acesso à Santa Casa, ao Velório, ao Cemitério, ao CREA (Conselho Regional de Engenharia e Agronomia), entre outros. Considerando que apesar de ter havido um recape não há muito tempo, sua pavimentação se encontra em uma situação caótica (tipo costela) e que o fluxo de veículos nesta via é intenso. Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há previsão para que se faça um recape ou perfilamento asfáltico, pois as reivindicações e reclamações da população são muitas.</t>
   </si>
   <si>
     <t>10792</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10792/r0024716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10792/r0024716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Edmundo Vital Lucchiari, ocorrido em 09 de junho de 2016.</t>
   </si>
   <si>
     <t>10793</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10793/r0024816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10793/r0024816.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - O dinheiro para o pagamento do serviço extra dos agentes de vigilância já foi repassado pelo Governo Federal? Em caso afirmativo, por que ainda não foi repassado aos funcionários?</t>
   </si>
   <si>
     <t>10794</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10794/r0024916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10794/r0024916.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Tamara Regina Salvador, ocorrido em 11 de junho de 2016.</t>
   </si>
   <si>
     <t>10795</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10795/r0025016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10795/r0025016.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Osmar Mattara, ocorrido em 13 de junho de 2016.</t>
   </si>
   <si>
     <t>10796</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10796/r0025116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10796/r0025116.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à UNESP - Câmpus de Dracena, pelo III FAPIS - Fórum de Apicultura Sustentável, realizado no dia 10 de junho de 2016, na Faculdade de Ciências Agrárias e Tecnológicas. Aos senhores: Prof. Dr. Paulo Alexandre Monteiro de Figueiredo e Prof. Dr. Fábio Erminio Mingatto, respectivamente Diretor e Vice-Diretor da Unesp - Câmpus de Dracena, Prof. Dr. Daniel Nicodemo - Coordenador do evento, Prof. Dr. Leonardo Sussumu Takahashi - Coordenador do curso de Zootecnia e Prof. Dr. Ricardo Velludo Gomes de Soutello - Coordenador do curso de Engenharia Agronômica, nossos especiais cumprimentos pela excelência do trabalho desenvolvido.</t>
   </si>
   <si>
     <t>10797</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10797/r0025216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10797/r0025216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos pastores de Dracena, pela reunião do Conselho de Pastores em comemoração ao Dia do Pastor, celebrado no 2º domingo de junho. A reunião realizada no dia 11 de junho, na Igreja Evangélica Luz do Mundo, contou com a presença do Presidente do Conselho, Pastor Antonio Carlos, de toda sua diretoria e de 23 pastores. Também estiveram presentes o Sr. Prefeito, José Antonio Pedretti, a 1ª Dama, Guiomar Maria Fávero Pedretti, o Vereador Luiz Rodrigues Coelho e o saxofonista Hilquias Alves, de Campinas, um dos maiores músicos do Brasil.</t>
   </si>
   <si>
     <t>10798</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10798/r0025316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10798/r0025316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Walter Alves Gabriel, ocorrido em 12 de junho de 2016.</t>
   </si>
   <si>
     <t>10799</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10799/r0025416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10799/r0025416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Aparecida Gonçalves dos Santos, ocorrido em 12 de junho de 2016.</t>
   </si>
   <si>
     <t>10800</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10800/r0025516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10800/r0025516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Mary Fukushima, ocorrido em 12 de junho de 2016.</t>
   </si>
   <si>
     <t>10803</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10803/r0025616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10803/r0025616.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos posicione sobre a possibilidade de atender a minha Indicação n.º 081/2016 apresentada na presente Sessão, sobre a concessão de bônus ao funcionalismo público municipal, quando da contratação de instituição financeira para realização do processamento e do pagamento da folha de pagamento dos funcionários.</t>
   </si>
   <si>
     <t>10804</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10804/r0025716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10804/r0025716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Josué da Silva, ocorrido em 13 de junho de 2016.</t>
   </si>
   <si>
     <t>10805</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10805/r0025816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10805/r0025816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Jacyr da Silva Costa Filho, que foi homenageado na Embaixada da França, em Brasília, com a comenda de Cavaleiro do Mérito Agrícola, uma das mais importantes condecorações concedidas pela França, pelos serviços prestados à agricultura do país.</t>
   </si>
   <si>
     <t>10806</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10806/r0025916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10806/r0025916.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito juntamente com a Secretaria da Educação, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos envie cópia do convênio firmado entre a Prefeitura Municipal e o Sesi - SP, uma vez que tal cópia foi solicitada anteriormente, através do Requerimento n.º 222/2016, porém não nos foi enviada.</t>
   </si>
   <si>
     <t>10807</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10807/r0026016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10807/r0026016.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos atletas Maria Eduarda Aquino, Leonardo Ojima Higuchi e Marcos Hashimoto que participaram do São Paulo Open de Jiu-Jitsu Esportivo e do Campeonato Mundial de Natural Submission, eventos realizados em São Paulo, pela Confederação Brasileira de Jiu-Jitsu Esportivo (CBJJE).</t>
   </si>
   <si>
     <t>10808</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10808/r0026116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10808/r0026116.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à atleta Juliana Carla Eloy Quirino, que se sagrou Campeã Paulista e Campeã Mundial de Jiu-Jitsu Esportivo, na categoria peso médio, em eventos realizados em São Paulo.</t>
   </si>
   <si>
     <t>10809</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10809/r0026216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10809/r0026216.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há prazo para finalização da construção e início do funcionamento do bebedouro de água da Praça Rotary. Esta melhoria há muito foi solicitada por nós, haja visto que temos vários pedidos neste sentido, entre eles a Indicação n.º 023/2014 e o Requerimento n.º 071/2016.</t>
   </si>
   <si>
     <t>10810</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10810/r0026316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10810/r0026316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Raimundo Lopes dos Santos, ocorrido em 14 de junho de 2016.</t>
   </si>
   <si>
     <t>10811</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10811/r0026416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10811/r0026416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Direção das Escolas Municipais Prof. Moacir Simardi e Profª. Luiza Rossa Ribeiro, pela realização de suas Feiras de Ciências.</t>
   </si>
   <si>
     <t>10812</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>Luiz Rodrigues Coelho, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10812/r0026516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10812/r0026516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor João Rocha, ocorrido em 15 de junho de 2016.</t>
   </si>
   <si>
     <t>10813</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10813/r0026616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10813/r0026616.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há previsão para notificar a empresa responsável para realizar reparos no prédio do CREAS (Centro de Referência Especializado de Assistência Social).</t>
   </si>
   <si>
     <t>10814</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10814/r0026716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10814/r0026716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Cazela, ocorrido em 15 de junho de 2016.</t>
   </si>
   <si>
     <t>10815</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10815/r0026816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10815/r0026816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Francisco Peratelli, ocorrido em 15 de junho de 2016.</t>
   </si>
   <si>
     <t>10816</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10816/r0026916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10816/r0026916.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se será realizada alguma melhoria na demarcação asfáltica em frente à Escola João Milan Barbosa, na Rua Manoel de Carvalho, e se também será feita "lombofaixa" naquele local.</t>
   </si>
   <si>
     <t>10817</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10817/r0027016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10817/r0027016.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que intervenha junto a Elektro para pedir que se faça a reposição da haste luminária do poste localizado na Rua Anita Garibaldi, em frente ao n.º 169, na Vila Barros.</t>
   </si>
   <si>
     <t>10818</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10818/r0027116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10818/r0027116.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações referentes ao prédio localizado na Rodovia Engenheiro Byron de Azevedo Nogueira: 1. O prédio foi construído com recursos advindos do Estado através da Secretaria da Agricultura, referente a convênio firmado com a Prefeitura Municipal de Dracena, conforme Lei n.º 1975, de 08/03/1988, sendo objeto de armazém comunitário com a finalidade de atender aos produtores rurais. O prédio atualmente está fechado e sem utilização para nenhuma atividade. 1.1. Por ter os recursos oriundos da Secretaria Estadual de Agricultura e a finalidade de atender aos produtores rurais, o Prefeito Municipal destinará o referido prédio para a Associação dos Produtores Rurais de Dracena para que desenvolva suas atividades? 1.2. Qual a previsão para que o referido prédio passe a ser utilizado pela Associação dos Produtores Rurais de Dracena? 1.3. O prédio está com portões danificados e necessita de algumas melhorias. O Sr. Prefeito tem pretensão de realizar os pequenos consertos e após isto destinar o prédio aos produtores rurais?</t>
   </si>
   <si>
     <t>10819</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10819/r0027216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10819/r0027216.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Senhor Presidente da Câmara o envio de ofício ao presidente da Associação dos Produtores Rurais de Dracena, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, solicitando informações referentes ao prédio localizado na Rodovia Engenheiro Byron de Azevedo Nogueira: 1. O prédio foi construído com recursos advindos do Estado através da Secretaria da Agricultura, referente a convênio firmado com a Prefeitura Municipal de Dracena, conforme Lei n.º 1975, de 08/03/1988, sendo objeto de armazém comunitário com a finalidade de atender aos produtores rurais. O prédio atualmente está fechado e sem utilização para nenhuma atividade. 1.1. Por ter os recursos oriundos da Secretária Estadual de Agricultura e a finalidade de atender aos produtores rurais, a Associação dos Produtores Rurais de Dracena tem projetos para desenvolver no referido prédio? 1.2. Quais atividades agrícolas poderão ser desenvolvidas em apoio aos produtores rurais? 1.3. A Associação dos Produtores está na fase de finalização do laticínio, o prédio também será de apoio a esse projeto?</t>
   </si>
   <si>
     <t>10820</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10820/r0027316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10820/r0027316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Atsushi Hotta, ocorrido em 18 de junho de 2016.</t>
   </si>
   <si>
     <t>10821</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10821/r0027416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10821/r0027416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos sócios da Suyá, pela realização da Festa Junina, no dia 18 de junho, com participação maciça dos membros, demonstrando unidade em torno de uma convivência festiva e saudável.</t>
   </si>
   <si>
     <t>10822</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10822/r0027516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10822/r0027516.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES pelo projeto "Tudo é Brasil" ao Prefeito Municipal, Sr. José Antonio Pedretti, à Secretária Municipal de Cultura e Turismo, Sra. Mayra Simões e aos demais Secretários, Diretores e Funcionários que trabalharam incansavelmente para que o evento fosse coroado de êxito, e ainda ao Deputado Federal, Sr. Roberto de Lucena, pela liberação de recurso no valor de R$ 298 mil que possibilitou a presença da cantora Aline Barros e da dupla Chitãozinho e Xororó neste importante evento, que teve participação de entidades beneficentes e contribuiu para movimentar a economia da cidade.</t>
   </si>
   <si>
     <t>10823</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10823/r0027616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10823/r0027616.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Everson Chrisostomo, proprietário da empresa "Ponteiro Velocímetros", reinaugurada em novas e modernas instalações, na Rua João Ottoboni, n.º 413.</t>
   </si>
   <si>
     <t>10824</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10824/r0027716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10824/r0027716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Fátima Dias, ocorrido em 22 de junho de 2016.</t>
   </si>
   <si>
     <t>10825</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10825/r0027816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10825/r0027816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Pedro José de Araujo, ocorrido em 22 de junho de 2016.</t>
   </si>
   <si>
     <t>10826</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10826/r0027916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10826/r0027916.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se há estudo ou prazo para recolocação da academia ao ar livre do Bairro São Cristóvão.</t>
   </si>
   <si>
     <t>10827</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10827/r0028016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10827/r0028016.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao dracenense Elton dos Santos Falchione, pela participação no revezamento da tocha Olímpica em Presidente Prudente e por representar Dracena neste evento de elevada importância, que antecede os Jogos Olímpicos.</t>
   </si>
   <si>
     <t>10828</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10828/r0028116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10828/r0028116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito Municipal, Sr. José Antonio Pedretti, e ao Secretário Municipal de Saúde, Sr. Nelson Antonio Bortolatto, extensivamente aos diretores e funcionários, em especial aos Agentes de Vetores e Agentes Comunitários.</t>
   </si>
   <si>
     <t>10829</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10829/r0028216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10829/r0028216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Fuzio Ito, ocorrido em 25 de junho de 2016.</t>
   </si>
   <si>
     <t>10838</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10838/r0028316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10838/r0028316.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Frei Eraldo Bortoleto, ocorrido em 26 de junho de 2016.</t>
   </si>
   <si>
     <t>10839</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10839/r0028416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10839/r0028416.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 033/16, de 16 de Junho de 2016, de autoria do Vereador Moisés Antonio de Lima, que dispõe sobre denominação de Estrada Municipal "DRA 254", que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>10840</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10840/r0028516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10840/r0028516.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 034/16, de 16 de Junho de 2016, de autoria do Vereador Rodrigo Rossetti Parra, subscrito pelo vereador Ailton Oscar Lorensetti, que dispõe sobre a obrigatoriedade de instalação de sistema de segurança e monitoramento por câmeras de vídeo nas áreas internas e externas das instituições bancárias e financeiras e nos postos de atendimento bancário, no âmbito do Município de Dracena, e dá outras providências.</t>
   </si>
   <si>
     <t>10841</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10841/r0028616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10841/r0028616.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 038/16, de 23 de Junho de 2016, de autoria do Poder Executivo, que dispõe sobre autorização do Poder Executivo para efetuar pagamento de débito perante a CETESB - Companhia Ambiental do Estado de São Paulo e dá outras providências.</t>
   </si>
   <si>
     <t>10842</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10842/r0028716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10842/r0028716.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 039/16, de 27 de Junho de 2016, de autoria do Poder Executivo, que concede subvenção à Entidade que especifica. (subvenção no valor de R$ 10.000,00 - dez mil reais à Associação de Valorização Humana - AVAHU)</t>
   </si>
   <si>
     <t>10843</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10843/r0028816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10843/r0028816.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei Complementar n.º 08, de 27.06.2016, de autoria do Poder Executivo, que dispõe sobre a criação de cargos conforme especifica e dá outras providências. (criação de dois cargos de Médico Clínico Geral).</t>
   </si>
   <si>
     <t>10844</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10844/r0028916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10844/r0028916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Aparecida Macagni Mapelli, ocorrido em 27 de junho de 2016.</t>
   </si>
   <si>
     <t>10845</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10845/r0029016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10845/r0029016.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Nicácia Soto Barbosa, ocorrido em 27 de junho de 2016.</t>
   </si>
   <si>
     <t>10846</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10846/r0029116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10846/r0029116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Wander Dorival Ramos, ocorrido em 10 de julho de 2016.</t>
   </si>
   <si>
     <t>10847</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10847/r0029216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10847/r0029216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Anedino Pereira dos Santos, ocorrido em 11 de julho de 2016.</t>
   </si>
   <si>
     <t>10848</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10848/r0029316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10848/r0029316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Rosa Viciola Parissolo, ocorrido em 12 de julho de 2016.</t>
   </si>
   <si>
     <t>10849</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10849/r0029416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10849/r0029416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Gildazio Guimarães, ocorrido em 06 de julho de 2016.</t>
   </si>
   <si>
     <t>10850</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10850/r0029516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10850/r0029516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Aparecida Fernandes Silva, ocorrido em 28 de julho de 2016.</t>
   </si>
   <si>
     <t>10851</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10851/r0029616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10851/r0029616.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos atletas Alberto Martins, Denir Pereira e Guilherme Pinoti, que conquistaram, respectivamente, medalhas de ouro, prata e bronze no Campeonato Mundial de Jiu-Jitsu, realizado em São Paulo.</t>
   </si>
   <si>
     <t>10858</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10858/r0029716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10858/r0029716.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre a DRA que divide os bairros Vitória Régia e Frei Moacir, concernente à realização de galerias e asfalto naquele local.</t>
   </si>
   <si>
     <t>10859</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10859/r0029816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10859/r0029816.pdf</t>
   </si>
   <si>
     <t>Considerando a elevada importância da construção de galeria no Jardim Kennedy, requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se já foi protocolado projeto no Ministério das Cidades para a realização da obra. Para tanto, este Vereador esteve em contanto com o Deputado Federal Miguel Lombardi, que se comprometeu a ajudar o Município de Dracena a conquistar a verba necessária.</t>
   </si>
   <si>
     <t>10860</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10860/r0029916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10860/r0029916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Nelson Correa Palhares, ocorrido em 06 de agosto de 2016.</t>
   </si>
   <si>
     <t>10861</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10861/r0030016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10861/r0030016.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria do Carmo de O. Peres, ocorrido em 07 de agosto de 2016.</t>
   </si>
   <si>
     <t>10872</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10872/r0030116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10872/r0030116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Marco Antonio Ribeiro Pietrucci, pelo lançamento do seu novo livro "Pikuin, o pequeno Kurumin", que ocorrerá em São Paulo.</t>
   </si>
   <si>
     <t>10873</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10873/r0030216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10873/r0030216.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se a empresa que presta serviço no Pronto Atendimento Municipal está cumprindo o contrato firmado e que nos encaminhe o que segue: 1. Cópia do contrato. 2. Cópia dos pagamentos efetuados pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>10874</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10874/r0030316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10874/r0030316.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe se consta no planejamento a pavimentação da Rua Spinardi, ao lado do Centro de Controle de Zoonoses (CCZ).</t>
   </si>
   <si>
     <t>10875</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10875/r0030416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10875/r0030416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Mestre Charles Gonçalves, pelo 11º Festival Interestadual de Capoeira, realizado em Dracena no dia 07 de agosto, que contou com a participação de 23 grupos de capoeira de diversas cidades do Estado de São Paulo e do Paraná, divididos em 12 categorias masculinas e femininas.</t>
   </si>
   <si>
     <t>23432</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23432/r0030516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23432/r0030516.pdf</t>
   </si>
   <si>
     <t>Requer que informe nos informe o que segue: 1. Por que até o momento não foram iniciadas as cirurgias, já que existem recursos no orçamento da Prefeitura para esse fim? 2. Se existem recursos; se os profissionais (médicos e anestesistas) estão dispostos a realizar as cirurgias; se a Santa Casa de  Dracena propôs o menor preço, indagamos:  qual é o entrave existente para que essas cirurgias aconteçam?</t>
   </si>
   <si>
     <t>10876</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10876/r0030616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10876/r0030616.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue: 1. Qual a situação do prédio onde funcionou a empresa PODER FRUIT AGROINDÚSTRIA COMERCIAL LTDA.? 2. O Executivo solicitou a reintegração de posse desse imóvel? 3. Quais são as medidas que estão sendo tomadas para a regularização do imóvel? 4. Atualmente, o que funciona no prédio?</t>
   </si>
   <si>
     <t>10877</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10877/r0030716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10877/r0030716.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador se existe um prazo determinado para serem construídas as caixas de captação de águas pluviais na Rua Anedino Florindo Santana, localizada no Bairro Iandara.</t>
   </si>
   <si>
     <t>10878</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>Francisco Eduardo Aniceto Rossi, Milton Polon, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10878/r0030816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10878/r0030816.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Sidnei Vicentini, ocorrido em 11 de agosto de 2016.</t>
   </si>
   <si>
     <t>10879</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10879/r0030916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10879/r0030916.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Roberto Manzano Garcia, ocorrido em 11 de agosto de 2016.</t>
   </si>
   <si>
     <t>10880</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>Moisés Antonio de Lima, Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10880/r0031016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10880/r0031016.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Nelson Balotin, ocorrido em 14 de agosto de 2016.</t>
   </si>
   <si>
     <t>10881</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Milton Polon, Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10881/r0031116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10881/r0031116.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Carlos Soares de Almeida, ocorrido em 12 de agosto de 2016.</t>
   </si>
   <si>
     <t>10884</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10884/r0031216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10884/r0031216.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe quantas crianças são assistidas em cada uma das EMEIs (creches) instaladas no município e nos distritos.</t>
   </si>
   <si>
     <t>10885</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10885/r0031316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10885/r0031316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Domingos Serra, ocorrido em 16 de agosto de 2016.</t>
   </si>
   <si>
     <t>10886</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10886/r0031416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10886/r0031416.pdf</t>
   </si>
   <si>
     <t>Considerando que após quinze meses de negociação junto à Secretaria da Fazenda de São Paulo que não produziram resultados, os Técnicos da Fazenda Estadual de São Paulo deflagraram greve geral por tempo indeterminado, a partir do dia 11 de julho. Considerando que as reivindicações consistem em: 1. Publicação de um rol de atribuições condizente com as atividades realizadas no dia a dia da Administração Fazendária; 2. Restabelecimento do nível superior de escolaridade para a carreira; 3. Aplicação de reajuste na tabela de vencimentos, prometida pelo governo em 2012 e não implantada até o momento, considerando que não é concedido nenhum reajuste ou repasse de inflação na remuneração há mais de 10 (dez) anos. Considerando que foi realizada uma reunião entre o Sindicato dos Técnicos da Fazenda Estadual de São Paulo (SITESP), que apresentou todos os documentos protocolados na Secretaria da Fazenda e no Gabinete do Governador, e o Secretário da Casa Civil, Sr. Samuel Moreira, que se comprometeu a reunir-se com o Secretário da Fazenda, Sr. Renato Villela, e em seguida apresentar ao Sindicato os efeitos da reunião, no entanto a segunda reunião com o Secretario da Casa Civil, até o momento, não foi agendada. Considerando que, devido à greve, a quantidade de atendimentos foi reduzida, afetando diretamente os cidadãos que necessitam dos serviços prestados, Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de Moção de Apoio ao pleito dos Técnicos da Fazenda Estadual de São Paulo, que buscam a valorização e o reconhecimento de suas atribuições, visando não só os próprios interesses, mas também os interesses da sociedade, uma vez que o trabalho dos Técnicos é importante para o bom funcionamento da Administração Fazendária de São Paulo. Requeremos ainda que depois de aprovada esta matéria sejam oficiados aos Deputado Estadual Ed Thomas, Reinaldo de Souza Alguz, Ricardo Madalena, Campos Machado, Davi Zaia, Orlando Morando, Aldo Demarchi, para conhecimento e apoio às reivindicações dos servidores.</t>
   </si>
   <si>
     <t>23433</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>Requer que nos informe qual ou quais motivos de a Administração Municipal ainda não ter regulamentado as horas de trabalho dos professores/educadores de EMEI no Estatuto do Magistério Municipal</t>
   </si>
   <si>
     <t>10887</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10887/r0031616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10887/r0031616.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que em contato com o responsável pelo Centro de Controle de Zoonoses, informe a esse vereador o seguinte, no período de janeiro de 2015 até a presente data: 1. Quantos animais (gatos e cachorros) foram sacrificados através de eutanásia? 2. Qual o critério utilizado para o sacrifício? Quem é o responsável pela autorização? 3. Após a eutanásia, o que é feito com o animal (enterrado ou cremado)? Onde isso acontece? Informar o endereço do local para averiguação.</t>
   </si>
   <si>
     <t>10888</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10888/r0031716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10888/r0031716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Natalina Freitas Silva, ocorrido em 19 de agosto de 2016.</t>
   </si>
   <si>
     <t>10889</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10889/r0031816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10889/r0031816.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao atleta dracenense Rodrigo Caio Coquette Russo, que se sagrou campeão olímpico de futebol, uma conquista inédita para o país.</t>
   </si>
   <si>
     <t>10890</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10890/r0031916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10890/r0031916.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à equipe mirim de atletismo de Dracena, composta por atletas da EMEFI Guilherme Tammerik, do projeto AABB Comunidade e do projeto desenvolvido no Centro Olímpico, pelo vice-campeonato no 40º Troféu Genzo Hara, disputado em São Paulo, no dia 21 de agosto do corrente ano.</t>
   </si>
   <si>
     <t>10892</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10892/r0032016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10892/r0032016.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 40/2016, de 07.07.2016, de autoria do Poder Executivo, que considera urbana área de terras que especifica e dá outras providências. (Matricula 23.740 - Fazenda Aguapeí - Gleba Palmeiras)</t>
   </si>
   <si>
     <t>10893</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10893/r0032116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10893/r0032116.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 41/2016, de 07.07.2016, de autoria do Poder Executivo, que considera urbana área de terras que especifica e dá outras providências. (Matricula 12.592 - Bairro Java Paulista)</t>
   </si>
   <si>
     <t>10894</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10894/r0032216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10894/r0032216.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 42/2016, de 25.07.2016, de autoria do Poder Executivo, que considera urbana área de terras que especifica e dá outras providências. (Matricula 856 - Fazenda São Manoel)</t>
   </si>
   <si>
     <t>10895</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10895/r0032316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10895/r0032316.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Senhor Presidente, de acordo com o Regimento Interno desta egrégia Casa de Leis, ouvido o douto plenário o envio de ofício aos Gerentes das agências do Banco do Brasil de Dracena, questionando o motivo de os caixas eletrônicos funcionarem somente das 8h às 20h, diferentemente do horário de autoatendimento praticado por outras instituições bancárias que atuam na cidade.</t>
   </si>
   <si>
     <t>10896</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10896/r0032416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10896/r0032416.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que nos informe o que segue:1. Qual foi o valor da arrecadação do show de Mariana Fagundes, que foi realizado no dia 25 de junho de 2016 no "Galpão" do Recinto de Exposições e qual a finalidade? Enviar o balancete e a prestação de contas do referido show e contratos realizados.</t>
   </si>
   <si>
     <t>10897</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10897/r0032516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10897/r0032516.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos envie cópia do laudo técnico emitido pela empresa ASF Ambiental e Serviços de Engenharia Ltda., em relação ao material utilizado nos guarda-corpos instalados no Município.</t>
   </si>
   <si>
     <t>10898</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10898/r0032616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10898/r0032616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Prefeito Municipal, ao Deputado Estadual Davi Zaia e ao Administrador do Poupatempo de Dracena, extensivamente aos funcionários, pelos dois anos de funcionamento do Poupatempo de Dracena, comemorados no dia 25 de agosto de 2016.</t>
   </si>
   <si>
     <t>10899</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10899/r0032716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10899/r0032716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao 1º Tenente Valdir Camargo de Oliveira e ao Subtenente Luciano Moura de Oliveira, pelo dia do Soldado, celebrado no dia 25 de agosto com cerimônia de formatura dos atiradores.</t>
   </si>
   <si>
     <t>10901</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10901/r0032816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10901/r0032816.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o seguinte: 1. Em relação ao Distrito Industrial localizado próximo ao bairro Tonico André, foram realizadas todas as obras necessárias para instalação das empresas vencedoras do processo de licitação? 2. Por que não houve a realização da pavimentação de acesso ao Distrito, no trecho do bairro ao Distrito, pela DRA 148 "Estrada Municipal Marcelo Basso"? 3. Qual a previsão de término dessas obras?</t>
   </si>
   <si>
     <t>10900</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10900/r0032916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10900/r0032916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Marco Antonio Filipin, ocorrido em 26 de agosto de 2016.</t>
   </si>
   <si>
     <t>10907</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10907/r0033016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10907/r0033016.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de Moção de Apoio às Reivindicações Salariais da Associação dos Subtenentes e Sargentos da Polícia Militar.</t>
   </si>
   <si>
     <t>10908</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10908/r0033116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10908/r0033116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos atletas de Jiu-Jitsu Marcos Hashimoto, Campeão na categoria Faixa Preta Peso Médio e terceiro colocado na categoria Master Faixa Preta Peso Leve, e Maria Eduarda Prado de Aquino, Campeã na categoria Faixa Azul Peso Pena, no Campeonato Mundial de Unificação dos Títulos Mundiais - W.U.C. World Unified Championship, realizado nos dias 1º e 02 de agosto, no Ginásio do Ibirapuera.</t>
   </si>
   <si>
     <t>10909</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10909/r0033216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10909/r0033216.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Presidente, de acordo com o Regimento Interno desta egrégia Casa de Leis, ouvido o douto plenário o envio de ofício à Empresa Vivo questionando por que até o presente momento não foi instalada linha telefônica na Rua dos Canários, n.º 64, no Jardim dos Pássaros, uma vez que o proprietário mudou de endereço e seu pedido de instalação da linha ainda não foi atendido. Esta é uma reclamação frequente da população do bairro, que é novo e se encontra habitado há 4 (quatro) anos. Portanto, solicitamos que a empresa nos informe o que segue: 1. Existe projeto nesse sentido? 2. Qual a data em que será realizada a instalação? Se não, por qual motivo? 3. Existe procedimento que não foi adotado até o momento?</t>
   </si>
   <si>
     <t>10910</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10910/r0033316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10910/r0033316.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Presidente, de acordo com o Regimento Interno desta egrégia Casa de Leis, ouvido o douto plenário o envio de ofício à Empresa Elektro solicitando que providencie a poda de árvore na Rua Padre José de Anchieta, em frente à quadra da EMEFI Guilherme Tammerik, localizada no Jardim Brasilandia.</t>
   </si>
   <si>
     <t>10911</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10911/r0033416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10911/r0033416.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe qual o prazo necessário para construir um redutor de velocidade do tipo lombada, na Rua Aluísio de Azevedo, nas imediações do cruzamento com a Rua Osvaldo Paulino dos Santos, haja visto que a EMDAEP asfaltou um trecho de 200m na área do seringal.</t>
   </si>
   <si>
     <t>10912</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10912/r0033516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10912/r0033516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Edson Hissatomi Kai, Diretor Executivo da Fundec, e à Sra. Jaqueline Kuramoto, Diretora Acadêmica da Unifadra, extensivamente a todos os funcionários, pela conquista do Curso Superior de Tecnologia em Análise e Desenvolvimento de Sistemas, que foi aprovado pelo Conselho Estadual de Educação (CEE/SP).</t>
   </si>
   <si>
     <t>10913</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10913/r0033616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10913/r0033616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Arineu Fávero, ocorrido em 04 de setembro de 2016.</t>
   </si>
   <si>
     <t>10914</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10914/r0033716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10914/r0033716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Eliza Zlaties de Zouza, ocorrido em 26 de agosto de 2016.</t>
   </si>
   <si>
     <t>10918</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10918/r0033816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10918/r0033816.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador se há previsão de recapeamento asfáltico nas ruas dos bairros Vitória Régia e Frei Moacir I.</t>
   </si>
   <si>
     <t>10919</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10919/r0033916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10919/r0033916.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe o que segue: 1. Quando se iniciou a realização de melhorias no Cemitério Municipal? 2. Quais obras estão sendo executadas? 3. Qual a previsão para o término das obras? 4. Qual o valor gasto?</t>
   </si>
   <si>
     <t>10920</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10920/r0034016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10920/r0034016.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: 1. Qual o motivo de não ter sido iniciada a construção da creche do Jardim Santa Clara? Enviar a justificativa por escrito.</t>
   </si>
   <si>
     <t>10921</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10921/r0034116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10921/r0034116.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que juntamente com empresa terceirizada prestadora de serviços à Prefeitura Municipal, nos informe: 1. Quantos funcionários foram contratados? 2. Quais os salários dos mesmos? 3. Em quais setores prestam serviços?</t>
   </si>
   <si>
     <t>10922</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10922/r0034216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10922/r0034216.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o seguinte: 1. Quando será instalada a Usina Fotovoltaica em nosso município? 2. Considerando que não há nada no local, quantos empregos os empresários garantiram que serão gerados? Enviar documento da empresa que menciona a geração de empregos e a sua quantidade.</t>
   </si>
   <si>
     <t>10923</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10923/r0034316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10923/r0034316.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Senhor Presidente, de acordo com o Regimento Interno desta egrégia Casa de Leis, ouvido o douto plenário o envio de ofício ao Presidente da Associação Pro Moradia, solicitando que nos informe o seguinte: 1. Como está o processo para início das obras das casas para os associados? 2. Já foi registrada e/ou regularizada a área junto ao Cartório de Registro de Imóveis? Enviar cópia do documento de registro. 3. A Caixa Econômica Federal já está chamando os associados para avaliação do financiamento para a construção das casas? Enviar cópia do convênio com a associação. 4. O projeto da Graprohab já foi aprovado? Enviar documento de aprovação.</t>
   </si>
   <si>
     <t>10924</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10924/r0034416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10924/r0034416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Valterlei Staub de Andrade, ocorrido em 10 de setembro de 2016.</t>
   </si>
   <si>
     <t>10925</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10925/r0034516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10925/r0034516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Osvaldo Batista de Oliveira, ocorrido em 10 de setembro de 2016.</t>
   </si>
   <si>
     <t>10929</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10929/r0034616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10929/r0034616.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: 1. Quem foi o responsável pelas podas drásticas das árvores existentes na Praça localizada entre as Ruas Sabiá Laranjeira e Falcão Peregrino, no Conjunto Habitacional Emílio Zanatta? 2. De quem partiu autorização para realização de tal poda? Informar o nome, cargo e o setor onde desempenha suas funções.</t>
   </si>
   <si>
     <t>10930</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10930/r0034716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10930/r0034716.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: 1. Como está o processo de regularização das residências do Bairro Nova Dracena? 2. Qual é a previsão de se resolver todas as pendências? 3. Qual o motivo de não ter se resolvido a documentação para que os proprietários tenham em mãos as escrituras?</t>
   </si>
   <si>
     <t>10931</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10931/r0034816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10931/r0034816.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Qual a previsão para construção de redutor de velocidade na Rua Francisco Antonio Pereira, no Jardim Village? Uma vez que os moradores solicitam o redutor há mais de 3 (três) anos.</t>
   </si>
   <si>
     <t>10932</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10932/r0034916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10932/r0034916.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: 1. Como estão os projetos de instalação de lombadas próximo às escolas de nossa cidade? 2. Qual a previsão de instalação? Visando maior segurança aos usuários e em especial aos nossos alunos.</t>
   </si>
   <si>
     <t>10933</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10933/r0035016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10933/r0035016.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito Municipal, Sr. José Antonio Pedretti, ao Secretário Municipal de Esportes, Sr. José Carlos Barbosa, e à Secretária Municipal de Educação, Sra. Fernanda Nasser Geronimo Conde, pela organização e realização dos Jogos Escolares Municipais.</t>
   </si>
   <si>
     <t>10934</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10934/r0035116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10934/r0035116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito Municipal, Sr. José Antonio Pedretti, ao Secretário Municipal de Esportes, Sr. José Carlos Barbosa, à Secretária Municipal de Educação, Sra. Fernanda Nasser Geronimo Conde, e aos diretores da Vidrosul/Tempersul, pela conquista inédita do time Tempersul Dracena, que se sagrou campeão de futsal masculino da divisão especial nos Jogos Abertos do Interior, realizados em São Bernardo do Campo.</t>
   </si>
   <si>
     <t>10935</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10935/r0035216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10935/r0035216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Conrado Gomes de Matos, ocorrido em 19 de setembro de 2016.</t>
   </si>
   <si>
     <t>10936</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10936/r0035316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10936/r0035316.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à atleta Maria Luiza Lobo Pesin, de 14 anos, estudante da Escola Estadual 9 de Julho que se destacou nos 80 metros com barreira nos Jogos Escolares deste ano, está convocada para integrar a Seleção Paulista Mirim de Atletismo que acontecerá de 21 a 29 de setembro na Paraíba.</t>
   </si>
   <si>
     <t>23434</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23434/r0035416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23434/r0035416.pdf</t>
   </si>
   <si>
     <t>Requer que nos informe e nos forneça os documentos necessários em relação à máquina que era utilizada para varrer as ruas da cidade. - Qual o motivo da venda da mesma? Enviar cópia do laudo de avaliação e de depreciação da máquina.</t>
   </si>
   <si>
     <t>10937</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10937/r0035516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10937/r0035516.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o seguinte: - Como se encontra o planejamento e a previsão para instalação de placas de identificação das ruas do Jardim Bortolato?</t>
   </si>
   <si>
     <t>10938</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10938/r0035616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10938/r0035616.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que envie a este vereador a lista referente às pessoas que foram beneficiadas com a Bolsa Atleta.</t>
   </si>
   <si>
     <t>10939</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10939/r0035716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10939/r0035716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Joel Ceballos e família, pelos 35 anos de atividade da Casa de Carnes Bandeirante no município.</t>
   </si>
   <si>
     <t>10940</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10940/r0035816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10940/r0035816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos Secretários Municipais: de Educação, Sra. Fernanda Nasser Geronimo Conde; de Cultura e Turismo, Sra. Mayra Bernava Simões; de Esportes, Sr. José Carlos Barbosa; de Obras, Sra. Patrícia de Cássia Nascimento; de Agricultura e Meio Ambiente, Sr. Michel Carlos Rodrigues Crepaldi; ao Presidente da EMDAEP, Sr. Bonfilho Antonio; ao Subprefeito do Distrito de Jaciporã, Sr. Jurandi Lima dos Santos; à Diretora da EMEFI Prof. Sérgio Liberatti, Sra. Vilma R. S. Martinez; à Coordenadora da EMEI Criança Feliz, Sra. Marly Rigazzo Salvador e ao Presidente da Comissão Organizadora da 16ª Cavalgada, Sr. Joaquim Alexandre de Moraes, pelos festejos em comemoração ao aniversário de 78 anos do Distrito de Jaciporã.</t>
   </si>
   <si>
     <t>10941</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10941/r0035916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10941/r0035916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Verginio, ocorrido em 20 de setembro de 2016.</t>
   </si>
   <si>
     <t>10943</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10943/r0036016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10943/r0036016.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Issamu Takano, ocorrido em 27 de setembro de 2016.</t>
   </si>
   <si>
     <t>10944</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10944/r0036116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10944/r0036116.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre as obras de construção de benfeitorias na Praça localizada em frente à Alameda Suíça, entre as Alamedas Alemanha e Bélgica: - O que foi gasto até o momento? - A obra será concluída? Quando?</t>
   </si>
   <si>
     <t>10945</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10945/r0036216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10945/r0036216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Etelvino Aparecido Xavier "Palhaço 7 Estrelas", ocorrido em 05 de outubro de 2016.</t>
   </si>
   <si>
     <t>10946</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10946/r0036316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10946/r0036316.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Anderson Barbosa e à Sra. Sônia Barbosa, proprietários da Rações Barbosa, inaugurada em amplas e modernas instalações na Avenida José Bonifácio, n.º 2205.</t>
   </si>
   <si>
     <t>10947</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10947/r0036416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10947/r0036416.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Associação da Pessoa com Deficiência Física "Superando Limites" (ADEFI SULI), pela organização da exibição de basquete sobre rodas com participação da equipe "Prudentina", realizada no Ginásio Galenão, no dia 08 de outubro de 2016, sendo de grande importância para apresentar a modalidade paralímpica aos assistidos pela entidade e à toda comunidade dracenense.</t>
   </si>
   <si>
     <t>10948</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10948/r0036516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10948/r0036516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito Municipal, Sr. José Antonio Pedretti, e à Secretária Municipal de Cultura e Turismo, Sra. Mayra Bernava Simões, pelo evento "Talentos da Maturidade 2016" promovido pela Associação SUYÁ e realizado no Teatro Municipal Maestro Aécio de Féo Flora, no dia 07 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>10949</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10949/r0036616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10949/r0036616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito Municipal, Sr. José Antonio Pedretti, e à Secretária Municipal de Educação, Sra. Fernanda Nasser Geronimo Conde, pelo IV Festival Cultural Interprojetos, realizado no Teatro Municipal Maestro Aécio de Féo Flora, no dia 06 de outubro de 2016.</t>
   </si>
   <si>
     <t>10950</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10950/r0036716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10950/r0036716.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que envie uma cópia do contrato firmado entre a Prefeitura Municipal e a empresa responsável pela administração do Pronto Atendimento Municipal (PAM).</t>
   </si>
   <si>
     <t>10953</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10953/r0036816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10953/r0036816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito Municipal, Sr. José Antonio Pedretti, à Secretária Municipal de Educação, Sra. Fernanda Nasser Geronimo Conde, à Direção e aos professores da EMEFI João Vendramini pela conquista de seis medalhas de prata e oito medalhas de bronze na 19ª Olimpíada Brasileira de Astronomia e Astronáutica. As congratulações são extensivas aos alunos medalhistas, sendo eles: Enzo Gussoni dos Santos, Lara Martins Fonseca, Pablo Andrade Camporesi, Julia Talita Livro Dias, Barbara Paiva da Silva Olanda, Ana Laura Nogueira Scarabello, Polyana Machado da Silva, Rafael da Silva Ledo, Marcos Vinicius Gomes Peruchi e Letícia de Oliveira Nascimento.</t>
   </si>
   <si>
     <t>10954</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10954/r0036916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10954/r0036916.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos sócios do Grupo Troyano pela organização e realização do 9º Passeio Ciclístico da Rede Troyano, em comemoração ao Dia das Crianças, ocorrido no dia 16 de outubro de 2016.</t>
   </si>
   <si>
     <t>10955</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10955/r0037016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10955/r0037016.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Mario Cerqueira, proprietário da Bono Pneus, inaugurada no dia 17 de outubro do corrente ano, em amplas e modernas instalações na Avenida José Bonifácio, n.º 2.000.</t>
   </si>
   <si>
     <t>10956</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10956/r0037116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10956/r0037116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Igreja "O Brasil para Cristo" pela reunião da Superintendência de Dracena, que abrange desde a cidade de Adamantina até a cidade de Brasilândia (Mato Grosso do Sul), conduzida pelo seu Presidente, o Pastor Renato Alves da Silva, e com a presença do Superintendente de São Paulo, Pastor André Ferreira de Souza.</t>
   </si>
   <si>
     <t>10957</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10957/r0037216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10957/r0037216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito Municipal, Sr. José Antonio Pedretti, ao Secretário Municipal de Esportes, Sr. José Carlos Barbosa, à Secretária Municipal de Educação, Sra. Fernanda Nasser Geronimo Conde, e ao Técnico da equipe sub-16 de futsal de Dracena, o treinador Miltinho. A equipe foi campeã da regional de Presidente Prudente da Copa São Paulo de Futsal, vencendo o time de Martinópolis pelo placar de 2x0, e atualmente se prepara para a fase final, que disputará como classificada em vez de convidada.</t>
   </si>
   <si>
     <t>10958</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10958/r0037316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10958/r0037316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Presidente da Rede Gonzaga de Ensino Superior (REGES), Sr. José Gonzaga da Silva Neto, ao Diretor da Faculdade REGES de Dracena, Sr. Fábio Holmes Lins, e à Coordenadora do Curso de Ciências Contábeis, Prof.ª Andréa Regina Ubeda Lopes, pela inauguração do Núcleo de Apoio Contábil e Fiscal (NAF). Contando com a participação na cerimônia do Delegado da Receita Federal em Presidente Prudente, Sr. Fábio Eduardo Boschi, da Coordenadora do NAF em Presidente Prudente, Sra. Mônica Aparecida de Moraes Botelho, da Chefe da Agência da Receita Federal em Dracena, Sra. Gislaine Andrade Leopaci Benini, e da Delegada do Conselho Regional de Contabilidade do Estado de São Paulo (CRC-SP) em Dracena, Sra. Tatiana Olgado Manfré Pena, o NAF oferecerá diversos serviços tanto à pessoa física como à pessoa jurídica.</t>
   </si>
   <si>
     <t>10959</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10959/r0037416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10959/r0037416.pdf</t>
   </si>
   <si>
     <t>Considerando que a Prefeitura Municipal adquiriu uma nova máquina varredeira. Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos envie: 1. Todo o processo de licitação, a empresa vencedora e a nota fiscal. 2. Por qual o motivo não está se utilizando a varredeira?</t>
   </si>
   <si>
     <t>10960</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10960/r0037516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10960/r0037516.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Presidente, de acordo com o Regimento Interno desta egrégia Casa de Leis, ouvido o douto plenário a criação de uma comissão composta por três vereadores, para averiguar a situação da área da antiga FEPASA, hoje administrada pela América Latina Logística, e deliberar sobre a limpeza da área, a dívida da empresa com o município e a possibilidade de reativação do transporte ferroviário, agendando reunião com representantes da empresa. REQUEIRO também que do apurado pela comissão constituída seja dado ciência ao Juiz de Direito Diretor do Fórum da Comarca de Dracena e ao Ministério Público.</t>
   </si>
   <si>
     <t>10961</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10961/r0037616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10961/r0037616.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que envie as seguintes informações a este vereador: - Quantos cargos em comissão existem, secretaria por secretaria, na Prefeitura Municipal? - Especificar os nomes, o valor do salário pago pela Prefeitura e o setor em que trabalham.</t>
   </si>
   <si>
     <t>10962</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10962/r0037716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10962/r0037716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Rosemari de Lima, ocorrido em 21 de outubro de 2016.</t>
   </si>
   <si>
     <t>10963</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10963/r0037816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10963/r0037816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Jovem Marcelo Ferreira Júnior, ocorrido em 23 de outubro de 2016.</t>
   </si>
   <si>
     <t>10964</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10964/r0037916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10964/r0037916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Yoshitsugu Sakai, ocorrido em 23 de outubro de 2016.</t>
   </si>
   <si>
     <t>10965</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10965/r0038016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10965/r0038016.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito Municipal, Sr. José Antonio Pedretti, ao Secretário Municipal de Esportes, Sr. José Carlos Barbosa, à Diretoria e aos atletas da Associação Suyá que participaram do campeonato de voleibol adaptado realizado em Auriflama, sagrando-se campeões tanto na categoria masculina como na feminina.</t>
   </si>
   <si>
     <t>10966</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10966/r0038116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10966/r0038116.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe qual o prazo para realização do conserto da tampa da caixa de captação de águas pluviais existente no cruzamento da Avenida Rui Barbosa com a Rua Cruzeiro do Sul, em frente à entrada do Ginásio de Esportes da ABD - Associação Bancária de Dracena.</t>
   </si>
   <si>
     <t>10967</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10967/r0038216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10967/r0038216.pdf</t>
   </si>
   <si>
     <t>Considerando que nos dias 24 e 25 de junho de 2016 foram realizados no Recinto de Exposições, com denominação "Tudo é Brasil", shows de Aline Barros e Chitãozinho e Xororó. Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos envie: 1. Cópia do processo e respectivo contrato. 2. Dispensa ou inexigibilidade da contratação dos shows de Aline Barros e Chitãozinho e Xororó.</t>
   </si>
   <si>
     <t>10968</t>
   </si>
   <si>
     <t>Kielse Chiari Munis, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10968/r0038316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10968/r0038316.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Cléber Cena, ocorrido em 30 de outubro de 2016.</t>
   </si>
   <si>
     <t>10969</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10969/r0038416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10969/r0038416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito Municipal, Sr. José Antonio Pedretti, ao Secretário Municipal de Esportes, Sr. José Carlos Barbosa, à Secretária Municipal de Educação, Sra. Fernanda Nasser Geronimo, e à equipe comandada pelo técnico Miltinho, pela vitória na semifinal disputada contra a equipe de Tatuí, garantindo uma vaga na final e, até a presente data, o 2º lugar na Copa São Paulo de Futsal.</t>
   </si>
   <si>
     <t>10972</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10972/r0038516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10972/r0038516.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: 1. Quais são os loteamentos cujo prazo de 5 (cinco) anos de instalação está vencendo? 1.1. Quais são as datas de vencimento? 2. A Administração Municipal realizou a avaliação do loteamento para comercialização. Perguntamos: foi realizada a avaliação da pavimentação nas ruas dos loteamentos que estão com o prazo de cinco anos? 2.1. Quem faz parte da comissão? Enviar os relatórios de aprovação ou desaprovação. 3. Se não foi realizada a avaliação, quando será realizada?</t>
   </si>
   <si>
     <t>10973</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10973/r0038616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10973/r0038616.pdf</t>
   </si>
   <si>
     <t>Considerando que foram instaladas várias academias ao ar livre no município. Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos envie: 1. Do processo de licitação, qual a empresa vencedora e a cópia do pagamento com as notas fiscais dos anos 2013, 2014, 2015 e 2016. 2. Os locais onde foram instaladas as academias.</t>
   </si>
   <si>
     <t>10974</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10974/r0038716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10974/r0038716.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe qual o prazo necessário para que seja realizada limpeza no parquinho da creche do Jardim Brasilandia.</t>
   </si>
   <si>
     <t>10975</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10975/r0038816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10975/r0038816.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe qual o prazo necessário para que seja reparada a pavimentação asfáltica da Avenida Marginal 1, na entrada dos bairros Vitória Régia e Frei Moacir, pois foi realizado o corte de uma faixa do asfalto em toda a largura da avenida, causando um desnível na via e prejudicando o trânsito de veículos.</t>
   </si>
   <si>
     <t>10976</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10976/r0038916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10976/r0038916.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES aos atletas do time de vôlei adaptado masculino de Dracena, que se sagraram campeões estaduais no torneio realizado na cidade de Auriflama.</t>
   </si>
   <si>
     <t>10977</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10977/r0039016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10977/r0039016.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe qual o prazo necessário para que seja realizada limpeza na Marginal José Rugani.</t>
   </si>
   <si>
     <t>10978</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10978/r0039116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10978/r0039116.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Valdeir Codonho Junior, proprietário da empresa Tubarão Auto Center pela reinauguração em amplas e modernas instalações, na Avenida Washington Luiz, n.º 822.</t>
   </si>
   <si>
     <t>10979</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10979/r0039216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10979/r0039216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Vladimir Astolfo (Piau), ocorrido em 16 de novembro de 2016.</t>
   </si>
   <si>
     <t>10980</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10980/r0039316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10980/r0039316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Senhora Maria Nunciateli, pela inauguração do Bazar Lolo Presentes, localizada na Rua Osvaldo Paulino dos Santos, n.º 595, Jardim Brasilândia.</t>
   </si>
   <si>
     <t>10984</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10984/r0039416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10984/r0039416.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe o que segue: - Quais são os convênios para recapeamento junto a Caixa Econômica Federal, referentes ao Governo Federal? - Quais são os documentos que estão faltando para que os mesmos sejam liberados? - Quais providências estão sendo tomadas para que não se percam os referidos convênios? - Quais são os demais convênios Federais e Estaduais que estão cadastrados? Enviar relação com os respectivos números e modalidades.</t>
   </si>
   <si>
     <t>10985</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10985/r0039516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10985/r0039516.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Aparecida de Nuncio, ocorrido em 19 de novembro de 2016.</t>
   </si>
   <si>
     <t>10986</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10986/r0039616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10986/r0039616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Jornal Regional pela iniciativa de divulgar ofertas de empregos neste conceituado meio de comunicação. Devido à iniciativa, muitas pessoas estão procurando o jornal e fazendo contatos com empresas ou particulares para trabalharem.</t>
   </si>
   <si>
     <t>10987</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10987/r0039716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10987/r0039716.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Igreja O Brasil Para Cristo, pelos seus 55 anos de fundação, comemorados no dia 19 de novembro, com a presença de mais de 500 pessoas, sob coordenação do Pastor Renato Alves da Silva.</t>
   </si>
   <si>
     <t>10990</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10990/r0039816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10990/r0039816.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 051/16, de 16.11.2016, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito no valor de R$ 2.720.000,00 - dois milhões setecentos e vinte mil reais).</t>
   </si>
   <si>
     <t>10991</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10991/r0039916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10991/r0039916.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Decreto Legislativo n.º 09/16, de 21.11.2016, de autoria do Vereador Milton Polon, que dispõe sobre a concessão de Diploma de Honra ao Mérito e dá outras providências. (Diplomas aos atletas dracenense de vôlei adaptado)</t>
   </si>
   <si>
     <t>10992</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10992/r0040016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10992/r0040016.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, juntamente com as autoridades competentes, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, uma forma de concessão de bolsas de estudos para os alunos do curso de Medicina da Fundec, sendo que 10% (dez por cento) do total dos alunos recebam bolsa de 100% (cem por cento), e em contrapartida, os alunos após suas formaturas ficariam a disposição, prestando serviços ao Município por tempo determinado, atendendo na rede pública municipal.</t>
   </si>
   <si>
     <t>10993</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10993/r0040116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10993/r0040116.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Marli Rodrigues Pereira, ocorrido em 21 de novembro de 2016.</t>
   </si>
   <si>
     <t>10994</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10994/r0040216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10994/r0040216.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao atleta Eduardo Henrique Ecle Rodrigues, campeão do III Open de Tênis - na categoria Adulto A - realizado na cidade de Primavera.</t>
   </si>
   <si>
     <t>10995</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10995/r0040316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10995/r0040316.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Joaquim Francisco Gigueira Filho, ocorrido em 21 de novembro de 2016.</t>
   </si>
   <si>
     <t>10996</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10996/r0040416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10996/r0040416.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a este vereador o que segue: - Existe alguma dívida entre a Prefeitura Municipal e a EMDAEP. - Caso exista, qual o valor da dívida? - Existe previsão para realização da operação tapa buracos solicitada através da indicação n.º 134/2016? Qual o prazo necessário?</t>
   </si>
   <si>
     <t>10997</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10997/r0040516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10997/r0040516.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que envie as seguintes informações a este vereador: - Quem é a pessoa responsável pela averiguação do cumprimento da lei de parcelamento do solo, em relação à pavimentação asfáltica das ruas dos novos loteamentos? - Informar em quais bairros os loteadores já cumpriram todas as normas da lei e quem foi o responsável recebimento das obrigações.</t>
   </si>
   <si>
     <t>10998</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10998/r0040616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10998/r0040616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Prefeito Municipal, Sr. José Antonio Pedretti, e ao Coordenador de Reintegração Social e Cidadania, Sr. Mauro Rogério Bitencourt, pela inauguração da Unidade de Atendimento de Reintegração Social, ocorrida no dia 25 de novembro de 2016, na Rua Irradiação n.º 2.346, Vila Lucélia.</t>
   </si>
   <si>
     <t>10999</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10999/r0040716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10999/r0040716.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Nilza Maria Pimentel, ocorrido em 25 de novembro de 2016.</t>
   </si>
   <si>
     <t>11000</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11000/r0040816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11000/r0040816.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao presidente, diretores, professores e funcionários da APAE pela realização da Festa Artística Pedagógica, que reuniu familiares e público em geral, demonstrando que o trabalho desenvolvido pela entidade faz com que sejamos uma única família.</t>
   </si>
   <si>
     <t>11001</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11001/r0040916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11001/r0040916.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 49/2016, de 07.11.2016, de autoria do Vereador Milton Polon, que dispõe sobre a denominação de próprio público que especifica e dá outras providências. (EMEI localizada ao lado da EMEFI Moacir Simard, de "EMEI Professora Magda Tonello Pedro Lemos").</t>
   </si>
   <si>
     <t>11002</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11002/r0041016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11002/r0041016.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 52/2016, de 25.11.2016, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente e repasse de recursos financeiros a entidade. (crédito no valor de 30.000,00 trinta mil reais, destinado à transferência financeira à Irmandade da Santa Casa de Dracena).</t>
   </si>
   <si>
     <t>11003</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11003/r0041116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11003/r0041116.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 53/2016, de 25.11.2016, de autoria do Poder Executivo, que Concede subvenção à Entidade que especifica. (subvenção à Irmandade da Santa Casa de Dracena, no valor de 30.000,00 trinta mil reais).</t>
   </si>
   <si>
     <t>11009</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11009/r0041216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11009/r0041216.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe qual o prazo para realização da limpeza no terreno pertencente à Prefeitura, localizado na Rua São Manoel, ao lado do número 1.021, solicitada através da Indicação n.º 136/16?</t>
   </si>
   <si>
     <t>11010</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11010/r0041316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11010/r0041316.pdf</t>
   </si>
   <si>
     <t>Considerando que a Prefeitura Municipal de Dracena abriu vala para fazer um novo aterro sanitário. Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1- Foi realizado processo licitatório? 1.1- Em caso afirmativo, enviar o processo de licitação. 1.2- Enviar cópia de nota fiscal e pagamento dos serviços prestados. 1.3- Enviar cópia do contrato. 2- Qual o prazo para o término das obras do novo aterro? 3- Em qual etapa se encontram as obras?</t>
   </si>
   <si>
     <t>11011</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11011/r0041416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11011/r0041416.pdf</t>
   </si>
   <si>
     <t>Considerando que o aterro sanitário do Município de Dracena está cheio, não podendo no momento ser depositado mais nenhum caminhão de lixo naquele local. Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1- O atual aterro não pode ser mais utilizado? 2- O que está sendo feito com o lixo coletado?</t>
   </si>
   <si>
     <t>11012</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11012/r0041516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11012/r0041516.pdf</t>
   </si>
   <si>
     <t>Considerando que a Prefeitura Municipal de Dracena, através de financiamento com a Caixa Econômica Federal, adquiriu uma máquina esteira. Requeremos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que nos informe: 1- Por que a máquina esteira está parada? 2- Está no prazo de garantia? 3- Quais as providências que estão sendo tomadas para colocar a máquina em serviço?</t>
   </si>
   <si>
     <t>11013</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11013/r0041616.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11013/r0041616.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor João Batista de Miranda, ocorrido em 27 de novembro de 2016.</t>
   </si>
   <si>
     <t>11014</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11014/r0041716.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11014/r0041716.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Gonçalo Alves, ocorrido em 30 de novembro de 2016.</t>
   </si>
   <si>
     <t>11015</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11015/r0041816.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11015/r0041816.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Vilma Delovo, ocorrido em 1º de dezembro de 2016.</t>
   </si>
   <si>
     <t>11019</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11019/r0041916.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11019/r0041916.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 54/2016, de 02.12.2016, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente e repasse de recurso financeiro a entidade. (crédito no valor de R$ 100.000,00 para Empresa Municipal de Saúde)</t>
   </si>
   <si>
     <t>11020</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11020/r0042016.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11020/r0042016.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei n.º 55/2016, de 02.12.2016, de autoria do Poder Executivo, que concede subvenção à entidade. (subvenção no valor de R$ 100.000,00 para Empresa Municipal de Saúde)</t>
   </si>
   <si>
     <t>11021</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Aline de Oliveira Zolin, Francisco Eduardo Aniceto Rossi, Kielse Chiari Munis, Luiz Rodrigues Coelho, Milton Polon, Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11021/r0042116.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11021/r0042116.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ESPECIAL ao Projeto de Lei Complementar n.º 10/2016, de 30.11.2016, de autoria do Poder Executivo, que autoriza a alienação de imóvel que especifica, por doação, à Associação de Proteção à Criança de Dracena e dá outras providências. Obs.: Requerimento precisava de 9 assinaturas para ser lido em sessão</t>
   </si>
   <si>
     <t>11022</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11022/r0042216.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11022/r0042216.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES à Sra. Elizangela Gonçalves da Luz, proprietária do "Li Lanches", inaugurado no dia 08 de dezembro, na Rua Manoel Bandeira, n.º 624, Jardim Brasilândia.</t>
   </si>
   <si>
     <t>11023</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11023/r0042316.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11023/r0042316.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de VOTOS DE CONGRATULAÇÕES ao Sr. Alexandre Melo, proprietário do "Dallas Pub", inaugurado no dia 07 de dezembro, na Avenida Presidente Vargas, n.º 1055.</t>
   </si>
   <si>
     <t>11024</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11024/r0042416.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11024/r0042416.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Marcos Matioli, ocorrido em 09 de dezembro de 2016.</t>
   </si>
   <si>
     <t>11025</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>Ailton Oscar Lorensetti, Claudevi Oliveira da Silva Júnior, Divanir Ledo dos Santos, Juliano Brito Bertolini, Moacir Shoiti Kanezawa, Moisés Antonio de Lima, Pedro Trabuco, Rodrigo Rossetti Parra</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11025/r0042516.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11025/r0042516.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, de acordo com o artigo 165, § único do Regimento Interno, PEDIDO DE VISTA por até 10 dias ao PROJETO DE LEI COMPLEMENTAR N.º 010/16, de 30/11/2016, de autoria do Poder Executivo, que autoriza a alienação de imóvel que especifica, por doação, à Associação de Proteção à Criança de Dracena e dá outras providências (doação de área institucional localizada no Jardim das Palmeiras).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7569,68 +7566,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/349/pdl_01_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/356/pdl00216.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/360/pdl_003_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/374/pdl_04_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/399/pdl_005_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/3149/pdl_006_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/406/pdl00716.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/410/pdl00816.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/412/pdl00916.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/346/pl_001_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/348/pl_002_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/351/pl_003_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/350/pl_004_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/352/pl_005_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/353/pl_006_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/354/pl_007_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/355/pl_008_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/357/pl_009_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/358/pl_010_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/359/pl_011_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/361/pl_012_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/362/lei_4506_2016.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/363/pl_014_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/364/pl_015_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/365/pl_016_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/366/pl_017_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/368/pl_018_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/369/pl_019_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/370/pl_020_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/372/pl_021_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/375/pl_22_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/376/pl_23_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/377/pl_24_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/378/pl_25_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/379/pl_26_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/381/pl_27_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/382/pl_28_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/386/pl002916.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/389/pl_030_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/390/pl_031_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/391/pl_032_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/538/pl_033_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/539/pl_034_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/392/pl_035_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/393/pl_036_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/540/pl_037_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/541/pl_038_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/394/pl_039_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/396/pl_040_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/397/pl_041_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/398/pl_042_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/400/pl004316.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/401/pl004416.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/402/pl004516.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/403/pl004616.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/405/pl_047_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/407/pl004816.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/408/pl004916.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/409/pl005016.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/411/pl005116.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/415/pl_052_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/414/pl005316.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/416/pl005416.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/417/pl005516.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/419/pl005616.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/421/pl005716.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/422/pl005816.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/347/plc00116.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/367/plc00216.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/371/plc00316.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/380/plc00416.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/383/plc00516.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/384/plc00616.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/385/plc00716.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/395/plc00816.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/404/plc00916.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/418/plc01016.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/420/plc01116.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/423/plc01216.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/373/pr_01_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/387/r0000216.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/388/pe_001_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/413/epl04716.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23367/ea000116.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23368/ea000216.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23369/esup0116.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10500/i0000116.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10501/i0000216.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10502/i0000316.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10503/i0000416.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10504/i0000516.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10505/i0000616.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10506/i0000716.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10507/i0000816.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10508/i0000916.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10509/i0001016.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10519/i0001116.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10520/i0001216.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10521/i0001316.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10522/i0001416.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10539/i0001516.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10540/i0001616.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10541/i0001716.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10542/i0001816.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10543/i0001916.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10544/i0002016.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10545/i0002116.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10546/i0002216.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10566/i0002316.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10567/i0002416.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10568/i0002516.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10569/i0002616.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10570/i0002716.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10571/i0002816.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10581/i0002916.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10582/i0003016.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10583/i0003116.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10584/i0003216.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10585/i0003316.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10586/i0003416.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10587/i0003516.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10588/i0003616.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10589/i0003716.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10590/i0003816.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10598/i0003916.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10599/i0004016.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10600/i0004116.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10601/i0004216.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10622/i0004316.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10623/i0004416.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10624/i0004516.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10625/i0004616.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10626/i0004716.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10627/i0004816.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10628/i0004916.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10629/i0005016.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10642/i0005116.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10643/i0005216.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10658/i0005316.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10659/i0005416.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10669/i0005516.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10670/i0005616.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10682/i0005716.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10683/i0005816.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10705/i0005916.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10706/i0006016.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10707/i0006116.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10715/i0006216.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10716/i0006316.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10717/i0006416.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10718/i0006516.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10719/i0006616.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10720/i0006716.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10731/i0006816.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10732/i0006916.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10740/i0007016.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10741/i0007116.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10742/i0007216.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10760/i0007316.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10761/i0007416.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10762/i0007516.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10771/i0007616.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10772/i0007716.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10780/i0007816.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10801/i0007916.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10802/i0008016.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10830/i0008116.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10831/i0008216.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10832/i0008316.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10833/i0008416.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10834/i0008516.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10835/i0008616.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10836/i0008716.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10837/i0008816.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23428/i0008916.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10852/i0009016.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10853/i0009116.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10854/i0009216.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10855/i0009316.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10856/i0009416.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10857/i0009516.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10862/i0009616.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10863/i0009716.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10864/i0009816.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10865/i0009916.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10866/i0010016.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10867/i0010116.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10868/i0010216.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10869/i0010316.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10870/i0010416.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10871/i0010516.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10882/i0010616.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10883/i0010716.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10891/i0010816.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10902/i0010916.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10903/i0011016.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10904/i0011116.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10905/i0011216.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10906/i0011316.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10915/i0011416.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10916/i0011516.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10917/i0011616.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10926/i0011716.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10927/i0011816.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10928/i0011916.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23492/i0012016.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23429/i0012116.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10942/i0012216.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10951/i0012316.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10952/i0012416.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10970/i0012516.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10971/i0012616.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10981/i0012716.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10982/i0012816.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10983/i0012916.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10988/i0013016.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10989/i0013116.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11004/i0013216.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11005/i0013316.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11006/i0013416.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11007/i0013516.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11008/i0013616.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11016/i0013716.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11017/i0013816.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11018/i0013916.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10470/r0000116.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10471/r0000216.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23430/r0000316.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10472/r0000416.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10473/r0000516.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10474/r0000616.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10475/r0000716.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10476/r0000816.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10477/r0000916.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10478/r0001016.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10479/r0001116.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10480/r0001216.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10481/r0001316.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10482/r0001416.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10483/r0001516.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10484/r0001616.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10485/r0001716.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10486/r0001816.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10487/r0001916.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10488/r0002016.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10489/r0002116.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10490/r0002216.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10491/r0002316.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10492/r0002416.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10493/r0002516.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10494/r0002616.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10495/r0002716.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10496/r0002816.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10497/r0002916.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10498/r0003016.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10499/r0003116.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10510/r0003216.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10511/r0003316.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10512/r0003416.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10513/r0003516.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10514/r0003616.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10515/r0003716.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10516/r0003816.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10517/r0003916.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10518/r0004016.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10523/r0004116.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10524/r0004216.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10525/r0004316.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10526/r0004416.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10527/r0004516.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10528/r0004616.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10529/r0004716.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10530/r0004816.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10531/r0004916.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10532/r0005016.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10533/r0005116.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10534/r0005216.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10535/r0005316.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10536/r0005416.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10537/r0005516.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10538/r0005616.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10547/r0005716.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10548/r0005816.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10549/r0005916.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10550/r0006016.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10551/r0006116.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10552/r0006216.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10553/r0006316.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10554/r0006416.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10555/r0006516.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10556/r0006616.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10557/r0006716.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10558/r0006816.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10559/r0006916.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10560/r0007016.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10561/r0007116.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10562/r0007216.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10563/r0007316.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10564/r0007416.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10565/r0007516.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10572/r0007616.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10573/r0007716.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10574/r0007816.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10575/r0007916.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10576/r0008016.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10577/r0008116.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10578/r0008216.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10579/r0008316.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10580/r0008416.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10591/r0008516.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10592/r0008616.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10593/r0008716.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10594/r0008816.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10595/r0008916.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10596/r0009016.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10597/r0009116.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10602/r0009216.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10603/r0009316.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10604/r0009416.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10605/r0009516.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10606/r0009616.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10607/r0009716.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10608/r0009816.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10609/r0009916.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10610/r0010016.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10611/r0010116.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10612/r0010216.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10613/r0010316.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10614/r0010416.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10615/r0010516.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10616/r0010616.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10617/r0010716.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10618/r0010816.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10619/r0010916.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10620/r0011016.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10621/r0011116.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10630/r0011216.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10641/r0011316.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10631/r0011416.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10632/r0011516.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10633/r0011616.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10634/r0011716.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10635/r0011816.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10636/r0011916.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10637/r0012016.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10638/r0012116.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10639/r0012216.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10640/r0012316.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10651/r0012416.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10652/r0012516.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10653/r0012616.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10654/r0012716.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10655/r0012816.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10656/r0012916.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10657/r0013116.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10644/r0013216.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10645/r0013316.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10646/r0013416.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10647/r0013516.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10648/r0013616.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10649/r0013716.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10650/r0013816.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10660/r0013916.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10661/r0014016.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10662/r0014116.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10663/r0014216.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10664/r0014316.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10665/r0014416.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10666/r0014516.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10667/r0014616.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10668/r0014716.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10671/r0014816.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10672/r0014916.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10673/r0015016.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10674/r0015116.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10675/r0015216.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10676/r0015316.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10677/r0015416.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10678/r0015516.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10679/r0015616.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10680/r0015716.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10681/r0015816.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10684/r0015916.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10685/r0016016.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10686/r0016116.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10687/r0016216.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10688/r0016316.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10689/r0016416.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10690/r0016516.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10691/r0016616.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10692/r0016716.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10693/r0016816.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10694/r0016916.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10695/r0017016.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10696/r0017116.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10697/r0017216.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10698/r0017316.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10699/r0017416.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10700/r0017516.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10701/r0017616.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10702/r0017716.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10703/r0017816.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10704/r0017916.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10708/r0018016.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10709/r0018116.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10710/r0018216.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10711/r0018316.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10712/r0018416.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10713/r0018516.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10714/r0018616.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10721/r0018716.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10722/r0018816.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10723/r0018916.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10724/r0019016.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10725/r0019116.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10726/r0019216.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10727/r0019316.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10728/r0019416.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10729/r0019516.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10730/r0019616.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10733/r0019716.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10734/r0019816.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10735/r0019916.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10736/r0020016.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10737/r0020116.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10738/r0020216.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10739/r0020316.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10743/r0020416.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10744/r0020516.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10745/r0020616.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10746/r0020716.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10747/r0020816.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10748/r0020916.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10749/r0021016.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10750/r0021116.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10751/r0021216.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10752/r0021316.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10753/r0021416.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10754/r0021516.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10755/r0021616.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10756/r0021716.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10757/r0021816.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10758/r0021916.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10759/r0022016.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10763/r0022116.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10764/r0022216.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10765/r0022316.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10766/r0022416.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10767/r0022516.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10768/r0022616.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10769/r0022716.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10770/r0022816.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10773/r0022916.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10774/r0023016.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10775/r0023116.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10776/r0023216.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10777/r0023316.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10778/r0023416.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10779/r0023516.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10781/r0023616.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10782/r0023716.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10783/r0023816.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10784/r0023916.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10785/r0024016.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10786/r0024116.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10787/r0024216.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10788/r0024316.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10789/r0024416.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10790/r0024516.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10791/r0024616.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10792/r0024716.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10793/r0024816.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10794/r0024916.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10795/r0025016.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10796/r0025116.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10797/r0025216.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10798/r0025316.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10799/r0025416.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10800/r0025516.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10803/r0025616.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10804/r0025716.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10805/r0025816.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10806/r0025916.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10807/r0026016.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10808/r0026116.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10809/r0026216.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10810/r0026316.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10811/r0026416.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10812/r0026516.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10813/r0026616.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10814/r0026716.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10815/r0026816.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10816/r0026916.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10817/r0027016.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10818/r0027116.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10819/r0027216.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10820/r0027316.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10821/r0027416.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10822/r0027516.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10823/r0027616.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10824/r0027716.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10825/r0027816.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10826/r0027916.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10827/r0028016.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10828/r0028116.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10829/r0028216.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10838/r0028316.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10839/r0028416.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10840/r0028516.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10841/r0028616.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10842/r0028716.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10843/r0028816.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10844/r0028916.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10845/r0029016.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10846/r0029116.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10847/r0029216.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10848/r0029316.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10849/r0029416.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10850/r0029516.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10851/r0029616.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10858/r0029716.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10859/r0029816.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10860/r0029916.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10861/r0030016.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10872/r0030116.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10873/r0030216.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10874/r0030316.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10875/r0030416.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23432/r0030516.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10876/r0030616.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10877/r0030716.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10878/r0030816.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10879/r0030916.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10880/r0031016.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10881/r0031116.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10884/r0031216.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10885/r0031316.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10886/r0031416.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10887/r0031616.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10888/r0031716.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10889/r0031816.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10890/r0031916.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10892/r0032016.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10893/r0032116.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10894/r0032216.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10895/r0032316.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10896/r0032416.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10897/r0032516.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10898/r0032616.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10899/r0032716.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10901/r0032816.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10900/r0032916.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10907/r0033016.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10908/r0033116.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10909/r0033216.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10910/r0033316.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10911/r0033416.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10912/r0033516.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10913/r0033616.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10914/r0033716.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10918/r0033816.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10919/r0033916.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10920/r0034016.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10921/r0034116.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10922/r0034216.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10923/r0034316.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10924/r0034416.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10925/r0034516.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10929/r0034616.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10930/r0034716.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10931/r0034816.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10932/r0034916.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10933/r0035016.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10934/r0035116.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10935/r0035216.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10936/r0035316.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23434/r0035416.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10937/r0035516.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10938/r0035616.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10939/r0035716.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10940/r0035816.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10941/r0035916.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10943/r0036016.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10944/r0036116.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10945/r0036216.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10946/r0036316.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10947/r0036416.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10948/r0036516.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10949/r0036616.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10950/r0036716.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10953/r0036816.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10954/r0036916.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10955/r0037016.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10956/r0037116.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10957/r0037216.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10958/r0037316.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10959/r0037416.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10960/r0037516.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10961/r0037616.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10962/r0037716.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10963/r0037816.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10964/r0037916.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10965/r0038016.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10966/r0038116.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10967/r0038216.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10968/r0038316.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10969/r0038416.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10972/r0038516.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10973/r0038616.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10974/r0038716.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10975/r0038816.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10976/r0038916.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10977/r0039016.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10978/r0039116.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10979/r0039216.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10980/r0039316.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10984/r0039416.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10985/r0039516.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10986/r0039616.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10987/r0039716.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10990/r0039816.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10991/r0039916.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10992/r0040016.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10993/r0040116.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10994/r0040216.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10995/r0040316.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10996/r0040416.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10997/r0040516.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10998/r0040616.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10999/r0040716.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11000/r0040816.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11001/r0040916.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11002/r0041016.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11003/r0041116.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11009/r0041216.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11010/r0041316.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11011/r0041416.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11012/r0041516.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11013/r0041616.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11014/r0041716.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11015/r0041816.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11019/r0041916.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11020/r0042016.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11021/r0042116.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11022/r0042216.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11023/r0042316.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11024/r0042416.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11025/r0042516.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/349/pdl_01_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/356/pdl00216.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/360/pdl_003_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/374/pdl_04_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/399/pdl_005_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/3149/pdl_006_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/406/pdl00716.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/410/pdl00816.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/412/pdl00916.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/346/pl_001_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/348/pl_002_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/351/pl_003_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/350/pl_004_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/352/pl_005_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/353/pl_006_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/354/pl_007_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/355/pl_008_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/357/pl_009_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/358/pl_010_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/359/pl_011_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/361/pl_012_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/362/lei_4506_2016.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/363/pl_014_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/364/pl_015_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/365/pl_016_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/366/pl_017_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/368/pl_018_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/369/pl_019_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/370/pl_020_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/372/pl_021_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/375/pl_22_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/376/pl_23_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/377/pl_24_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/378/pl_25_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/379/pl_26_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/381/pl_27_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/382/pl_28_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/386/pl002916.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/389/pl_030_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/390/pl_031_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/391/pl_032_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/538/pl_033_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/539/pl_034_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/392/pl_035_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/393/pl_036_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/540/pl_037_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/541/pl_038_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/394/pl_039_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/396/pl_040_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/397/pl_041_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/398/pl_042_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/400/pl004316.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/401/pl004416.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/402/pl004516.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/403/pl004616.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/405/pl_047_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/407/pl004816.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/408/pl004916.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/409/pl005016.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/411/pl005116.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/415/pl_052_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/414/pl005316.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/416/pl005416.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/417/pl005516.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/419/pl005616.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/421/pl005716.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/422/pl005816.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/347/plc00116.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/367/plc00216.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/371/plc00316.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/380/plc00416.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/383/plc00516.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/384/plc00616.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/385/plc00716.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/395/plc00816.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/404/plc00916.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/418/plc01016.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/420/plc01116.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/423/plc01216.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/373/pr_01_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/387/r0000216.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/388/pe_001_2016_-_01.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/413/epl04716.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23367/ea000116.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23368/ea000216.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23369/esup0116.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10500/i0000116.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10501/i0000216.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10502/i0000316.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10503/i0000416.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10504/i0000516.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10505/i0000616.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10506/i0000716.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10507/i0000816.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10508/i0000916.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10509/i0001016.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10519/i0001116.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10520/i0001216.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10521/i0001316.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10522/i0001416.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10539/i0001516.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10540/i0001616.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10541/i0001716.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10542/i0001816.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10543/i0001916.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10544/i0002016.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10545/i0002116.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10546/i0002216.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10566/i0002316.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10567/i0002416.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10568/i0002516.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10569/i0002616.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10570/i0002716.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10571/i0002816.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10581/i0002916.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10582/i0003016.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10583/i0003116.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10584/i0003216.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10585/i0003316.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10586/i0003416.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10587/i0003516.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10588/i0003616.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10589/i0003716.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10590/i0003816.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10598/i0003916.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10599/i0004016.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10600/i0004116.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10601/i0004216.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10622/i0004316.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10623/i0004416.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10624/i0004516.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10625/i0004616.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10626/i0004716.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10627/i0004816.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10628/i0004916.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10629/i0005016.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10642/i0005116.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10643/i0005216.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10658/i0005316.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10659/i0005416.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10669/i0005516.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10670/i0005616.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10682/i0005716.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10683/i0005816.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10705/i0005916.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10706/i0006016.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10707/i0006116.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10715/i0006216.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10716/i0006316.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10717/i0006416.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10718/i0006516.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10719/i0006616.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10720/i0006716.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10731/i0006816.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10732/i0006916.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10740/i0007016.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10741/i0007116.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10742/i0007216.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10760/i0007316.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10761/i0007416.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10762/i0007516.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10771/i0007616.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10772/i0007716.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10780/i0007816.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10801/i0007916.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10802/i0008016.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10830/i0008116.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10831/i0008216.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10832/i0008316.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10833/i0008416.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10834/i0008516.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10835/i0008616.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10836/i0008716.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10837/i0008816.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23428/i0008916.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10852/i0009016.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10853/i0009116.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10854/i0009216.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10855/i0009316.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10856/i0009416.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10857/i0009516.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10862/i0009616.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10863/i0009716.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10864/i0009816.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10865/i0009916.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10866/i0010016.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10867/i0010116.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10868/i0010216.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10869/i0010316.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10870/i0010416.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10871/i0010516.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10882/i0010616.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10883/i0010716.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10891/i0010816.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10902/i0010916.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10903/i0011016.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10904/i0011116.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10905/i0011216.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10906/i0011316.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10915/i0011416.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10916/i0011516.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10917/i0011616.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10926/i0011716.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10927/i0011816.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10928/i0011916.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23492/i0012016.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23429/i0012116.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10942/i0012216.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10951/i0012316.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10952/i0012416.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10970/i0012516.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10971/i0012616.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10981/i0012716.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10982/i0012816.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10983/i0012916.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10988/i0013016.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10989/i0013116.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11004/i0013216.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11005/i0013316.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11006/i0013416.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11007/i0013516.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11008/i0013616.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11016/i0013716.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11017/i0013816.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11018/i0013916.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10470/r0000116.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10471/r0000216.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23430/r0000316.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10472/r0000416.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10473/r0000516.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10474/r0000616.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10475/r0000716.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10476/r0000816.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10477/r0000916.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10478/r0001016.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10479/r0001116.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10480/r0001216.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10481/r0001316.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10482/r0001416.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10483/r0001516.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10484/r0001616.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10485/r0001716.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10486/r0001816.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10487/r0001916.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10488/r0002016.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10489/r0002116.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10490/r0002216.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10491/r0002316.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10492/r0002416.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10493/r0002516.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10494/r0002616.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10495/r0002716.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10496/r0002816.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10497/r0002916.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10498/r0003016.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10499/r0003116.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10510/r0003216.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10511/r0003316.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10512/r0003416.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10513/r0003516.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10514/r0003616.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10515/r0003716.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10516/r0003816.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10517/r0003916.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10518/r0004016.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10523/r0004116.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10524/r0004216.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10525/r0004316.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10526/r0004416.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10527/r0004516.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10528/r0004616.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10529/r0004716.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10530/r0004816.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10531/r0004916.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10532/r0005016.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10533/r0005116.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10534/r0005216.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10535/r0005316.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10536/r0005416.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10537/r0005516.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10538/r0005616.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10547/r0005716.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10548/r0005816.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10549/r0005916.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10550/r0006016.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10551/r0006116.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10552/r0006216.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10553/r0006316.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10554/r0006416.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10555/r0006516.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10556/r0006616.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10557/r0006716.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10558/r0006816.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10559/r0006916.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10560/r0007016.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10561/r0007116.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10562/r0007216.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10563/r0007316.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10564/r0007416.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10565/r0007516.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10572/r0007616.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10573/r0007716.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10574/r0007816.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10575/r0007916.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10576/r0008016.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10577/r0008116.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10578/r0008216.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10579/r0008316.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10580/r0008416.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10591/r0008516.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10592/r0008616.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10593/r0008716.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10594/r0008816.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10595/r0008916.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10596/r0009016.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10597/r0009116.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10602/r0009216.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10603/r0009316.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10604/r0009416.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10605/r0009516.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10606/r0009616.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10607/r0009716.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10608/r0009816.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10609/r0009916.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10610/r0010016.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10611/r0010116.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10612/r0010216.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10613/r0010316.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10614/r0010416.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10615/r0010516.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10616/r0010616.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10617/r0010716.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10618/r0010816.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10619/r0010916.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10620/r0011016.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10621/r0011116.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10630/r0011216.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10641/r0011316.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10631/r0011416.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10632/r0011516.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10633/r0011616.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10634/r0011716.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10635/r0011816.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10636/r0011916.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10637/r0012016.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10638/r0012116.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10639/r0012216.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10640/r0012316.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10651/r0012416.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10652/r0012516.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10653/r0012616.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10654/r0012716.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10655/r0012816.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10656/r0012916.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10657/r0013116.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10644/r0013216.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10645/r0013316.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10646/r0013416.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10647/r0013516.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10648/r0013616.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10649/r0013716.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10650/r0013816.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10660/r0013916.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10661/r0014016.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10662/r0014116.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10663/r0014216.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10664/r0014316.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10665/r0014416.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10666/r0014516.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10667/r0014616.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10668/r0014716.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10671/r0014816.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10672/r0014916.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10673/r0015016.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10674/r0015116.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10675/r0015216.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10676/r0015316.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10677/r0015416.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10678/r0015516.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10679/r0015616.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10680/r0015716.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10681/r0015816.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10684/r0015916.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10685/r0016016.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10686/r0016116.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10687/r0016216.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10688/r0016316.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10689/r0016416.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10690/r0016516.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10691/r0016616.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10692/r0016716.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10693/r0016816.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10694/r0016916.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10695/r0017016.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10696/r0017116.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10697/r0017216.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10698/r0017316.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10699/r0017416.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10700/r0017516.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10701/r0017616.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10702/r0017716.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10703/r0017816.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10704/r0017916.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10708/r0018016.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10709/r0018116.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10710/r0018216.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10711/r0018316.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10712/r0018416.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10713/r0018516.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10714/r0018616.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10721/r0018716.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10722/r0018816.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10723/r0018916.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10724/r0019016.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10725/r0019116.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10726/r0019216.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10727/r0019316.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10728/r0019416.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10729/r0019516.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10730/r0019616.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10733/r0019716.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10734/r0019816.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10735/r0019916.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10736/r0020016.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10737/r0020116.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10738/r0020216.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10739/r0020316.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10743/r0020416.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10744/r0020516.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10745/r0020616.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10746/r0020716.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10747/r0020816.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10748/r0020916.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10749/r0021016.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10750/r0021116.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10751/r0021216.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10752/r0021316.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10753/r0021416.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10754/r0021516.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10755/r0021616.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10756/r0021716.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10757/r0021816.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10758/r0021916.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10759/r0022016.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10763/r0022116.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10764/r0022216.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10765/r0022316.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10766/r0022416.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10767/r0022516.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10768/r0022616.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10769/r0022716.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10770/r0022816.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10773/r0022916.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10774/r0023016.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10775/r0023116.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10776/r0023216.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10777/r0023316.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10778/r0023416.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10779/r0023516.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10781/r0023616.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10782/r0023716.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10783/r0023816.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10784/r0023916.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10785/r0024016.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10786/r0024116.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10787/r0024216.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10788/r0024316.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10789/r0024416.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10790/r0024516.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10791/r0024616.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10792/r0024716.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10793/r0024816.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10794/r0024916.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10795/r0025016.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10796/r0025116.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10797/r0025216.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10798/r0025316.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10799/r0025416.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10800/r0025516.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10803/r0025616.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10804/r0025716.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10805/r0025816.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10806/r0025916.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10807/r0026016.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10808/r0026116.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10809/r0026216.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10810/r0026316.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10811/r0026416.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10812/r0026516.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10813/r0026616.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10814/r0026716.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10815/r0026816.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10816/r0026916.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10817/r0027016.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10818/r0027116.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10819/r0027216.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10820/r0027316.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10821/r0027416.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10822/r0027516.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10823/r0027616.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10824/r0027716.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10825/r0027816.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10826/r0027916.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10827/r0028016.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10828/r0028116.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10829/r0028216.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10838/r0028316.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10839/r0028416.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10840/r0028516.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10841/r0028616.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10842/r0028716.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10843/r0028816.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10844/r0028916.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10845/r0029016.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10846/r0029116.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10847/r0029216.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10848/r0029316.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10849/r0029416.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10850/r0029516.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10851/r0029616.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10858/r0029716.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10859/r0029816.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10860/r0029916.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10861/r0030016.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10872/r0030116.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10873/r0030216.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10874/r0030316.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10875/r0030416.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23432/r0030516.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10876/r0030616.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10877/r0030716.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10878/r0030816.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10879/r0030916.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10880/r0031016.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10881/r0031116.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10884/r0031216.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10885/r0031316.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10886/r0031416.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10887/r0031616.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10888/r0031716.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10889/r0031816.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10890/r0031916.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10892/r0032016.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10893/r0032116.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10894/r0032216.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10895/r0032316.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10896/r0032416.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10897/r0032516.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10898/r0032616.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10899/r0032716.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10901/r0032816.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10900/r0032916.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10907/r0033016.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10908/r0033116.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10909/r0033216.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10910/r0033316.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10911/r0033416.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10912/r0033516.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10913/r0033616.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10914/r0033716.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10918/r0033816.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10919/r0033916.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10920/r0034016.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10921/r0034116.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10922/r0034216.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10923/r0034316.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10924/r0034416.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10925/r0034516.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10929/r0034616.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10930/r0034716.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10931/r0034816.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10932/r0034916.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10933/r0035016.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10934/r0035116.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10935/r0035216.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10936/r0035316.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/23434/r0035416.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10937/r0035516.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10938/r0035616.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10939/r0035716.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10940/r0035816.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10941/r0035916.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10943/r0036016.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10944/r0036116.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10945/r0036216.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10946/r0036316.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10947/r0036416.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10948/r0036516.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10949/r0036616.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10950/r0036716.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10953/r0036816.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10954/r0036916.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10955/r0037016.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10956/r0037116.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10957/r0037216.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10958/r0037316.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10959/r0037416.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10960/r0037516.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10961/r0037616.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10962/r0037716.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10963/r0037816.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10964/r0037916.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10965/r0038016.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10966/r0038116.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10967/r0038216.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10968/r0038316.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10969/r0038416.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10972/r0038516.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10973/r0038616.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10974/r0038716.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10975/r0038816.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10976/r0038916.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10977/r0039016.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10978/r0039116.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10979/r0039216.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10980/r0039316.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10984/r0039416.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10985/r0039516.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10986/r0039616.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10987/r0039716.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10990/r0039816.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10991/r0039916.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10992/r0040016.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10993/r0040116.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10994/r0040216.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10995/r0040316.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10996/r0040416.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10997/r0040516.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10998/r0040616.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/10999/r0040716.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11000/r0040816.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11001/r0040916.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11002/r0041016.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11003/r0041116.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11009/r0041216.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11010/r0041316.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11011/r0041416.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11012/r0041516.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11013/r0041616.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11014/r0041716.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11015/r0041816.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11019/r0041916.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11020/r0042016.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11021/r0042116.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11022/r0042216.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11023/r0042316.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11024/r0042416.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2016/11025/r0042516.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H651"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>