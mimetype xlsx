--- v0 (2026-01-21)
+++ v1 (2026-03-21)
@@ -54,8558 +54,8558 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1477/pdl01_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1477/pdl01_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Diplomas de Honra ao Mérito e dá outras providências (aos atletas do DEC - Dracena Esporte Clube - tricampeões da Copa AMNAP realizada em 2011)</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1478/pdl02_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1478/pdl02_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de TÍTULO DE CIDADÃO HONORÁRIO DE DRACENA ao Sr. Ivo Figueiredo dos Santos, e dá outras providências.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1479/pdl03_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1479/pdl03_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de DIPLOMAS DE HONRA AO MÉRITO e dá outras providências.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>José Antonio Pedretti</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1480/pdl4_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1480/pdl4_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de DIPLOMAS DE HONRA AO MÉRITO e dá outras providências. (aos alunos Leonardo Augusto Simões Miola e Pedro Henrique Ignácio Leito da Escola Otilia Braz Nogueirol)</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ademir Ussifatti, Claudinei Millan Pessoa, Francisco Eduardo Aniceto Rossi, José Antonio Pedretti, Juliano Brito Bertolini, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1481/pdl05_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1481/pdl05_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de TÍTULO DE CIDADÃO HONORÁRIO DE DRACENA ao Frei Alberto Pegoraro, e dá outras providências.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1482/pdl06_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1482/pdl06_-_2012.pdf</t>
   </si>
   <si>
     <t>Aprova o Parecer do Egrégio Tribunal de Contas do Estado de São Paulo que aprovou as Contas da Prefeitura Municipal de Dracena, relativas ao exercício de 2010.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Ademir Ussifatti</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1483/pdl07_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1483/pdl07_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Diploma de Honra ao Mérito e dá outras providências. (Diploma de Honra ao Mérito ao 1º Sargento Douglas Emerson Dias dos Santos)</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara Municipal</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1484/pdl08_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1484/pdl08_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Presidente da Câmara Municipal de Dracena para doar bens móveis que especifica e dá outras providêncas.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1486/pl01_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1486/pl01_-_2012.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terra que especifica. (Para implantação de novo loteamento na cidade.)</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1487/pl02_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1487/pl02_-_2012.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal de Dracena a firmar convênio com o fundo para o Desenvolvimento da Educação. (convênio para ampliação do Programa Escolar da Familia, com vistas à abertura das escolas publicas municipais, aos finais de semana, para o desenvolvimetno de atividades sócio-educativas, em conformidade com as cláusulas estabelecidas no convênio a ser fiamrado entre o Estado de São Paulo e o Municipio de Dracena)</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1488/pl03_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1488/pl03_-_2012.pdf</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1489/pl04_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1489/pl04_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Comércio de artigos de conveniência paro farmácias no Municipio de Dracena e dá outras providências. (o comercio de artigos de conveniência em farmácias e drogarias no Município de Dracena deverá observar rigorosos critérios de segurança, higiene e embalagem, de modo a proporcionar segurança ao consumidor).</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1490/pl05_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1490/pl05_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo a receber, através de Cessão de Uso precário e oneroso, o imóvel da CESP - Companhia Energética de São Paulo, que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1491/pl06_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1491/pl06_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção às Entidades que especifica. (Associação de Valorização Humana, no valor de R$97.700,00 - noventa e sete mil e setencentos reais; à Assocaição de Portador de Deficiência Físicade Dracena, no valor de até R$24.000,00 - vinte e quatro mil reais; e à fundação Dracenense de Educação e Cultura, no valor de até R$42.500,00 - quarenta e dois mil e quinhentos reais)</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1492/pl07_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1492/pl07_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a qualificação de entidades sem fins lucrativos como Organizações Sociais e autoriza a implantação administrativa e desenvolvimento das atividade dos ESF, através de Organizações Sociais e dá outras providências.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1493/pl08_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1493/pl08_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para celebração de convênio com o Sindicato dos Servidores Públicos Municipais de Dracena e dá outras providências. (Convênio para uso das dependências do clube do Sindicato para atividades recreativas dos alunos da rede municipal, bem como da Secretaria de Esportes e desenvolvimento Social.)</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1494/pl09_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1494/pl09_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção às entidades que especifica. (Associação Projeto Esperança no valor de até R$51.000,00; Associação de Pais e Amigos dos Excepecionais de Dracena no valor de até R$100.924,00; Associação de Voluntários de Apoio ao Paciente de Câncer, no valor de até R$12.000,00; Associação de valorização Humana, no valor de até R$22,680,00; Associação Assistencial Boas Novas, no valor de até R$24.000,00; Associação de Proteção à Criança de Dracena, no valor de até R$62.920,00; Instituição Novo Amanhecer ""Guiomar C.A. da Silva, no valor de até R$154.450,00; Lar Beneficente Sã Doutrina Espiritural do 7º Dia, no valor de até R$27.600,00; Associação São Vicente de Paulo ""Casa dos Velhos"", no valor de até R$60.993,00; Pousada Bom Samaritano, no valor de até R$18.900,00; e Serviço de Obras Sociais, no valor de até R$56.700,00.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1495/pl10_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1495/pl10_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Municipal n.º 3787, de 22 de junho de 2010 - que declara de utilidade pública a associação atlética banco do Brasil e dispõe sobre autorização ao Poder Executivo a firmara convênio com a mesma para implantação e desenvolvimento das atividades do Projeto AABB Comunidade e dá outra providências. (o Convenio de que trata a lei terá a vigência de 5 anos, com execução do Plano de trabalho durante 3 anos, ficando determinado a inclusão nos orçamentos dos dois exercício seguintes da verba de R$92.000,00 - noventa e dois mil reais - em cada um., ou seja, exercícios de 2012 e 2013, de forma que no final do prazo para cumprimento do Plano de Trabalho a participação financeira do Município de Dracena seja de R$234.000,00 - duzentos e trinta e quatro mil reais).</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1496/pl11_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1496/pl11_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito adicional especial no valor de R$-11.000,00 - onze mil reais - destinado à aquisição de material de consumo para a Creche do Bairro Emilio Zanata, financiado com recurso da esfera federal)</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1497/pl12_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1497/pl12_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre definição da movimentação financeira das contas do Fundo Municipal de Assistênica Social e dá outras providências. (As contas bancárias do Fundo Municipal de Assistência Social criado pela Lei 2651, de 22.08.1996, serão movimentadas pelo Secretário da Fazenda juntamente com a Secretária de Assistência e Desenvolvimento Social do Município de Dracena)</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Juliano Brito Bertolini</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1498/pl13_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1498/pl13_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio público e dá outras providências. (Praça do Parque Dracena de Alexandre Pitondo)</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1499/pl14_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1499/pl14_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para firmar convênico com o tribunal de Justiça do Estado de São Paulo visando a cessão de servidor público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1500/pl15_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1500/pl15_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do artigo primeiro da Lei n.º 3746, de 25 de fevereiro de 2010, alterada pela Lei n.º 3824, de 28 de outubro de 2010 e dá outras providências. (cessão de funcionários pra o Poder Judiciário para exercer funções no Fórum local, e um estagiário por Vara e um estagiário para o Juizado Especial Cilvil e Criminal).</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1501/pl16_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1501/pl16_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção às Entidades que especifica. (Associação dos Portadores de Deficiência Física de Dracena - Superando Limites no valor de R$-15.000,00 - quinze mil reais, sendo R$-13.000,00 - treze mil reais, para custeio e R$-2.000,00 dois mil reais para investimentos)</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1502/pl17_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1502/pl17_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção às Entidades que especifica. (Casa dos Velhos de Dracena no valor de até R$-37.200,00 (trinta e sete mil e duzentos reais), e ao Lar Beneficente Sã Doutrina Espiritual do Sétimo Dia de Dracena no valor de até R$-12.600,00 (doze mil e seiscentos reais) ).</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Ademir Ussifatti, Claudinei Millan Pessoa, Nelson Nabor Buzinaro, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/3150/pl18_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/3150/pl18_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reposição salarial e reajuste dos vencimentos dos servidores da Câmara Municipal de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Ademir Ussifatti, Claudinei Millan Pessoa, Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1503/pl19_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1503/pl19_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão Geral Anual ao subsídio dos Vereadores da Câmara Municipal de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1504/pl20_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1504/pl20_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo de ceder mediante autorização de uso, o uso de imóvel público municipal e dá outras providências. (Arca de Noé de Dracena, - Associação de Proteção aos Animais de Dracena)</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1505/pl21_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1505/pl21_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$-69.523,98 - sessenta e nove mil quinhentos e vinte e três reais e noventa e oito centavos - destinado à utilização de saldo do FUNDEB do exercício anterior)</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1506/pl22_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1506/pl22_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente (crédito no valor de R$-74.790,00 - setenta e quatro mil setecentos e noventa reais - destinado à transferência financeira a Empresa Municipal de Saúde)</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1507/pl23_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1507/pl23_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção à Entidade que especifica (subvenção à Empresa Municipal de Saúde, no valor de R$400.000,00 - quarenta mil reais)</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1508/pl24_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1508/pl24_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede contribuição à Entidade que especifica (contribuição à Empresa Municipal de Saúde, no valor de R$93.000,00 - noventa e três mil reais).</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1509/pl25_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1509/pl25_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção às Entidades que especifica (Associação Projeto Esperança, no valor de até R$=15.500,00 - quinze mil e quinhentos reais - Associação de Pais e Amigos dos Excepcionais de Dracena, no valor de até R$=10.000,00 - dez mil reais - Associação de Proteção a Criança de Dracena, no valor de até R$=15.000,00 - quinze mil reais - Instituição Novo Amanhecer ""Guionar C.A. da Silva, no valor de até R$=25.000,00 - vinte e cinco mil reais - e a Associação de Proteção ao Adolescente de Dracena, no valor de até R$=7.000,00 - sete mil reais)</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1510/pl26_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1510/pl26_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção à Entidade que especifica (subvenção a Irmandade da Santa Casa de Misericórdia de Dracena, no valor de até R$=18.225,00 - dezoito mil duzentos e vinte e cinco reais)</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1511/pl27_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1511/pl27_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito no valor de R$=10.080,00 - dez mil e oitenta reais, destinado à transferencia financeira à Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena)</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Poder Executivo, Milton Polon, Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1512/pl28_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1512/pl28_-_2012.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 1º da Lei n.º 3758, de 26 de abril de 2010, que institui a Semana Municipal Antidrogas no âmbito do Município de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1513/pl29_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1513/pl29_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Escola Municipal de Educação Infantil que especifica e dá outras providências. (bairro Emilio Zanatta)</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1514/pl30_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1514/pl30_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede contribuição às Entidades que especifica. (conceder contribuição ao Grupo Camafeu, no valor de R$12.000,00 - doze mil reais; a Associação Dracenense de Karatê Shoren Kan, no valor de R$85.000,00 - oitenta e cinco mil reais)</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1515/pl31_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1515/pl31_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para efetuar parcelamento de débito junto ao Estado de São Paulo referentes a autos de infração aplicados Companhia de Tecnologia de Saneamento Ambientarl - CETESB e dá outras providências. (multa no valor de R$591.566,24 - quinhentos e noventa e um mil, quinhentos e sessenta e seis reais e vinte e quatro centavos, parcelamento, em até 24 parcelas)</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1516/pl32_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1516/pl32_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$-40.000,00 - quarenta mil reais, destinado a reforço em dotação orçamentária destina à reforma de praças esportivas)</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1517/pl33_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1517/pl33_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente (crédito no valor de R$-10.000,00 - dez mil reais, destinado a transferência financeira ao Grupo de Teatro Com Licença vou a Luta)</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1518/pl34_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1518/pl34_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$-135.000,00 - cento e trinta e cinco mil reais, destinado ao reforço em dotação orçamentária destina a aquisição de veiculo de transporte de aluno)</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1519/pl35_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1519/pl35_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente (crédito no valor de R$-190.000,00 - cento e noventa mil reais, destinado ao reforço em dotação orçamentária)</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1520/pl36_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1520/pl36_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de aumento de salário, a título de revisão geral anual, e aumento real aos servidores públicos municipais e dá outras providências. (aumento de 7,7% nos salários de todos os servidores públicos municipais do Poder Executivo de Dracena a conta de 1º de março de 2012; sendo aumento de 5,85 a título de revisão geral anual, conforme IPCA acumulado de março de 2011 a fevereiro de 2012 e 1,85% de ganho real)</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1521/pl37_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1521/pl37_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração nos incisos I e II do Artigo 4º, da Lei n.º 3619/08, alterada pelas Leis n.º 3704/09, Lei 3754/10, Lei 3862/11 e Lei n.º 3975/11</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1522/pl38_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1522/pl38_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para recebimento de imóvel em comodato e dá outras providências.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1523/pl39_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1523/pl39_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no artigo 15 da Lei 4000, de 21 de março de 2012 e dá outras providências.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1524/pl40_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1524/pl40_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Crédito no valor de R$450.000,00 para reforço de dotação orçamentária.)</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1525/pl41_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1525/pl41_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo de ceder, mediante autorização de uso, o imóvel público municipal e dá outras providências. (utilização, a título gratuito, o Centro Comunitário Maria Monteira do Sacramento, localizado na Rua Érico Veríssimo, a Associação de Moradores do Jardim Brasilândia e Bairros Adjacentes)</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1526/pl42_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1526/pl42_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito no valor de R$=15.000,00 - quinze mil reais, destinado à transferência financeira a ADEF - Associação da Pessoa com Deficiência Física de Dracena - Superando Limites).</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1527/pl43_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1527/pl43_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede contribuição à Entidade que especifica. (concede contribuição à ADEF - Associação da Pessoa com Deficiência Física de Dracena - Superando Limites, no valor de até R$=15.000,00 - quinze mil reais, sendo R$=8.000,00- oito mil reais como contribuição e R$=7.000,00 - sete mil reais como subvenção).</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1528/pl44_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1528/pl44_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituição do Festival de Música Popular Brasileira a ser realizado no mês de abril como evento oficial do Municipio de Dracena e dá outras providências. (o evento será organizado, anualmente, no mês de abril sob responsabilidade da Secretaria de Cultura e Turismo)</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1529/pl45_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1529/pl45_-_2012.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências. (Para construção de uma rotatória no cruzamento das Ruas Assis Chateaubrian, Cruzeiro do Sul e Nações Unidas.)</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1530/pl46_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1530/pl46_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei n.º 2978, de 20 de agosto de 2001 e dá outras providências. (com relação aos loteamentos residenciais ao longo de marginais construidas as margens da Rodovia Comandante João Ribeiro de Barros (SP 294) de acordo com o plano diretor do municipio)</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1531/pl47_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1531/pl47_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$=6.000,00 - seis mil reais, destinado a criação de rubrica orçamentária para despesas com locomoção.)</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1532/pl48_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1532/pl48_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (credtio no valor de R$=4.962,90 - quatro mil novecentos e sessenta e dois reais e noventa centavos, destinado à transferência financeira a Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena)</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1533/pl49_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1533/pl49_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo de Ceder mediante autorização de uso, o uso de imóvel público municipal e dá outra providências. (conceder à Associação de Produtores Rurais de Dracena).</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1534/pl50_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1534/pl50_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção às Entidades que especifica. (subvenção a Instituição Novo Amanhecer no valor de R$=4.000,00 - quatro mil reais)</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1535/pl51_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1535/pl51_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar (crédito no valor de R$=4.000,00 - quatro mil reais, destinado a atender despesa com transferência de recurso financeiro a Instituição Novo Amanhecer)</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1536/pl52_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1536/pl52_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente (crédito no valor de R$=42.000,00 - quarenta e dois mil reais, destinado a abertura de rubrica para custear transferência financeira a entidade AABB - Associação Atlética Banco do Brasil)</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1537/pl53_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1537/pl53_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente (crédito no valor de R$=30.000,00 - trinta mil reais, destinado a transferência financeira a AVAPAC - Associação de voluntários de Apoio ao Paciente de Câncer)</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1538/pl54_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1538/pl54_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente (crédito no valor de R$=25.000,00 - vinte e cinco mil reais, destinado a transferência financeira a FUNDEC)</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1539/pl55_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1539/pl55_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção às Entidades que especifica. (subvenção a Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena, para custeiro da Ambulância UTI, no valor de R$=12.220,00 - doze mil duzentos e vinte reais)</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1540/pl56_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1540/pl56_-_2012.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com a Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena para prestação de serviços médicos hospitalares e ambulatoriais pela sistemática de referência e contra-referências do SUS e dá outras providências. )</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1541/pl57_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1541/pl57_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente (crédito no valor de R$=89.000,00 - oitenta e nove mil reais, destinado a transferência financeira destinada a auxilio na manutenção de entidades - APAE - Associação de Pais e Amigos dos Excepcionais, no valor fe R$=43.000,00 - quarenta e três mil reais; e a Casa dos Velhos de Dracena, no valor de R$=46.000,00 - quarenta e seis mil reais)</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1542/pl58_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1542/pl58_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente (crédito no valor de R$=100.000,00 - cem mil reais, destinado a reforço em dotação orçamentária do orçamento vigente)</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1543/pl59_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1543/pl59_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção a entidades que especifica (Associação de Voluntários de Apoio ao Paciente com Câncer, no valor de até R$30.000,00; Fundação Dracenense de Educação e Cultura, no valor de até R$25.000,00; Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena, no valor de até R$12.220,00; Associação de Pais e Amigos dos Excepcionais de Dracena, no valor de até R$43.000,00; e Obra Unida Sociedade São Vicente de Paulo - Casa dos velhos, no valor de até R$46.000,00)</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1544/pl60_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1544/pl60_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para celebrar convênio com o Estado de São Paulo, através da Secretaria de Segurança Pública, visando o exercício de atividade delegada pelo Município de Dracena a policiais militares, bem como sobre a criação de gratificação a ser paga pelo desempenho da atividade delegada e dá outras providências. )</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1545/pl61_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1545/pl61_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para adquirir por desapropriação amigável ou judicial, área de terra que especifica e dá outras providências. (uma área de 255,00m2 no Jardim das Nações)</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1546/pl62_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1546/pl62_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção à Entidade que especifica (subvenção a Associação Dracenense de karatê - Shorem Kan)</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1547/pl63_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1547/pl63_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no artigo 1º da Lei Municipal n.º 3748, de 04 de março de 2010 (disponibilizar através de cessão de uso, em fazor da Fazenda do Estado de São Paulo, tendo por finalidade ampliação do Ambulatório Médico de Especialidades do Município de Dracena)</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1548/pl64_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1548/pl64_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre ocupação das dependências destinadas às zeladorias das unidades escolares da rede municipal.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1549/pl65_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1549/pl65_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Assistência Social, reformulando o Conselho Municipal de Assistência Social e dá outras providências.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1550/pl66_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1550/pl66_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio público e dá outras providências. (denominar o Campo de Bocha do Centro Social Urbano de Antonio Quirino Neto)</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1551/pl67_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1551/pl67_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção às entidades que especifica. (subvenção à Associação Projeto Esperança no valor de até R$=300,00 - trezentos reais, verba municipal; Lar Beneficente Sã Doutrina Espiritual do 7º Dia no valor de R$=37.700,00 - trinta e sete mil e setecentos reais, verba estadual; Obra Unida da Sociedade São Vicente de Paulo ""Casa dos Velhos, no valor de R$60.000,00 - sessenta mil reais, verba estadual)</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1552/pl68_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1552/pl68_-_2012.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao parágrafo único introduzido pela Lei 3047/2002 ao artigo 7º da Lei 2399/1993, que dispõe sobre o funcionamento da Emdaep - Empresa de Desenvolvimento, Água, Esgoto e Pavimentação, e dá outras providências.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1553/pl69_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1553/pl69_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para venda de bens móveis e dá outras providências (Venda de bens considerados inservíveis para a administração, os quais serão leiloados nos termos da Lei Federal 8.666/93).</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1554/pl70_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1554/pl70_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal nº 4039, de 23.5.2012 (a alteração proposta é para corrigir o número do lote que confronta com o imóvel pelo lado esquerdo, que como mostra o mapa é lote 8).</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1555/pl71_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1555/pl71_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção a entidade que especifica (subvenção no valor de até R$11.500,00, à Associação de Proteção à Maternidade, à Infância e à Adolescência de Dracena, a serem aplicados em despesas de custeio).</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1556/pl72_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1556/pl72_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Municipal nº 3052, de 25 de março de 2002.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1557/pl73_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1557/pl73_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo de ceder mediante autorização de uso de imóvel público municipal e dá outras providências. (Ceder imóvel à Associação dos funcionários da Penitenciária de Dracena.)</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1558/pl74_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1558/pl74_-_2012.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a disponibilizar internet gratuitamente no Município de Dracena, conforme especifica.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1559/pl75_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1559/pl75_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente (crédito no valor de R$16.500,00 destinado à transferência financeira à APAE).</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1560/pl76_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1560/pl76_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente (crédito no valor de R$64.600,00 destinado à transferência financeira as seguintes entidades: APAE, no valor de R$3.600,00; AVAHU, no valor de R$1.900,00; Associação de proteção à Criança de Dracena, no valor de R$1.000,00; Casa dos Velhos, no valor de R$2.100,00; Casa dos Velhos, no valor de R$5.000,00; Associação Dracenense de Karate Shuren Kan, no valor de 10.000,00; e Sindicato Rural de Dracena, no valor de R$41.000,00).</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1561/pl77_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1561/pl77_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede contribuição à entidade que especifica (à APAE - Associação de Pais e Amigos dos Excepcionais de Dracena, no valor de R$16.500,00).</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1562/pl78_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1562/pl78_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede contribuição à entidade que especifica (as seguintes entidades: APAE, no valor de R$3.600,00; AVAHU, no valor de R$1.900,00; Associação de proteção à Criança de Dracena, no valor de R$1.000,00; Casa dos Velhos, no valor de R$7.100,00; Associação Dracenense de Karate Shuren Kan, no valor de 10.000,00; e Sindicato Rural de Dracena, no valor de R$41.000,00).</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1563/pl79_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1563/pl79_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente (crédito no valor de R$264.000,00 destinado à transferência financeira a seguintes entidades: APAE - Associação de Pais e Amigos dos Excepcioais, no valor de R$20.000,00; Associação de Proteção à Criança de Dracena, R$20.000,00; Associação de Proteção ao Adolescente de Dracena, R$20.000,00; Associação de Proteção à Maternidade, Infância e à Adolescência de Dracena; AVAHU - Associação de Valorização Humana, no valor de R$20.000,00; Associação Projeto Esperança, no valor de R$20.000,00; Instituição Novo Amanhecer ""Guiomar C. A. da Silva"", no valor de R$20.000,00; Associação Proeduc de Inclusão Social na Educação, no valor de R$20.000,00; Posuada Bom Samaritano, no valor de R$20.000,00; Irmandade da Santa casa de Misericórdia e Maternidade de Dracena, no valor de R$ 84.000,00.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1564/pl80_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1564/pl80_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção a entidades que especifica. (APAE; Associação de Proteção à Criança de Dracena; Associação de Proteção ao Adolescente de Dracena; Associação de Proteção à Maternidade, Infância e à Adolescência de Dracena; AVAHU; Associação Projeto Esperança; Instituição Novo Amanhecer ""Guiomar C. A. da Silva""; Associação Proeduc de Inclusão Social na Educação; Pousada Bom Samaritano; Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1565/pl81_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1565/pl81_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede contribuição à entidade que especifica. (À Associação dos Produtores Rurais de Dracena, no valor de até R$5.000,00)</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1566/pl82_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1566/pl82_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção à entidade que especifica. (À Associação de Proteção aos Animais de Dracena - Arca de Noé, no valor de até R$9.000,00)</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1567/pl83_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1567/pl83_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente (crédito no valor de R$=20.000,00 vinte mil reais, destinado à transferênica financeira a Instituição Novo Amanhecer ""Guiomar C.A.da Silva).</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1568/pl84_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1568/pl84_-_2012.pdf</t>
   </si>
   <si>
     <t>Conceder contribuição à Entidade que especifica. (Conceder contribuição à Instituição à Instituição Novo Amanhecer ""Guiomar C. A. da Silva, no valor de até R$=20.000,00 vinte mil reais)</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1569/pl85_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1569/pl85_-_2012.pdf</t>
   </si>
   <si>
     <t>Conceder contribuição à Entidade que especifica (Conceder contribuição à Associação de Proteção à Maternidade, à Infância e à Adolescência de Dracena, no valor de até R$=11.500,00 - onze mil e quinhentos reais).</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1572/pl86_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1572/pl86_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito no valor de R$=49.450,00 - quarenta e nove reais e quatrocentos e cinquenta reais, destinado a transferência financeira para custear despesas com investimentos, a título de contribuições, às entidades: SOS - Serviço de obras Sociais, no valor de R$=3.490,00- três mil quatrocentos e noventa reais; APAE - Associação de Pais e Amigos dos Excepcionais de Dracena, no valor de R$=13.760,00 - treze mil setecentos e sessenta reais;AVAHU - Associação de Valorização Humana, no valor de R$=4.000,00 - quatro mil reais; AssociaçãoProjeto Esperança, no valor de R$=11.200,00 - onze mil e duzentos reais; e, APMIAD, no valor de R$=17.000,00 - dezessete mil reais)</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1573/pl87_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1573/pl87_-_2012.pdf</t>
   </si>
   <si>
     <t>Conceder contribuição à Entidade que especifica. (Conceder contribuição às entidades: SOS - Serviço de obras Sociais, no valor de R$=3.490,00- três mil quatrocentos e noventa reais; APAE - Associação de Pais e Amigos dos Excepcionais de Dracena, no valor de R$=13.760,00 - treze mil setecentos e sessenta reais;AVAHU - Associação de Valorização Humana, no valor de R$=4.000,00 - quatro mil reais; AssociaçãoProjeto Esperança, no valor de R$=11.200,00 - onze mil e duzentos reais; e, APMIAD, no valor de R$=17.000,00 - dezessete mil reais)</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Francisco Eduardo Aniceto Rossi, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1574/pl88_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1574/pl88_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobredenominação da Rua ""B"" existente no Distrito Industrial que especifica e dá outras providências. (Rua AntonioGonzales Filho)</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1575/pl89_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1575/pl89_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio público e dá outras providências. (área de lazer, sem denominação, localizada entre a Rua Tupinambas e Estrada Municipal DRA 242 do Jardim Campo Belo,passa a ser denominada de “Área de Lazer Ângelo Brunholi”).</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1577/pl90_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1577/pl90_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobredenominação do Contro Comunitário do Jardin Santa Clara que especifica e dá outras providências. (Centro Comunitário Pedro Russo)</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1576/pl91_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1576/pl91_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio público e dá outras providências. (área de lazer, sem denominação, localizada entre a Rua dos Jequitibas, entrea a Alameda Portugal e Estrada Municipal DRA 251 do Jardim Palmeiras III,passa a ser denominada de “Área de Lazer Geraldo José dos Anjos”).</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1578/pl92_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1578/pl92_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$=3.500,00 - três mil e quinhentos reais, destinado a pagamento de diferença verificada em processo licitatório de exercício anteriorem favor da empresa Gimenez e Oliver Ltda.)</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1579/pl93_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1579/pl93_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no artigo 2º, da Lei Municipal n.º 4056, de 27.06.2012. (Para fazer jus ao repasse das subvenções concedidas, as Entidades deverão requerer a liberação dos recursos, que será feita em parcela única, e estar devidamente cadastrada junto ao setor de contabilidade da prefeitura municipal, ressalvada a Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena que fará jus ao pagamento somente quanto houver transportes ""inter hospitalares' com Ambulância UTI móvel, para transportar de pacientes de Dracena)</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1580/pl94_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1580/pl94_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituição do Festival de Música Sertaneja Raiz a ser realizado no mês de outubro, como evento oficial do Município de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1581/pl95_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1581/pl95_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Municipal n.º 3812, de 01.10.2010. (O incentivo mencionado no inciso II do artigo poderá ser estendido às pessoas jurídicas que pretendem edificar conjunto residencial de interesse social no Município de Dracena, atendidos os preceitos do Código de Obras e da Lei do Plano Diretor)</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1582/pl96_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1582/pl96_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão do parágrafo único, ao artigo 2º, da Lei 3281/2005, conforme especifica. (O Poder Executivo ficará autorizado a fornecer combustível para abastecimetno do veículo que se encontra à disposição do Juízo da 149ª Zona Eleitora de Dracena para o comprimento de atos relacionados a eleições).</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1583/pl97_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1583/pl97_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para aberturade crédito adicional suplementar no orçamento vigente. (crédito no valor de R$-12.800,00 - doze mil e oitocentos reais) destinado à transferência financeira a entidades para custear despesas de custeio -APAE, INA - Instituto Novo Amanhecer e Grupo de Teatro com Licença Vou a Luta)</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1584/pl98_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1584/pl98_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção às Entidades que Especifica. (conceder subvenção à Associação subvenção à Associação de Pais e Amigos dos Excepcionais de Dracena, no valor de até R$3.800,00; à Instituição Novo Amanhecer, no valor de R$4.000,00; e ao Grupo de Teatro Com Licença Vou à Luta, no valor de R$5.000,00).</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1585/pl99_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1585/pl99_-_2012.pdf</t>
   </si>
   <si>
     <t>Acrescenta o artigo 3º - A, na Lei Municipal n.º 3660, de 17 de junho de 2009. (Compete ao Conselho Municipal de Meio Ambiente, o cadastramento de entidades ambientalistas, associação de bairros e cooperativas, que compreendam em seus estatutos as ações de proteção, defesa e recuperação do meio ambiente, além de certificar a regularidade anual destas. No prazo de 30 trinta dias, contado a partir da publicação da lei, deverá ser editado decreto a fim de regulamentar o cadastramento referido no caput).</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1586/pl100_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1586/pl100_-_2012.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 3º, 18 e o § 1º do artigo 23, inserindo neste último os §§ 4º e 5º, além de revogar o artigo 25, todos da Lei Municipal n.º 2448/93, com redação que lhe foi dada pelas Leis n.ºs 3127/02 e 3316/05</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1587/pl101_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1587/pl101_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito no valor de R$-800.000,00 - oitocentos mil reais, destinado a reforço em dotações orçamentárias)</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1588/pl102_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1588/pl102_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Municipal n.º 4050, de 20.06.2012, que dispõe sobre autorização ao Poder Executivo de ceder mediante autorização de uso, o uso de imóvel público municipal e dá outras providências. (um imóvel urbano constituído do lote 02 da quadra 06, situado do lado impar da Alameda Salvador, distante 40,00 metros da Alameda Guarapari, no loteamento Portal dos Girassóis - que será cedido a Associação dos Funcionários da Penitenciária de Dracena.)</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1589/pl103_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1589/pl103_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo de ceder mediante autorização de uso, o uso de imóvel público municipal e dá outras providências. (ceder, mediante termo de autorização de uso, ao Sindicato dos Condutores de Veículos Rodoviários e Anexo da Região de Osvaldo Cruz, Adamantina e Dracena, a utilização do imóvel constituído do lote n.º 01 da quadra n.º 02, situado do lado impar da Alameda Salvador, distante 48,65mts da Estrado Municipal Dracena/Aeroporto Estadual, no loteamento Portal dos Girassóis)</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1590/pl104_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1590/pl104_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito suplementar no orçamento vigente (crédito no valor de R$410.000,00 para reforço de dotação orçamentária).</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1591/pl105_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1591/pl105_-_2012.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênio com a COTRARES - Cooperativa de Trabalho e Reciclagem de Resídiuos Sólidos de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Francisco Eduardo Aniceto Rossi</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1592/pl106_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1592/pl106_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio público e dá outras providências. (A Clinica de Fisioterapia Municipal, sem denominação, passa a ser denominada de “Clinica de Fisioterapia Municipal Luci Nakato”).</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1593/pl107_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1593/pl107_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção à Entidade que especifica. (subvenção à Associação Dracenense de Karatê - Shorem kan, financiada com recursos próprios, no valor de R$=6.80,00 - seis mil e oitocentos reais, durante o exercício de 2012)</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1594/pl108_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1594/pl108_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito no valor de R$=995.000,00 - novecentos e noventa e cinco mil reais, desitnado a transposição de recursos orçamentários dentro do orçemanto vigente).</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1595/pl109_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1595/pl109_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente e transferir recursos a entidades. (Fundec - R$7.000,00 - sete mil reais;Associação de Proteção a Criança de Dracena - R$=3.000,00 - três mil reais;e, Associação Assistencial Boas Novas -R$=12.000,00 - doze mil reais)</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1596/pl110_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1596/pl110_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede subvenção às Entidades que especifica. (subvenção as seguintes entidades: Fundec - R$7.000,00 - sete mil reais;Associação de Proteção a Criança de Dracena - R$=3.000,00 - três mil reais;e, Associação Assistencial Boas Novas -R$=12.000,00 - doze mil reais)</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1597/pl111_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1597/pl111_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o ensino de educação ambiental no currículo do ensino fundamental municipal e dá outras providências. (A Secretaria da Educação implementa a disciplina de Educação Ambiental na grade curricular, estando presentes nas diferentes áreas curriculares, ou seja, os temas transversais propostos pelo ""MEC"" nos Parâmetros Curriculares Nacionais, em todos segmentos da Rede Municipal de Ensino)</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1598/pl112_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1598/pl112_-_2012.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências. (Considera urbana área de 4.000 metros quadrados, encravado em área maior, situado no distrito e comarca de Dracena, com o que dispõe o artigo 32, § 2º do Código Tributário Nacional, a área de terra - Matricula n.º 12.986, do CRI local)</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1599/pl113_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1599/pl113_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito no valor de R$=4.356.000,00 - quatro milhões, trezentos e cinquenta e seis mil reis - destinado à reforço em dotações orçamentárias)</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1600/pl114_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1600/pl114_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito no valor de R$=85.000,00 - oitenta e cinco mil reais - destinado à transferência fincnaiceiraa Empresa Municipal de Saúde.)</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1601/pl115_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1601/pl115_-_2012.pdf</t>
   </si>
   <si>
     <t>Concede contribuição à entidade que especifica (contribuição no valor de R$=85.000,00 - oitenta e cinco mil reais - destinado à transferência fincnaiceiraa Empresa Municipal de Saúde.)</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1602/pl116_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1602/pl116_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio público e dá outras providências. (área de lazer, localizada entre as ruas Rubi e Esmeraldo no condominio Eldorado, passa a ser denominada de ""Area de Lazer Silvano da Silva Batista)</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1603/pl117_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1603/pl117_-_2012.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município para o exercício financeiro de 2013 (orçamento no valor de R$92.820.000,00 - noventa e dois milhões oitocentos e vinte mil reais).</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1604/pl118_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1604/pl118_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para celebrar convênio com a SEDS - Secretaria de Esado do Desenvolvimento Social. (o convênio tem por objetivo a aquisição de equipamentos e materiais de natureza permanente, visnado equipar espaços de acolhimento e atendimento da população em situação de exclusão social.)</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1605/pl119_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1605/pl119_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo Municipal a receber por DOAÇÃO do Serviço Nacional de Aprendizagem Industrial (SENAI) - Departamento Regional de São Paulo, bens móveis que especifica</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1606/pl120_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1606/pl120_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para celebração de convênio com a Associação Comercial e Empresarial de Dracena e dá outras providências. (Ao Poder Executivo fica autorizado por força do convênio a repassar o montante de R$=55.000,00 à Associação Comercial e Empresarial de Dracena visando estabelecer parcerias para fomento dos gastos no comércio de Dracena através do projeto ""Natal Milagre"".)</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1607/pl121_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1607/pl121_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorizaçao ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente e transferência financeira a entidade. (crédito no valor de R$=55.000,00 - cinquenta e cinco mil reais, destinado ao repasse financeiro a título de contribuição para Associação Comercial e Empresarial de Dracena).</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1608/pl122_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1608/pl122_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorizaçao ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente. (crédito no valor de R$=95.000,00 - noventa e cinco mil reais, destinado à reforço em dotações orçamentárias).</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1609/pl123_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1609/pl123_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do uso de capacete ou de qualquer equipamento similar que dificulte a identificação da pessoa em estabelecimentos comerciais e de crédito e em repartições públicas deste município, e dá outras providências.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1610/pl124_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1610/pl124_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para venda de sucatas e dá outras providências.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1611/pl125_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1611/pl125_-_2012.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências. (um lote de terra composto das chácaras n.ºs 138 e 139, com área de 22.034,56 m2, ou 2,203456 ha de terras, encavado na Fazenda São Manoel - tem inicio no marco 1, cravado na margem da Estrada João Araujo - DTA 070 com o lote 1 da quadra 8 do Residencial Parque Eldorado- mat.13451).</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1612/pl126_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1612/pl126_-_2012.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências. ( um imovel rural, com área de 37.248,81 m2 ou 1,539 alq., encravado na Fazenda São Manoel)</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1613/pl127_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1613/pl127_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito adicional suplementar no valor de R$=315.000,00 - trezentos e quinze mil reais, destinado à reforço em dotações orçamentárias).</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1614/pl128_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1614/pl128_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo de ceder mediante autorização de uso, o uso de imóvel público municipal e dá outras providências. (Termo de autorização de uso, ao Clube Associação Dracenense Aeromodelismo, a utilização do imóvel parte da Chácara São Manoel, área de 5.478,10 m2, matricula 118)</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1615/pl129_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1615/pl129_-_2012.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências. (um imovel rural com area total de 90.802,26 de terras situado no Bairro Palmeiras, iniciando-se no marco 1 cravado nas margens da Rodovia Comandante João Ribeiro de Barros - SP 294, Km 646 202,39 metros, distante 22,00 metros do eixo da pista e divisa com as terras de propriedade de Jojo Distribuidor de Bebidas Ltda- mat. 11.316)</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1616/pl130_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1616/pl130_-_2012.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terras que especifica e dá outras providências. (um imóvel rural, constituido de parte do lote n.º 533, com área de terra de 6,9426 hectares, do Sítio São Pedro - Gleba A -objeto da matricula n.º 3.307)</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1617/pl131_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1617/pl131_-_2012.pdf</t>
   </si>
   <si>
     <t>Considera urbana área de terra que especifica e dá outras providências. (um imóvel rural, com área total de 48.083,12 m2, situado no Bairro Palmeiras, iniciando-se no marco 1, cravdo na confrontação da Estrada Municipal com a propriedade de Hatuzi Mioki - objeto da matricula 8.429)</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1618/pl132_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1618/pl132_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aquisição de terreno no cemitério municipal de Dracena, destinado à construção de sepulturas.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1619/pl133_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1619/pl133_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Transposição de recursos por anulação de dotações no valor de R$4.190.000,00)</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1620/plc01-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1620/plc01-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de referência, conforme especifica e dá outras providências. (altera a referência do cargo de provimento efetivo de Advogado da Prefeitura de Dracena para a referência 13, constante da Lei Complementar n.º 01/1992)</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1621/plc02_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1621/plc02_-_2012.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Desenvolvimento Sustentável (PRODES), para o fim que especifica e dá outras providências. )</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/3151/plc03_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/3151/plc03_-_2012.pdf</t>
   </si>
   <si>
     <t>Estabelece as Diretrizes a serem observas na elaboração da Lei Orçamentária do Município para o exercício de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1622/plc04_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1622/plc04_-_2012.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de imóvel que especifica, por doação, à Universidade Estadual Paulista ""Júlio de Mesquita Filho"" - Campus Experimental de Dracena - UNESP e dá outras providências.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1623/plc05_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1623/plc05_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do parágrafo único do artigo 1º , da Lei Complementar nº 49, de 03 de outubro de 1995, que alienou por doação imóvel à Associação de Valorização Humana - AVAHU, e dá outras providências.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1624/plc06_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1624/plc06_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para venda de bens do Município de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1625/plc07_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1625/plc07_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da letra ""a"" do inciso III, do artigo 25 e do mapa n.º 08, da Lei Complementar n.º 291/2008, alterada pelas Leis Complementares n.º 360/2011 e 401/2013, conforme especifica.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1626/plc08_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1626/plc08_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção de cargo na Câmara Municipal de Dracena e dá outras providências</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1628/plc09_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1628/plc09_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos e fixação de gratificação de função conforme especifica e dá outras providências. (08 cargos PEB I - Professor de pré escola I e II; 17 cargos de Professor de EMEI; 04 Cargos de PEB II - Professor de Educação Física; 50 cargos de Auxiliar de Desenvolvimento Educacional; concede gratificação para pregoeiro, controle interno, membros de comissão de licitação, membros de sindicâncias e de processos administrativos no âmbito da Prefeitura Municipal de Dracena)</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1627/plc10_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1627/plc10_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a elaboração do Estatuto, Plano de Carreira e Remuneração dos Profissionais da Educação Básica do Município de Dracena e dá outras providências</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1629/plc11_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1629/plc11_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do item 21, e do subitem 21.01, do Anexo I, da Lista de Serviços da Lei n.º 1.961/89, cuja redação foi alterada pela Lei Complementar 255/05, e posteriormente alterada pela Lei Complementar 297/2008, conforme especifica.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1630/plc12_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1630/plc12_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de gratificação conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>Nelson Nabor Buzinaro</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1631/plc13_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1631/plc13_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a elaboração do Estatuto, Plano de Carreira e Remuneração dos Profissionais da Educação Básica do Município de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1632/plc14_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1632/plc14_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de gratificação de função conforme especifica e dá outras providências. (Concede gratificação para o pregoeiro, responsável pelo controle interno, membros de comissão de licitação e membros de sindicância e de processos administrativos da Empresa de Desenvolvimento, Água, Esgoto e Pavimentação - EMDAEP.)</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1633/plc15_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1633/plc15_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebração do termo de contrato com a Concessionária de Energia Elétrica visando o recebimento dos ativos da iluminação pública e instituição da Contribuição para Custeio do Serviço de Iluminação Pública - COSIP no Município de Dracenae dá outras providências.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1634/plc16_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1634/plc16_-_2012.pdf</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1635/plc17_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1635/plc17_-_2012.pdf</t>
   </si>
   <si>
     <t>Encaminha Projeto de Lei Complementar que dispõe sobre autorização ao Poder Executivo para doar imóveis públicos, municipais e dá outras providências.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1636/plc18_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1636/plc18_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para doar imóveis públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1637/plc19_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1637/plc19_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de imóvel público à entidade Lar Beneficente Sã Doutrina Espiritual do Sétimo Dia de Dracena e dá outras providências. (Imóvel que será destinado a abrigar idosos com 60 anos ou mais, de ambos os sexos, independentes ou com diversos graus de dependência.)</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1638/plc20_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1638/plc20_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para doar imóveis públicos municipais e dá outras providências. (referentes ao Distrito Comercial de Dracena: As doações de que trata esta Lei terão por finalidade a instalação de empresas no município de Dracena e deverão observar os requisitos e procedimentos estabelecidos na Lei Complementar Municipal n.º 359/2011)</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1639/pr01_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1639/pr01_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Legislativo a efetuar remanejamento de verba e dá outras providências (no valor de R$33.000,00).</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>Ademir Ussifatti, Claudinei Millan Pessoa, Juliano Brito Bertolini</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1640/pr02_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1640/pr02_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o subsídio mensal dos Vereadores da Câmara Municipal de Dracena para a 16ª Legislatura (2013/2016), e dá outras providências. (vereador é de R$3.941,86 presidente é de R$4.829,08).</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1641/pr03_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1641/pr03_-_2012.pdf</t>
   </si>
   <si>
     <t>Designa o Vereador para desempenhar missão temporária de interesse do município. (Vereador Rodrigo Castilho Soares, que participará da IX Conferência Estadual dos Direitos da Criança e do Adolescente.)</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1642/pr04_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1642/pr04_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre baixa de bens pertencentes à Câmara Municipal de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>Claudinei Millan Pessoa, Nelson Nabor Buzinaro, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1643/pr05_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1643/pr05_-_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno da Câmara Municipal de Dracena.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>P-ELO</t>
   </si>
   <si>
     <t>Projeto de emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1485/pe01_-_2012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1485/pe01_-_2012.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica do Município de Dracena.</t>
   </si>
   <si>
     <t>23344</t>
   </si>
   <si>
     <t>E-AD</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>Ademir Ussifatti, Claudinei Millan Pessoa, Francisco Eduardo Aniceto Rossi, José Antonio Pedretti, Juliano Brito Bertolini, Milton Polon, Nelson Nabor Buzinaro, Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23344/ea000112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23344/ea000112.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao artigo 10 do Projeto de Lei n.º 117/12, de 30 de outubro de 2012, que estima a Receita e fixa a Despesa do Município para o exercício financeiro de 2013.</t>
   </si>
   <si>
     <t>23345</t>
   </si>
   <si>
     <t>E-MOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Claudinei Millan Pessoa</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23345/em000112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23345/em000112.pdf</t>
   </si>
   <si>
     <t>Dá nova redação Parágrafo único do Art. 4º do Projeto de Lei nº 07/12, de 8.2.2012, conforme especifica.</t>
   </si>
   <si>
     <t>23346</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23346/em000212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23346/em000212.pdf</t>
   </si>
   <si>
     <t>Dá nova redação § 1º do Art. 3º do Projeto de Lei nº 07/12, de 8.2.2012, conforme especifica.</t>
   </si>
   <si>
     <t>6301</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6301/i0000112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6301/i0000112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a ELEKTRO e estude a possibilidade de melhorar a iluminação da Praça Álvaro Pedro, localizada na Rua Bolí­via.</t>
   </si>
   <si>
     <t>6302</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6302/i0000212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6302/i0000212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos junto ao setor competente no sentido de fazer algumas benfeitorias no Centro de Zoonoses tais como: reforma das baias dos cães, pois a grade e os portões estão danificados devido às mordidas e urina dos animais; construção urgente de um gatil, um lugar apropriado para deixar os gatos que chegam todos os dias no Centro de Zoonozes; reforma da sala usada para necropsia e eutanásia para a realização de pequenas cirurgias e castrações; aquisição de um freezer para os animais eutanasiados; construção de muro ou cerca adequada em volta do local, com portão para que não ocorra mais furto de animais fora do período de funcionamento; aumento no espaço de área coberta; instalação de coxos grandes de água; e destinação de um espaço para banho de cachorros que são recolhidos. Indico, ainda estudos no sentido de que seja criado novos cargos de agente de zoonoses e de Ajudantes gerais, uma vez que o quadro existente é insuficiente para cumprir todas as obrigações.</t>
   </si>
   <si>
     <t>6303</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6303/i0000312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6303/i0000312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis e reiterando a indicação n. º 275/2011, de autoria desse vereador que, solicitava estudos junto ao setor competente para a instalação de um alambrado na lateral do campo de futebol do Jardim Fioravante.</t>
   </si>
   <si>
     <t>6304</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6304/i0000412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6304/i0000412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda estudos junto ao setor competente visando a possibilidade de instalar um bebedouro de água gelada na parte de cima do Ginásio Municipal de Esportes Dovilho Moura.</t>
   </si>
   <si>
     <t>6305</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6305/i0000512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6305/i0000512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a ELEKTRO e providencie a iluminação ao redor (lado externo) do Ginásio Municipal de Esportes Dovilho Moura.</t>
   </si>
   <si>
     <t>6306</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6306/i0000612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6306/i0000612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude a possibilidade de transformar em Escola Municipal de Educação Infantil o prédio da EMEFI "Moacir Simard", especificamente a área que abrigava a Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>6307</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6307/i0000712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6307/i0000712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente e estude a possibilidade de construir uma pista de ciclismo na área verde localizada na Rua das Dracenas entre a Rua Bolí­via e Aristides Zanoni.</t>
   </si>
   <si>
     <t>6308</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6308/i0000812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6308/i0000812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude junto ao setor competente a possibilidade da construção de ciclovias nas marginais, ruas ou avenidas principais de acesso à cidade como por exemplo: Av. Rui Barbosa, Vicinal Marcelo Lorenzetti, Avenida Alcides Chacon Couto, Rua Fortaleza, entre outras.</t>
   </si>
   <si>
     <t>6309</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6309/i0000912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6309/i0000912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na saí­da do perímetro urbano, com destino à Pousada Bom Samaritano.</t>
   </si>
   <si>
     <t>6310</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6310/i0001012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6310/i0001012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que proceda a estudos com o setor competente para a inclusão de todas as ruas do Bairro Jardim das Nações no cronograma de recapeamento asfáltico ou perfilhamento elaborado para município.</t>
   </si>
   <si>
     <t>6311</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6311/i0001112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6311/i0001112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o recapeamento asfáltico de dois quarteirão: um na Rua Amazonas e outro na Rua Aécio Peroso, entre a Rua Vitória e Av. Alcides Chacon Couto.</t>
   </si>
   <si>
     <t>6312</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6312/i0001212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6312/i0001212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar uma operação tapa buracos no Conjunto Habitacional "Emilio Zanatta", especialmente nos cruzamentos das ruas, para onde escoa a água pluvial, danificando o solo asfáltico.</t>
   </si>
   <si>
     <t>6313</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6313/i0001312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6313/i0001312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato com o Secretário de Obras e Assuntos Viários e juntos estudem providencias urgentes para a pintura da sinalização de transito no solo asfáltico do Conjunto Habitacional "Emilio Zanatta", onde já quase não se vê as importantes marcas no solo, o que deixa as vias com um aspecto de abandono.</t>
   </si>
   <si>
     <t>6314</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6314/i0001412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6314/i0001412.pdf</t>
   </si>
   <si>
     <t>INDICO ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato com a Presidência da Emdaep e juntos estudem providencias para o nivelamento dos tampões da rede de esgoto que ficaram desnivelados em relação ao leito carroçável devido ao recapeamento.</t>
   </si>
   <si>
     <t>6315</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6315/i0001512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6315/i0001512.pdf</t>
   </si>
   <si>
     <t>INDICO, de acordo com o Regimento Interno dessa egrégia Casa de Leis, para que o órgão de trânsito do município reforce as sinalizações indicativas das lombadas existentes nas vias públicas de Dracena.</t>
   </si>
   <si>
     <t>6316</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6316/i0001612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6316/i0001612.pdf</t>
   </si>
   <si>
     <t>Indico, nos termos do Regimento Interno dessa Egrégia Casa de Leis, seja encaminhada ao Prefeito Municipal a reivindicação dos moradores do Bairro Metrópole e demais Bairros adjacentes solicitando a implantação e instalação de um Semáforo no cruzamento da Rua Vitória com Avenida Alcides Chacon Couto.</t>
   </si>
   <si>
     <t>6317</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6317/i0001712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6317/i0001712.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal, nos termos do Regimento Interno dessa Egrégia Casa de Leis, seja encaminhada a presente Indicação com a seguinte reivindicação dos moradores que residem no Bairro Frei Moacir (próximo ao Bairro Vitória Régia) solicitando providências no sentido da Administração Municipal efetuar melhorias no acesso ao bairro.</t>
   </si>
   <si>
     <t>6328</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6328/i0001812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6328/i0001812.pdf</t>
   </si>
   <si>
     <t>INDICO ao Senhor Prefeito, de acordo com Regimento Interno dessa Egrégia Casa de Leis, a criação de um programa de vacinação (através de lei), contra o ví­rus papiloma ví­rus humana (HPV - human papilomavirus), em jovens na faixa etária de 11 anos de idade, e ainda de instituição de ações de prevenção do contágio, com a realização de seminários e palestras nas escolas.</t>
   </si>
   <si>
     <t>6329</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6329/i0001912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6329/i0001912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato com o Secretário de Obras e Assuntos Viários e juntos providenciem a sinalização de solo delimitando a passagem de pedestres no cruzamento das Ruas Osvaldo Paulino dos Santos e Aécio de Féo Flora, no Jardim Brasilândia, onde existe um semáforo.</t>
   </si>
   <si>
     <t>6330</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6330/i0002012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6330/i0002012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato com o Secretário de Obras e Assuntos Viários e juntos providenciem reparos nas guias e sarjetas, e na pavimentação asfáltica da Rua Visconde do Rio Branco, nas proximidades da Rua Frei Perin.</t>
   </si>
   <si>
     <t>6331</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6331/i0002112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6331/i0002112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato com o proprietário do prédio localizado na Avenida Presidente Roosevelt, onde funcionava a rodoviária de Dracena, para a remoção dos tapumes existentes naquele local.</t>
   </si>
   <si>
     <t>6332</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6332/i0002212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6332/i0002212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato Secretário de Obras e providenciem a instalação de ventiladores no salão de festa existente na área de lazer do Jardim Jussara e ainda o plantio de grama na parte da frente do prédio.</t>
   </si>
   <si>
     <t>6333</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6333/i0002312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6333/i0002312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato com o Secretário de Obras e providenciem a colocação de bancos nas proximidades da academia ao ar livre existente na área de lazer "Marcos Dracena" no Jardim Jussara.</t>
   </si>
   <si>
     <t>6334</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6334/i0002412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6334/i0002412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato com o Secretário de Obras para a construção de faixas elevadas em frente de todas as escolas municipais, para o uso de pedestres, especialmente de alunos e de seus familiares</t>
   </si>
   <si>
     <t>6335</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6335/i0002512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6335/i0002512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato com o Secretário de Obras para a construção de recuo nas calçadas em frente das escolas municipais.</t>
   </si>
   <si>
     <t>6336</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6336/i0002612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6336/i0002612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Rua Antonio Rodrigues de Barros, na altura do numero 855.</t>
   </si>
   <si>
     <t>6337</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6337/i0002712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6337/i0002712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda uma análise na estrutura do Cruzeiro existente na Praça localizada próximo a Escola Estadual "Engenheiro Isac Pereira Garcez". Faz-se necessário uma reforma geral no local, que é ponto de referência da cidade e guarda grandes caracterí­sticas históricas do município.</t>
   </si>
   <si>
     <t>6338</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6338/i0002812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6338/i0002812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que proceda a estudos com o setor competente para melhorias na Escola Técnica Isaura Sampaio (ETEC), localizada no Bairro São Francisco, tais como: instalação de condicionadores de ar na Secretaria, na Sala de Professores e na Diretoria; instalação de ventiladores nas dez salas de aulas e no refeitório; compra de freezer, liquidificador, batedeira e outros utensí­lios domésticos para cozinha; e a troca da sirene .</t>
   </si>
   <si>
     <t>6354</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6354/i0002912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6354/i0002912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude junto ao setor competente a possibilidade de, sistematicamente, e dentro de condições financeiras adequadas, promover a climatização de salas de aulas em todas as escolas municipais, com aquisição de condicionadores de ar econômicos.</t>
   </si>
   <si>
     <t>6355</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6355/i0003012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6355/i0003012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, e reiterando a indicação n.º 98/10, a contratação, em caráter de urgência, de zeladores ou mesmo vigias para darem suporte a escolas, creches e repartições públicas, que sofrem constantemente a ação de vândalos, que praticam as mais diversas depredações e furtos.</t>
   </si>
   <si>
     <t>6356</t>
   </si>
   <si>
     <t>Ademir Ussifatti, Claudinei Millan Pessoa</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6356/i0003112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6356/i0003112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude a possibilidade de aumentar o valor do cartão alimentação fornecido aos servidores.</t>
   </si>
   <si>
     <t>6357</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6357/i0003212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6357/i0003212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o recapeamento asfáltico urgente da Rua Amazonas, no trecho compreendido da Avenida Vitória até a Rua Florianópolis, no Bairro Metrópole.</t>
   </si>
   <si>
     <t>6358</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6358/i0003312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6358/i0003312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar com urgência o recapeamento asfáltico da Rua Fortaleza, no trecho compreendido da Avenida São Cristóvão até a Rua São Marcelino, no Bairro Metrópole.</t>
   </si>
   <si>
     <t>6359</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6359/i0003412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6359/i0003412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o recapeamento asfáltico urgente da Rua Castro Alves, no trecho compreendido da Rua Porto Alegre até a Rua Belo Horizonte, no Bairro Metrópole.</t>
   </si>
   <si>
     <t>6360</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6360/i0003512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6360/i0003512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar urgente o recapeamento asfáltico da Rua Porto Alegre, da Avenida Washington Luiz até a Avenida Castro Alves; e da Rua Alcides Chacon Couto até a Rua Fortaleza, no Bairro Metrópole.</t>
   </si>
   <si>
     <t>6361</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6361/i0003612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6361/i0003612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar urgente o recapeamento asfáltico da Rua Amazonas, no trecho compreendido da Avenida Vitória até a Rua Maceió, no Bairro Metrópole.</t>
   </si>
   <si>
     <t>6362</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6362/i0003712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6362/i0003712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar urgente o recapeamento asfáltico da Rua Antonio Martins, no trecho compreendido da Avenida Vitória até a Rua Porto Alegre, no Bairro Metrópole.</t>
   </si>
   <si>
     <t>6363</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6363/i0003812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6363/i0003812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar urgente o recapeamento asfáltico da Rua Belo Horizonte, no trecho compreendido da Rua Amazonas até a Rua Fortaleza, no Bairro Metrópole.</t>
   </si>
   <si>
     <t>6364</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6364/i0003912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6364/i0003912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar urgente o recapeamento asfáltico da Rua Espí­rito Santo, no trecho compreendido da Avenida Alcides Chacon Couto até a Rua Antonio Martins, no Bairro Metrópole.</t>
   </si>
   <si>
     <t>6365</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6365/i0004012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6365/i0004012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar urgente o recapeamento asfáltico da Rua Maceió, no trecho compreendido da Rua Antonio Martins até a Rua Fortaleza, no Bairro Metrópole.</t>
   </si>
   <si>
     <t>6366</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6366/i0004112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6366/i0004112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o recapeamento asfáltico urgente da Avenida Francisco Antonio Pereira, no Jardim Village.</t>
   </si>
   <si>
     <t>6367</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6367/i0004212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6367/i0004212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar urgente o recapeamento asfáltico da Rua Maracajú, no trecho compreendido entre a Rua Marechal Rondon e Santos Dumont.</t>
   </si>
   <si>
     <t>6368</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6368/i0004312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6368/i0004312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que notifique o proprietário da chácara localizada na Av. José Bonifácio, aos fundo com a Rua Bezerra de Menezes, próximo ao trevo, para que efetue a capinação e limpeza da área.</t>
   </si>
   <si>
     <t>6369</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6369/i0004412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6369/i0004412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos junto aos órgãos competentes e efetuem o rebaixamento das guias e sarjetas nos quatro cantos do cruzamento da Av. Rui Barbosa com a Dom Pedro, para garantir o ir e vir de pessoas portadores de deficiência ou de mobilidade reduzida.</t>
   </si>
   <si>
     <t>6370</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6370/i0004512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6370/i0004512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Rua Antonio Martins, altura do numero 249, para garantir mais segurança no trânsito de veículo pelo local.</t>
   </si>
   <si>
     <t>6371</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6371/i0004612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6371/i0004612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, nas Alamedas Romênia e Austrália.</t>
   </si>
   <si>
     <t>6385</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6385/i0004712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6385/i0004712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Rua Nogueira, defronte da EMEFI "Amador Franco de Silveira", no Distrito de Jamaica.</t>
   </si>
   <si>
     <t>6386</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6386/i0004812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6386/i0004812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que envide esforços junto ao Secretário Estadual de Desenvolvimento Social, Rodrigo Garcia para que coloque em ação um projeto nos moldes do "Vivaleite" para os idosos, com objetivo de reforçar a alimentação e protegê-los de doenças como a osteoporose.</t>
   </si>
   <si>
     <t>6389</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6389/i0004912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6389/i0004912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEP – Empresa de Desenvolvimento, Água, Esgoto e Pavimentação, estude a pos-sibilidade de providenciar urgente o recapeamento asfáltico de um quarteirão na Rua Frei Perin, no trecho compreendido entre  as Avenidas José Bonifá-cio e Expedicionários; e, de um quarteirão na Rua Nossa Senhora Apareci-da, no trecho compreendido entre a Avenida José Bonifácio e a Rua Monte Castelo. Nossa solicitação visa atender reivindicação dos moradores, uma vez que a pavimentação asfáltica dos citados locais  estão em péssimo estado de conservação, necessitando com urgência de repares, para que haja maior segurança  no trânsito de veículos e de pedestres.</t>
   </si>
   <si>
     <t>6387</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6387/i0005012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6387/i0005012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar urgente o recapeamento asfáltico de um quarteirão na Rua Nossa Senhora Aparecida, no trecho compreendido entre as Ruas Leordino da Silva Costa e Ipiranga; e, de dois quarteirões na Rua Leordino da Silva Costa, no trecho compreendido entre as Ruas Frei Perin e Vendramin.</t>
   </si>
   <si>
     <t>6388</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6388/i0005112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6388/i0005112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar urgente o recapeamento asfáltico de um quarteirão na Rua Frei Perin, no trecho compreendido entre as Avenidas José Bonifácio e Expedicionários; e, de um quarteirão na Rua Nossa Senhora Aparecida, no trecho compreendido entre a Avenida José Bonifácio e a Rua Monte Castelo.</t>
   </si>
   <si>
     <t>23399</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23399/i0005212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23399/i0005212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a capinação e  limpeza dos terrenos localizados na Rua Tupã confluência com a Av. Presi-dente Vargas._x000D_
 Nossa solicitação visa atender reivindicação dos moradores circunvizinhos ao local, que estão preocupados com o matagal ali existente, já que são  surpreendidos constantemente pelo aparecimento de insetos e animais peçonhentos.</t>
   </si>
   <si>
     <t>6390</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6390/i0005312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6390/i0005312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, a reivindicação dos moradores do Jardim Vera Cruz e demais localidades adjacentes (nas proximidades da Gráfica Muri e antiga Coimma) visando à implantação de postes elétricos com iluminação pública para atender as necessidades dos moradores e demais cidadãos que transitam diariamente pelas Ruas Olavo Bilac (no trecho compreendido pelas Ruas Tapajós e Xingu).</t>
   </si>
   <si>
     <t>6400</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6400/i0005412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6400/i0005412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com os Secretários de Obras e da Agricultura para que providenciem a limpeza geral, poda das árvores e corte de grama na Praça do Parque Dracena, localizada em frente do centro comunitário do bairro.</t>
   </si>
   <si>
     <t>6401</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6401/i0005512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6401/i0005512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Secretario de Obras efetue a substituição das lâmpadas queimada nos postes de iluminação da Praça do Parque Dracena, localizada em frente do Centro Comunitário do bairro.</t>
   </si>
   <si>
     <t>6402</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6402/i0005612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6402/i0005612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente estude a possibilidade de destinar recursos no valor de mais ou menos R$40.000,00 (quarenta mil reais), para investimentos que garantam a segurança dos idosos internos no Asilo São Vicente de Paula.</t>
   </si>
   <si>
     <t>6403</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6403/i0005712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6403/i0005712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com a Presidência da EMDAEP estude a possibilidade de efetuar a pavimentação e limpeza da Rua Palmira, no Conjunto Habitacional "Emilio Zanatta", mais especificamente, no trecho compreendido entre o início  da Rua das Garças, passando pelo início  da Rua Canário do Reino até a Rua Guerino B. Gardini.</t>
   </si>
   <si>
     <t>6404</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6404/i0005812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6404/i0005812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com a Presidência da EMDAEP estude a possibilidade de executar o perfilamento ou tapa-buracos na Alameda Bélgica, no Jardim das Palmeiras.</t>
   </si>
   <si>
     <t>6405</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6405/i0005912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6405/i0005912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com a Secretaria Municipal de Trânsito a possibilidade de reformar e até aumentar o obstáculo (redutor de velocidade), localizado na Avenida Rui Barbosa, altura do numero 488, local muito movimentado e de acesso à Escola Estadual Julieta Guedes de Mendonça.</t>
   </si>
   <si>
     <t>6406</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6406/i0006012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6406/i0006012.pdf</t>
   </si>
   <si>
     <t>Indico a Vossa Excelência, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o envio de ofí­cio ao Sr. Prefeito no sentido de que sejam revistos os procedimentos em relação aos secretários municipais estarem respondendo aos requerimentos de vereadores, encaminhados ao Prefeito Célio Rejani, após regular deliberação do Plenário e também ofícios solicitando a retirada do projeto em trâmite na Casa.</t>
   </si>
   <si>
     <t>6407</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6407/i0006112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6407/i0006112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a limpeza do terreno localizado na Rua Bezerra de Menezes, esquina com a Rua Medardo Belintani, no Jardim das Nações.</t>
   </si>
   <si>
     <t>6408</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6408/i0006212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6408/i0006212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudos no sentido de transformar as antigas caixas de captação de águas pluviais, do tipo gaveta, em caixas de captação do tipo bocas-de-lobo, com abertura para instalação de grades de proteção.</t>
   </si>
   <si>
     <t>6409</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6409/i0006312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6409/i0006312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a limpeza do terreno localizado na Avenida Presidente Vargas ao lado do numero 1044, centro.</t>
   </si>
   <si>
     <t>6428</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6428/i0006412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6428/i0006412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar a construção de caixas de captação de águas pluviais na Rua Aécio de Féo Flora ,esquina com a Pedro Vaz de Caminha, no Jardim Brasilândia.</t>
   </si>
   <si>
     <t>6429</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6429/i0006512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6429/i0006512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o responsável pelo setor de limpeza da Secretaria de Agricultura e determine uma limpeza geral na "Praça Manoel Gomes Gonçalves".</t>
   </si>
   <si>
     <t>6467</t>
   </si>
   <si>
     <t>Nelson Nabor Buzinaro, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6467/i0006612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6467/i0006612.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a ELEKTRO e providencie a substituição de lâmpadas queimadas na rua defronte a Igreja Matriz "Nossa Senhora Aparecida".</t>
   </si>
   <si>
     <t>6468</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6468/i0006712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6468/i0006712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com a Presidência da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de efetuar o recapeamento asfáltico na Avenida Alcides Chacon Couto, em frente ao Anglo Cid de Dracena.</t>
   </si>
   <si>
     <t>6469</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6469/i0006812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6469/i0006812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a Secretaria de Obras e estude a possibilidade de limpar com a maquina a Rua José Henrique Branco, antiga Presidente Kennedy, no Jardim Éden.</t>
   </si>
   <si>
     <t>6470</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6470/i0006912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6470/i0006912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o perfilamento ou recapeamento asfáltico na Rua Vendramin - em frente a Praça "Manoel Gomes Gonçalves" - no trecho compreendido da Rua Princesa Isabel até a Av. José Bonifácio.</t>
   </si>
   <si>
     <t>6471</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6471/i0007012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6471/i0007012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente providencie a limpeza do matagal existente no canteiro da Rua Maria Aparecida da Silva Felix, defronte ao numero 55, no Bairro Nossa Senhora Aparecida. Indico ainda que o local seja gramado e instalados bancos de cimento, para tornado-lo mais aconchegante.</t>
   </si>
   <si>
     <t>6472</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6472/i0007112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6472/i0007112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza dos terrenos existentes na Rua Princesa Isabel esquina com a Carlos Gomes.</t>
   </si>
   <si>
     <t>6473</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6473/i0007212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6473/i0007212.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude junto ao setor competente a possibilidade de retirar as pedras sextavadas defronte ao Teatro Municipal e que seja feita uma calçada de concreto e antiderrapante, especialmente nas entradas do prédio.</t>
   </si>
   <si>
     <t>6474</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6474/i0007312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6474/i0007312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a Secretaria de Obras para a colocação de placas identificadoras nas ruas do Bairro "São Carlos", para facilitar o trabalho dos entregadores de mercadorias, carteiros, etc.</t>
   </si>
   <si>
     <t>6475</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6475/i0007412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6475/i0007412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a instalação de uma escada na piscina existente no CSU - Centro Social Urbano, bem como a limpeza e constante manutenção do local.</t>
   </si>
   <si>
     <t>6476</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6476/i0007512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6476/i0007512.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com o setor competente a possibilidade de melhorar as instalações da EMEFI "Otilia Braz Nogueirol", com a instalação de ar condicionado nas salas de aula, mais um bebedouro de água gelada e instalação de ventiladores no pátio próximo a cozinha, onde os alunos fazem suas refeições.</t>
   </si>
   <si>
     <t>6477</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6477/i0007612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6477/i0007612.pdf</t>
   </si>
   <si>
     <t>Indicamos ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com o setor competente a possibilidade de melhorar as instalações da EMEFI "Otilia Braz Nogueirol", com a instalação de ar condicionado nas salas de aula, mais um bebedouro de água gelada, pois o existente não está sendo suficiente, e instalação de ventiladores no pátio próximo a cozinha, onde os alunos fazem suas refei-ções.</t>
   </si>
   <si>
     <t>6478</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6478/i0007712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6478/i0007712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que viabilize junto ao setor competente um repasse de aproximadamente R$=40.000,00 (quarenta mil reais) para a Associação de Pais e Amigos dos Excepcionais de Dracena.</t>
   </si>
   <si>
     <t>6479</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6479/i0007812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6479/i0007812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Rua Fortaleza, esquina com a Rua Oitis, no Bairro Parque Dracena.</t>
   </si>
   <si>
     <t>6480</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6480/i0007912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6480/i0007912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o recapeamento asfáltico urgente da Rua Janete Clair, no Jardim Primavera.</t>
   </si>
   <si>
     <t>6481</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6481/i0008012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6481/i0008012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, providencias junto aos órgãos competentes para melhorias na Praça Rodolfo da Silva Costa, localizada no Bairro São Francisco, tais como: substituição das lâmpadas queimadas, instalação da placa com o nome da praça e instalação de uma academia ao ar livre.</t>
   </si>
   <si>
     <t>6482</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6482/i0008112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6482/i0008112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao órgão competente a colocação de "isca" para formigueiro na parte de baixo da quadra da Escola Municipal "Moacir Simardi".</t>
   </si>
   <si>
     <t>6483</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6483/i0008212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6483/i0008212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis que, em contato com a Secretaria Municipal de Obras e Agricultura, providencie a poda das árvores localizadas na via pública na Avenida Rui Barbosa, no trecho compreendido entre as Ruas Virgilio Pagnozzi e Adolfo Cavalhieri, bem como a substituição das lâmpadas queimadas por lâmpadas de 250 watts e de vapor de sódio, dos postes públicos existentes no citado local.</t>
   </si>
   <si>
     <t>6484</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6484/i0008312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6484/i0008312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com a Presidência da EMDAEP - Empresa de Desenvolvimento, àgua Esgoto e Pavimentação de Dracena, estude a possibilidade de construir, o mais rápido possível, caixas de captação de águas pluviais na Av. Rui Barbosa, próximo da esquina com a Rua Anália Franco.</t>
   </si>
   <si>
     <t>6485</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6485/i0008412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6485/i0008412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a repintura de todos os redutores de velocidades da cidade que estão com a pintura apagada.</t>
   </si>
   <si>
     <t>6486</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6486/i0008512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6486/i0008512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a sinalização de solo nas proximidades da Escola Municipal "Otilia Braz Nogueirol".</t>
   </si>
   <si>
     <t>6487</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6487/i0008612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6487/i0008612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o recapeamento asfáltico urgente da Rua Euclides da Cunha, no trecho compreendido entre a Rua Santos Dumont e a Avenida José Bonifácio.</t>
   </si>
   <si>
     <t>6488</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6488/i0008712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6488/i0008712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Avenida José Bonifácio, altura da CAMDA.</t>
   </si>
   <si>
     <t>6489</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6489/i0008812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6489/i0008812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o proprietário da empresa que realiza o transporte coletivo urbano na cidade com o objetivo de que os seviços prestados sejam estendidos aos sábados e domingos. É preciso que nesses dias pelo menos alguns horários sejam praticados pelos veículo.</t>
   </si>
   <si>
     <t>6490</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6490/i0008912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6490/i0008912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente estude a possibilidade da instalação de uma academia ao ar livre em área de lazer no Conjunto Habitacional Emilio Zanatta.</t>
   </si>
   <si>
     <t>6491</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6491/i0009012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6491/i0009012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente estude a possibilidade de instalar bancos de cimento na Praça localizada na Rua Sabiá das Laranjeiras, no Conjunto Habitacional Emilio Zanatta, para uso dos frequentadores daquele espaço de lazer.</t>
   </si>
   <si>
     <t>6492</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6492/i0009112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6492/i0009112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que faça cumprir com rigor o art.87, da Lei n.º 8.666/93 e suas posteriores alterações, que regulamenta o art. 37, XXI, da C.F. institui normas para Licitações e contratos da Administração Pública e dá outras providências", isto, com o objetivo dar maior segurança e eficácia em face das contratações, por parte do município, de empresas para execuções de obras e seviços, aplicando às mesmasº pela inexecução parcial ou total da obra ou seviçosº sanções administrativas como: advertência; multa com porcentagem expressiva ao valor do contrato; suspensões e impedimentos, bem como inidoneidade.</t>
   </si>
   <si>
     <t>6493</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6493/i0009212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6493/i0009212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato com o setor competente e estude a possibilidade de trocar ou limpar o encanamento do bebedouro de água potável existente no Centro de Saúde Takashi Enokibara.</t>
   </si>
   <si>
     <t>6510</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6510/i0009312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6510/i0009312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Rua Edson da Silveira Campos, altura do n.º 1325, proximidades da Clinica Psicológica da UNIFADRA.</t>
   </si>
   <si>
     <t>6511</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6511/i0009412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6511/i0009412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que proceda a estudos com o setor competente para a recolocação do orelhão para deficientes na Praça Arthur Pagnozzi, pois com a reforma da praça o aparelho foi removido e ainda não foi recolocado no local.</t>
   </si>
   <si>
     <t>6512</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6512/i0009512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6512/i0009512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o recapeamento asfáltico e perfilamento da Rua Maria Moretti Carreira, no trecho compreendido entre as Ruas Duque de Caxias e Vendramin.</t>
   </si>
   <si>
     <t>6513</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6513/i0009612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6513/i0009612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o recapeamento asfáltico da Rua Dom Pedro, esquina com a Leordino da Silva Costa.</t>
   </si>
   <si>
     <t>6514</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6514/i0009712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6514/i0009712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato com a ELEKTRO e providencie a substituição de lâmpadas queimadas na Praça localizada no Bairro São Cristovão.</t>
   </si>
   <si>
     <t>6515</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6515/i0009812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6515/i0009812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato com o setor competente para a instalação de bancos de cimento na área de lazer do Jardim Jussara.</t>
   </si>
   <si>
     <t>6516</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6516/i0009912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6516/i0009912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, e determine a desobstrução do bueiro localizado na esquina da Avenida Presidente Roosevelt com a Avenida Rui Barbosa.</t>
   </si>
   <si>
     <t>6517</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6517/i0010012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6517/i0010012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que entre em contato com o Secretário de Obras e Assuntos Viários e determine a pintura da faixa para passagem de pedestre na Av. Presidente Roosevelt esquina com a Rua Maria Moretti Carreira, para garantir a segurança dos pedestres.</t>
   </si>
   <si>
     <t>6518</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6518/i0010112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6518/i0010112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o setor competente visando a instalação de lixeiras no Ginásio de Esporte "Dovilho Moura".</t>
   </si>
   <si>
     <t>6519</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6519/i0010212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6519/i0010212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, e estude a possibilidade de providenciar o recapeamento asfáltico da Avenida Expedicionários, no trecho entre a Av. Presidente Roosevelt e a Rua Dom Pedro.</t>
   </si>
   <si>
     <t>6536</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6536/i0010312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6536/i0010312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que seja oferecido almoço aos servidores braçais da Prefeitura que prestam seviços na sub-prefeitura dos Distritos de Jamaica e Jaciporã.</t>
   </si>
   <si>
     <t>6537</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6537/i0010412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6537/i0010412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Rua Marechal Rondon proximidades do Teatro Municipal "Aécio de Féo Flora".</t>
   </si>
   <si>
     <t>6538</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6538/i0010512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6538/i0010512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente medidas para efetiva fiscalização do trânsito em frente da Escola Municipal "Otilia Braz Nogueirol", nos períodos de chagada e saí­da de alunos.</t>
   </si>
   <si>
     <t>6539</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6539/i0010612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6539/i0010612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente medidas para dar mais segurança aos alunos da Escola Municipal "Otilia Braz Nogueirol", que fazem uso da quadra da escola para as aulas de Educação Física e outras atividades recreativas.</t>
   </si>
   <si>
     <t>6540</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6540/i0010712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6540/i0010712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine à Secretaria de Obras a devida sinalização de trânsito no prolongamento da Rua das Mangueiras, no trecho onde há um canteiro central. O sentido de direção no local é confuso, e a sinalização adequada pode contribuir para evitar acidentes.</t>
   </si>
   <si>
     <t>6541</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6541/i0010812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6541/i0010812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude junto ao setor competente a possibilidade de reduzir a tarifa de água para entidades filantrópicas, pois o custo da água representa uma despesa a mais para essas entidades que prestam seviços tão importantes à nossa comunidade.</t>
   </si>
   <si>
     <t>6542</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6542/i0010912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6542/i0010912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine a limpeza e desobstrução de todas as caixas de captação de água pluviais existente no perímetro urbano.</t>
   </si>
   <si>
     <t>6543</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6543/i0011012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6543/i0011012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a implantação de uma lixeira na confluência da Rua Brasil com a Av. Presidente Roosevelt, defronte ao estabelecimento comercial "Mariza Cosméticos".</t>
   </si>
   <si>
     <t>6544</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6544/i0011112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6544/i0011112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o recapeamento asfáltico da Rua Vendramin, no trecho compreendido entre as Ruas Marechal Rondon e Ipiranga.</t>
   </si>
   <si>
     <t>6545</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6545/i0011212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6545/i0011212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar a construção de um sarjetão na Alameda Austrália, esquina com a Rua das Perobas.</t>
   </si>
   <si>
     <t>6563</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6563/i0011312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6563/i0011312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente estude a possibilidade de realizar uma reforma e ampliação da EMEFI "Vereador João Millan Barbosa".</t>
   </si>
   <si>
     <t>6564</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6564/i0011412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6564/i0011412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com a Secretaria de Obras estude a possibilidade de construir uma passagem de pedestre defronte ao portão de entrada de alunos da Escola Estadual "Profª. Julieta Guedes de Mendonça", na Rua Januário Bonito.</t>
   </si>
   <si>
     <t>6565</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6565/i0011512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6565/i0011512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente providencie a substituição das lâmpadas da quadra da Escola Estadual "Profª. Julieta Guedes de Mendonça".</t>
   </si>
   <si>
     <t>6566</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6566/i0011612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6566/i0011612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que após o término da reforma da Praça "Heróis Americanos", localizada no Distrito de Jamaica, seja implantada a placa com o nome da mesma.</t>
   </si>
   <si>
     <t>6567</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6567/i0011712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6567/i0011712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, reiterando as indicações n.º 197/2010 e 88/2011, o conserto urgente da CANALETA existente na confluência das Ruas Castro Alves e Vitória, para o haja o devido escoamento das águas.</t>
   </si>
   <si>
     <t>6568</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6568/i0011812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6568/i0011812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o Governo do Estado para que se construa passarelas de pedestres ou sinalize os locais com redutores de velocidades nos trechos da Rodovia Comandante João Ribeiro de Barros que dão acesso ao Campus da UNESP e à ETEC Profª. Carmelina Barbosa (Colégio Agrí­cola).</t>
   </si>
   <si>
     <t>6569</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6569/i0011912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6569/i0011912.pdf</t>
   </si>
   <si>
     <t>INDICO ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com os órgãos competentes no sentido de estudar a possibilidade dos telefones 190 e 193 passar para atendimento em Dracena.</t>
   </si>
   <si>
     <t>6591</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6591/i0012012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6591/i0012012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a Secretaria de Obras e providencie a iluminação da Praça localizada entre as Ruas Quintiliano A. de Oliveira, Beija Flores e José de Oliveira, no Conjunto Habitacional "Emilio Zanatta".</t>
   </si>
   <si>
     <t>6592</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6592/i0012112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6592/i0012112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, e estude a possibilidade de providenciar o perfilamento ou recapeamento asfáltico na Rua Dom Pedro, entre as Ruas Leordino da Silva Costa e São Paulo.</t>
   </si>
   <si>
     <t>6593</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6593/i0012212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6593/i0012212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, e estude a possibilidade de providenciar o perfilamento ou recapeamento asfáltico dos seguintes trechos: - Rua Frei Perim - da Av. Expedicionários até a Av. Rui Barbosa; - Rua Princesa Isabel - entre as Ruas Nossa Senhora Aparecida e Frei Perin; - Rua Nossa Senhora Aparecida - entre a Rua Princesa Isabel e a Av. Rui Barbosa; e - Rua Vendramin - entre a Av. Rui Barbosa a Rua Brasil.</t>
   </si>
   <si>
     <t>6594</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6594/i0012312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6594/i0012312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com a Secretaria de Obras para providências a fim de iluminar o trecho da Rua Olavo Bilac, onde não há a benfeitoria.</t>
   </si>
   <si>
     <t>6595</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6595/i0012412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6595/i0012412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a ELEKTRO para o devido funcionamento da iluminação das praças dos Jardins das Palmeiras I, II e III que recentemente receberam melhorias.</t>
   </si>
   <si>
     <t>6596</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6596/i0012512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6596/i0012512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a limpeza da área verde localizada no Jardim Bortolato.</t>
   </si>
   <si>
     <t>6597</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6597/i0012612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6597/i0012612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a Secretaria de Obras para a instalação de placas identificadoras nas ruas do Jardim Bortolato</t>
   </si>
   <si>
     <t>6598</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6598/i0012712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6598/i0012712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a sinalização de trânsito no Bairro "Frei Moacir III", com pintura no solo e a instalação de placas.</t>
   </si>
   <si>
     <t>6599</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6599/i0012812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6599/i0012812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a sinalização de trânsito no Jardim Brasilândia, inclusive com pintura faixa de pedestre nas proximidades do semáforo do bairro.</t>
   </si>
   <si>
     <t>6604</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6604/i0012912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6604/i0012912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com o setor competente a possibilidade de colocar uma camada de piche no caminho que dá acesso ao salão comunitário existente na área de lazer do Jardim Jussara.</t>
   </si>
   <si>
     <t>6605</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6605/i0013012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6605/i0013012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com o setor competente a possibilidade de plantar grama na calçada ecológica existente defronte a creche Pintando o Sete, no Jardim Alvorada.</t>
   </si>
   <si>
     <t>6606</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6606/i0013112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6606/i0013112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude junto ao setor competente a realização de uma operação tapa-buracos na Rua Cruzeiro do Sul esquina com a Rua Independência, com intuito de prevenir acidentes.</t>
   </si>
   <si>
     <t>6607</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6607/i0013212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6607/i0013212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine à empresa que está realizando obras na Praça "Heróis Americanos", existente no Distrito de Jamaica.</t>
   </si>
   <si>
     <t>6608</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6608/i0013312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6608/i0013312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, e estude a possibilidade de providenciar o recapeamento asfáltico da Rua Frei Perin, no trecho entre as Ruas Edson da Silveira Campos e Marechal Deodoro da Fonseca.</t>
   </si>
   <si>
     <t>6609</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6609/i0013412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6609/i0013412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre que em contato com o setor competente e providencie reforma no piso e melhoria na iluminação da quadra de esportes da Escola Isaura Sampaio, onde existe mato entre o piso danificado, fazendo com que as pessoas tropecem e caem como já aconteceu.</t>
   </si>
   <si>
     <t>6610</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6610/i0013512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6610/i0013512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre que em contato com o setor competente e providencie a sinalização de solo na Rua I, do Jardim Bortolato.</t>
   </si>
   <si>
     <t>6611</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6611/i0013612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6611/i0013612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o setor competente e estude a possibilidade de converter o estacionamento de moto existente na Av. José Bonifacio esquina com a Presidente Roosevelt, para estacionamento carros.</t>
   </si>
   <si>
     <t>6635</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6635/i0013712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6635/i0013712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a Emdaep, para o recapeamento da Rua Tapajós, no Jardim Vera Cruz.</t>
   </si>
   <si>
     <t>6636</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6636/i0013812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6636/i0013812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o setor competente e estude a possibilidade de construir rampa para deficientes na esquina da Av. Rui Barbosa com a Dom Pedro.</t>
   </si>
   <si>
     <t>6637</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6637/i0013912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6637/i0013912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o setor competente e estude a possibilidade de realizar o recapeamento da Av. Alcides Chacon Couto, mais precisamente, entre as Ruas Salvador e Vitoria.</t>
   </si>
   <si>
     <t>6652</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6652/i0014012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6652/i0014012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que tome medidas para melhorias, ou seja, o recapeamento da Rua Alécio Perosso, esquina com a Amazonas.</t>
   </si>
   <si>
     <t>6653</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6653/i0014112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6653/i0014112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar com urgência o recapeamento asfáltico da Rua Bezerra de Menezes, onde se localiza a Escola Moacir Simard.</t>
   </si>
   <si>
     <t>6654</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6654/i0014212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6654/i0014212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar com urgência o recapeamento asfáltico da Rua Antonio Martins, com a Av. Vitória, especialmente nas proximidades da Igreja Luz do Mundo.</t>
   </si>
   <si>
     <t>6655</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6655/i0014312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6655/i0014312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudos no sentido de providenciar reparos nas bocas-de-lobo existentes na Rua Antonio Martins, com o objetivo de reduzir a abertura das caixas, para evitar acidentes no local.</t>
   </si>
   <si>
     <t>6656</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6656/i0014412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6656/i0014412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudos no sentido de providenciar medidas para a construção de uma praça no Bairro Metrópole dotados de academia ao ar livre.</t>
   </si>
   <si>
     <t>6657</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6657/i0014512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6657/i0014512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o Secretário de Obras e Assuntos Viários e juntos providenciem a sinalização de solo nas ruas que circundam a Escola Moacir Simardi.</t>
   </si>
   <si>
     <t>6658</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6658/i0014612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6658/i0014612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com o setor competente a alteração no Estatuto dos Servidores Públicos Municipais estendendo o período de licença prêmio para três meses.</t>
   </si>
   <si>
     <t>6659</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6659/i0014712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6659/i0014712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com o setor competente a possibilidade de reforçar a pintura e a sinalização da rotatória existente na esquina da Escola Valdomiro Machado.</t>
   </si>
   <si>
     <t>6660</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6660/i0014812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6660/i0014812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com o setor competente a possibilidade de fazer reparos com massa asfáltica nas proximidades da arquibancada do Campo do Írio Spinard.</t>
   </si>
   <si>
     <t>6661</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6661/i0014912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6661/i0014912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Secretário de Obras estude a possibilidade de providenciar com urgência a desobstrução da Rua Aristides Zanoni (Jardim das Palmeiras).</t>
   </si>
   <si>
     <t>6662</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6662/i0015012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6662/i0015012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Secretário de Agricultura, realize a limpeza da Praça localizada na Alameda Espanha, no cruzamento com a Rua das Dracenas (Jardim das Palmeiras I).</t>
   </si>
   <si>
     <t>6663</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6663/i0015112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6663/i0015112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Secretário de Agricultura, realize a limpeza da Praça localizada no Parque Dracena.</t>
   </si>
   <si>
     <t>6664</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6664/i0015212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6664/i0015212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Secretário de Obras, realize estudos necessários visando à instalação de um redutor de velocidades na Rua dos Oitis, nas proximidades da Trans Jojo, no Parque Dracena.</t>
   </si>
   <si>
     <t>6665</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6665/i0015312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6665/i0015312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente estude a possibilidade de melhorar a sinalização na Rua Três Poderes esquina com a Inconfidência.</t>
   </si>
   <si>
     <t>6666</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6666/i0015412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6666/i0015412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com o setor competente a possibilidade de acrescentar no próximo cronograma de perfilamento de ruas os seguintes trechos: 1. Rua Euclides de Cunha, no trecho entre a Av. José Bonifácio e a Rua Tiradentes; 2. Edson da Silveira Campos, no trecho entre a Av. Presidente Vargas e a Rua Vendramin; e, 3. Rua Miguel do Nascimento, no trecho entre a Av. José Bonifácio e a Rua Bezerra de Menezes.</t>
   </si>
   <si>
     <t>6667</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6667/i0015512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6667/i0015512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com o setor competente a possibilidade de instalar o sistema cisternas no Centro Social Urbano, com o objetivo de armazenar águas, para em seguida serem usadas para aguar as plantas e o campo de futebol.</t>
   </si>
   <si>
     <t>6695</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6695/i0015612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6695/i0015612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que providencie a substituição da caixa d'água potável existente na cooperativa de lixo.</t>
   </si>
   <si>
     <t>6697</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6697/i0015712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6697/i0015712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que providencie o recapeamento das ruas do Distrito Industrial, localizado Bairro Tonico André, onde há apenas três ruas, que estão em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>6698</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6698/i0015812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6698/i0015812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que providencie a limpeza, com remoção da areia e pedriscos, na Rua Magid Zacharias esquina com a Rua Princesa Isabel.</t>
   </si>
   <si>
     <t>23401</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23401/i0015912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23401/i0015912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudos para a construção de uma lombada, do tipo passarela de pedestres, em frente ao portão do Colégio Anglo Cid, nos mol-des da construída na Avenida José Bonifácio, ao lado da Igreja Matriz. Isto, atendendo pedidos da direção, pais e alunos da escola.</t>
   </si>
   <si>
     <t>6709</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6709/i0016012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6709/i0016012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudos para a construção de um sarjetão na Alameda Inglaterra, esquina com a Rua das Petúnias, pois toda a água que escoa pelo local invade a rua.</t>
   </si>
   <si>
     <t>6710</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6710/i0016112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6710/i0016112.pdf</t>
   </si>
   <si>
     <t>indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que agilize a concretização do convênio com a Polí­cia Militar para instituir definitivamente a atividade delegada no município.</t>
   </si>
   <si>
     <t>6711</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6711/i0016212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6711/i0016212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que providencie com o setor competente medidas para a realização de reformas no Cruzeiro existente na Rua Vendramin, nas proximidades da Escola Estadual Isac Pereira Garcez.</t>
   </si>
   <si>
     <t>6723</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6723/i0016312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6723/i0016312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de leis, que proceda a estudos com o setor competente para reativar em mão dupla da Rua Antonio Martins, entre as ruas 8 de dezembro e Salvador.</t>
   </si>
   <si>
     <t>6724</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6724/i0016412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6724/i0016412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com a Presidência da EMDAEP - Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o recapeamento asfáltico da Rua Duque de Caxias, no trecho entre a Rua Monte Castelo e a Av. José Bonifácio.</t>
   </si>
   <si>
     <t>6725</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6725/i0016512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6725/i0016512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a Secretaria de Obras e Assuntos Viários e estude a possibilidade de instituir estacionamento de ambos os lados da Rua 8 de dezembro, no trecho compreendido entre a Igreja Perpétuo Socorro e a Escola Estadual 9 de Julho.</t>
   </si>
   <si>
     <t>6733</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6733/i0016612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6733/i0016612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que a Administração, através da Secretaria de Saúde, promova uma triagem junto às famílias carentes e providencie para que sejam oferecidos as pessoas desdentadas total ou parcial a confecção de próteses dentárias (dentaduras ou ponte moveis).</t>
   </si>
   <si>
     <t>6726</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6726/i0016712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6726/i0016712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o recapeamento asfáltico da Rua Amazonas, no trecho compreendido entre a Rua Porto Alegre e o Recinto da FAPIDRA.</t>
   </si>
   <si>
     <t>6727</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6727/i0016812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6727/i0016812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o setor competente da municipalidade, para a abertura da rua que faz a ligação do Bairro Virgilio Fioravante aos loteamentos previstos ou inaugurado atrás do Jardim Vilage. Bairros esses que ficam próximos da UNESP.</t>
   </si>
   <si>
     <t>6728</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6728/i0016912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6728/i0016912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente da municipalidade, providencie a instalação de placas nas ruas que estão sendo recapeadas, indicando a origem dos recursos para as referidas obras.</t>
   </si>
   <si>
     <t>6729</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6729/i0017012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6729/i0017012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de efetuar o recapeamento asfáltico de um quarteirão da Alameda Argentina, entre a Avenida Brasil e Rua Venezuela.</t>
   </si>
   <si>
     <t>6730</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6730/i0017112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6730/i0017112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Av. Rui Barbosa, próximo ao numero 2206.</t>
   </si>
   <si>
     <t>6731</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6731/i0017212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6731/i0017212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de rampa para deficientes fí­sicos na Praça localizada no Jardim Kennedy, que recentemente passou por reformas.</t>
   </si>
   <si>
     <t>6732</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6732/i0017312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6732/i0017312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de rampa para deficientes físicos na Praça localizada no Jardim Kennedy, que recentemente passou por reformas.A melhoria é necessária e urgente, para proporcionar o acesso de pessoas com necessidades especiais e que fazem uso daquele local de lazer.</t>
   </si>
   <si>
     <t>6734</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6734/i0017412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6734/i0017412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos junto ao setor competente, visando a possibilidade de destinar uma área, em local apropriado e adequado à implantação e realização de treinamento de direção veicular, nos moldes da existente em Presidente Prudente.</t>
   </si>
   <si>
     <t>6735</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6735/i0017512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6735/i0017512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente providencie a limpeza e lavagem com caminhão pipa do trevo e da rua pavimentada do Bairro Iandara.</t>
   </si>
   <si>
     <t>6736</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6736/i0017612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6736/i0017612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente  provi-dencie a limpeza e lavagem com caminhão pipa do trevo e da rua pavimen-tada do Bairro Iandara, que se encontra com acúmulos de terra e entulhos, dando um aspecto de abandono.</t>
   </si>
   <si>
     <t>6737</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6737/i0017712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6737/i0017712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente providencie a limpeza, com a retirada do monte de terra e capinação da área que faz fundo ao Centro Comunitário do Jardim Santa Clara.</t>
   </si>
   <si>
     <t>6738</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6738/i0017812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6738/i0017812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis e reiterando as indicações n.ºs. 186 e 276/2011, de autoria desse vereador, solicitando estudos junto ao setor competente para a limpeza da área de lazer existente no Conjunto Habitacional Virgilio Fioravante e a instalação de aparelho de academia ao ar livre.</t>
   </si>
   <si>
     <t>6739</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6739/i0017912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6739/i0017912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudos junto ao setor competente para a instalação de aparelhos de academia ao ar livre na Praça do Jardim Kennedy.</t>
   </si>
   <si>
     <t>6740</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6740/i0018012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6740/i0018012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar com urgência o recapeamento asfáltico da Rua Dom Pedro, no trecho compreendido entre a Avenida Rui Barbosa e a Rua Leordino da Silva Costa.</t>
   </si>
   <si>
     <t>6741</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6741/i0018112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6741/i0018112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Rua Oví­dio Zanon, em frente ao Posto de Saúde Albert Sabin, no Bairro São Manoel.</t>
   </si>
   <si>
     <t>6742</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6742/i0018212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6742/i0018212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, e reiterando a Indicação n.º 255/11, de autoria desse vereador, solicitando estudos junto ao setor competente no sentido de providenciar melhorias na área de lazer do Bairro Tonico Andre, com a construção de Campo de areia e instalação de equipamentos para academia ao ar livre.</t>
   </si>
   <si>
     <t>6743</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6743/i0018312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6743/i0018312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudos junto ao setor competente para a instalação de aparelho para academias ao ar livre em Praça do Conjunto Habitacional "Emilio Zanatta".</t>
   </si>
   <si>
     <t>6744</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6744/i0018412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6744/i0018412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudos junto ao setor competente para a instalação de Câmeras nos semáforos da cidade e em pontos estratégicos, como a Praça Arthur Pagnozzi, Manoel Gomes Gonçalves e da Igreja Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>6745</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6745/i0018512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6745/i0018512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudos junto ao setor competente para a compra de mais um caminhão destinado a coleta de lixo</t>
   </si>
   <si>
     <t>6746</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6746/i0018612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6746/i0018612.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Deputado Reinaldo de Souza Alguz, para que juntos envidem esforços no sentido de liberar verba para a pavimentação asfáltica da Avenida Antonio Henrique Branco e Rua João Sanches Marin, localizadas no Jardim Kennedy.</t>
   </si>
   <si>
     <t>6747</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6747/i0018712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6747/i0018712.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudos junto ao setor competente, a possibilidade da instalação de aerodor nas lagoas de tratamento da cidade.</t>
   </si>
   <si>
     <t>6748</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6748/i0018812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6748/i0018812.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, estudos junto ao setor competente, a possibilidade da instalação de aerodor nas lagoas de tratamento da cidade com intuito de amenizar o odor exala-do aos proprietários rurais adjacentes.</t>
   </si>
   <si>
     <t>6762</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6762/i0018912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6762/i0018912.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o Secretário de Obras e Assuntos Viários e juntos providenciem a sinalização de solo e instalação de placas no Conjunto Habitacional Emilio Zanatta. Indico ainda a limpeza no cruzamento da Rua àgua Dourada com a Rua Manoel de Carvalho.</t>
   </si>
   <si>
     <t>6763</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6763/i0019012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6763/i0019012.pdf</t>
   </si>
   <si>
     <t>INDICO ao Senhor Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que a Secretaria de Agricultura faça a divulgação de telefones dos podadores de árvores em Dracena.</t>
   </si>
   <si>
     <t>6774</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6774/i0019112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6774/i0019112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com a Presidência da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de executar melhorias na valeta de escoamento de águas pluviais localizada na Rua Miguel do Nascimento esquina com a Rua Edson da Silveira Campos.</t>
   </si>
   <si>
     <t>6775</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6775/i0019212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6775/i0019212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com a Presidência da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de executar o perfilamento ou tapa-buracos nas seguintes localidades: - Rua Edson da Silveira Campos, no trecho entre as Ruas Caramuru e Miguel do Nascimento; - Rua Miguel do Nascimento, no trecho entre a Av. Expedicionários e a Rua Edson da Silveira Campos; - Rua Fioravante, no trecho entre as Ruas Princesa Isabel e Edson da Silveira Campos; e, - Rua Princesa Isabel, no trecho entre as Ruas Magid Zacarias e Fioravante.</t>
   </si>
   <si>
     <t>6776</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6776/i0019312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6776/i0019312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com a Presidência da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de executar reparos na pavimentação asfáltica da Avenida Expedicionários, diante dos números 320 e 342.</t>
   </si>
   <si>
     <t>6777</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6777/i0019412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6777/i0019412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o setor competente estude a possibilidade de regar diariamente os canteiros centrais localizados nas seguinte ruas e avenidas: Rui Barbosa, Washington Luiz, Castro Alves e Vitória.</t>
   </si>
   <si>
     <t>6778</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6778/i0019512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6778/i0019512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos junto ao setor competente para a construção de um sarjetão na Alameda Inglaterra esquina com a Rua das Palmas.</t>
   </si>
   <si>
     <t>6779</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6779/i0019612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6779/i0019612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a ELEKTRO e estude a possibilidade de providenciar a iluminação da Alameda Guarapari, no Portal dos Girassóis, altura do numero 35.</t>
   </si>
   <si>
     <t>6780</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6780/i0019712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6780/i0019712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude a possibilidade e efetuar a reforma geral do campo de bocha localizado no Distrito de Jaciporã.</t>
   </si>
   <si>
     <t>6791</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6791/i0019812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6791/i0019812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que providencie a devida sinalização no trevo do Conjunto Habitacional "Emilio Zanatta", e se possível a Construção de passarela para pedestre.</t>
   </si>
   <si>
     <t>6792</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6792/i0019912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6792/i0019912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude junto ao setor competente a possibilidade de fazer uma nova grade de proteção para a rampa de acesso ao coreto da Praça Arthur Pagnozzi.</t>
   </si>
   <si>
     <t>6793</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6793/i0020012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6793/i0020012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Rua Joaquina Maria André, entre as Ruas Espí­rito Santo e Belo Horizonte.</t>
   </si>
   <si>
     <t>6794</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6794/i0020112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6794/i0020112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente visando a possibilidade de tornar mão dupla novamente o trecho da Rua Tenente Contrera, entre as Ruas São Manoel e Spinard.</t>
   </si>
   <si>
     <t>6795</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6795/i0020212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6795/i0020212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente visando a plantação de grama no campo de futebol do Jardim Village e a instalação de academia ao ar livre em área de lazer do bairro.</t>
   </si>
   <si>
     <t>6814</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6814/i0020312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6814/i0020312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda estudos junto ao setor competente visando a ampliação das luminárias existentes na Praça do Bairro Palmeiras localizada na esquina da Alameda Bélgica com a Rua Jequitibás.</t>
   </si>
   <si>
     <t>6815</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6815/i0020412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6815/i0020412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda estudos junto ao setor competente visando a substituição dos bancos 'sem encosto' por bancos "com encostos" ou a adequação dos existentes na Praça do Jardim Kennedy.</t>
   </si>
   <si>
     <t>6816</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6816/i0020512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6816/i0020512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente da municipalidade, para a limpeza e pulverização de todos os bueiros existentes em nossa cidade como medida de combate ao pernilongos que estão incomodando sobremaneira os dracenenses.</t>
   </si>
   <si>
     <t>6817</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6817/i0020612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6817/i0020612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente da municipalidade, para a poda das árvores frondosas e a limpeza da área de lazer localizada na Alameda Bélgica, entre a Alameda Polônia e as Ruas Venezuela e Fortaleza.</t>
   </si>
   <si>
     <t>6826</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6826/i0020712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6826/i0020712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que sejam tomadas providências para a pintura com tinta florescente dos cavaletes utilizados para interdição de trânsito de veículo para as mais variadas finalidades.</t>
   </si>
   <si>
     <t>6827</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6827/i0020812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6827/i0020812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a ELEKTRO e providencie a substituição de lâmpadas queimadas dos postes existentes na Estrada Vicinal Carlos Roberto Torquatto.</t>
   </si>
   <si>
     <t>6828</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6828/i0020912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6828/i0020912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o setor competente e providencie a limpeza da área verde localizada na esquina da Alameda Bélgica com a Rua das Perobas e de uma outra localizada na Rua dos Jequitibá com a Alameda Portugal.</t>
   </si>
   <si>
     <t>6829</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6829/i0021012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6829/i0021012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, e determine a substituição das grades de proteção dos bueiros localizados na esquina da Avenida Washington Luiz com a Rua Ceará.</t>
   </si>
   <si>
     <t>6830</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6830/i0021112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6830/i0021112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre contato com os setores competentes da municipalidade para algumas melhorias na Rua Olavo Bilac, no trecho compreendido entre as Ruas Tapajós e Xingu.</t>
   </si>
   <si>
     <t>6834</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6834/i0021212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6834/i0021212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com a Secretaria de Obras e Assuntos Viários a possibilidade de instalar um semáforo no cruzamento da Avenida Vitória com a Rua Fortaleza e Alameda Romênia.</t>
   </si>
   <si>
     <t>6835</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6835/i0021312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6835/i0021312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que estude com a Secretaria de Obras e Assuntos Viários a possibilidade de instalar um semáforo para pedestres na Avenida Washington Luiz esquina com a Rua Tiradentes.</t>
   </si>
   <si>
     <t>6836</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6836/i0021412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6836/i0021412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre contato com os setores competentes da municipalidade para algumas melhorias no antigo Plimec - com referência ao Projeto Criança Feliz. Esta Indicação representa os reclamos dos usuários, que solicitam: - Laboratório de Informática com internet; - Ar Condicionado no refeitório e nas salas; - Parque infantil e a instalação de Academia ao ar livre que beneficiará as crianças do projeto e aos outros frequentadores do local. - A instalação de cisternas com intuito de gerar economia e contribuir com o meio ambiente.</t>
   </si>
   <si>
     <t>6837</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6837/i0021512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6837/i0021512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com a Presidência da Emdaepº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, e viabilize uma operação tapa-buracos na Rua dos Cedros, altura do numero 41, no Jardim da Palmeiras.</t>
   </si>
   <si>
     <t>6838</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6838/i0021612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6838/i0021612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos para a instalação de um Parque infantil e aparelhos para academia ao ar livre em área verde localizada na Vila Lucélia (antiga Chácara das Flores).</t>
   </si>
   <si>
     <t>6840</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6840/i0021712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6840/i0021712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a ELEKTRO e estude a possibilidade de providenciar a instalação de postes com iluminação publica na Praça Sebastião Mendes Ribeiro, localizada entre as Ruas Independência e Ezigomar Cariola, no bairro Jardim Alvorada.</t>
   </si>
   <si>
     <t>6841</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6841/i0021812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6841/i0021812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com o setor competente e estude a possibilidade de construir uma pista de caminhada na Praça Sebastião Mendes Ribeiro, localizada entre as Ruas Independência e Ezigomar Cariola - no Bairro Jardim Alvorada.</t>
   </si>
   <si>
     <t>6842</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6842/i0021912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6842/i0021912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a Emdaep e providencie a pavimentação asfáltica das entradas da APAE e do CESD - Centro de Ensino Superior de Dracena.</t>
   </si>
   <si>
     <t>6859</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6859/i0022012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6859/i0022012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato o setor competente visando a possibilidade de instalar postes de iluminação pública na região onde foi instalada a academia ao ar livre no bairro Emí­lio Zanatta.</t>
   </si>
   <si>
     <t>6860</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6860/i0022112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6860/i0022112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato o setor competente visando a possibilidade de instalar postes de iluminação pública na "Praça do Lanche" no bairro Emí­lio Zanatta.</t>
   </si>
   <si>
     <t>6861</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6861/i0022212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6861/i0022212.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a repintura da lombada redutora de velocidade existente na Rua Antonio Rodrigues de Barros, próximo ao Posto de Saúde "Dr. Eduards Ligeris" no Jardim Santa Clara e também a devida sinalização de trânsito naquela imediações.</t>
   </si>
   <si>
     <t>6862</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6862/i0022312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6862/i0022312.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que determine ao setor competente a sinalização de solo e instalação de placas de trânsito na Rua Marechal Deodoro da Fonseca, proximidades do Jardim Bortolato I.</t>
   </si>
   <si>
     <t>6883</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6883/i0022412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6883/i0022412.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, e reiterando a indicação n.º 94/12, que solicitava estudos com o setor competente para a recolocação do orelhão para deficientes na Praça Arthur Pagnozzi.</t>
   </si>
   <si>
     <t>6884</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6884/i0022512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6884/i0022512.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente da municipalidade, para a limpeza das guias e sarjetas da Rua Magid Zacarias esquina com a Princesa Isabel.</t>
   </si>
   <si>
     <t>6885</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6885/i0022612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6885/i0022612.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que entre em contato com a ELEKTRO e estude a possibilidade providenciar,urgentemente, a iluminação da Praça do Santuário Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>6886</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6886/i0022712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6886/i0022712.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que em contato com o Presidente da EMDAEPº Empresa de Desenvolvimento, àgua, Esgoto e Pavimentação, estude a possibilidade de providenciar o recapeamento asfáltico e perfilamento da Rua Anita Garibaldi, altura do número 272.</t>
   </si>
   <si>
     <t>6894</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6894/i0022812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6894/i0022812.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Avenida Washington Luiz, no Bairro Tonico André nas imediações da Creche Sossego da Mamãe.</t>
   </si>
   <si>
     <t>6905</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6905/i0022912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6905/i0022912.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para que o corrimão instalado no coreto da Praça Arthur Pagnozzi receba a proteção adequada (grade) para que não ocorra acidentes com crianças que frequentam o local.</t>
   </si>
   <si>
     <t>6906</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6906/i0023012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6906/i0023012.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de três caixas de captação de água pluviais na Rua Francisco Rosseto, altura do n.º 41, Bairros Domingos Marques Caldeira.</t>
   </si>
   <si>
     <t>6907</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6907/i0023112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6907/i0023112.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, que proceda a estudos com o setor competente para a construção de um obstáculo redutor de velocidade, de acordo com as normas da Lei de Trânsito, na Rua Aécio de Féo Flora, no Bairro Domingos Marques Caldeira, mas especificamente no trecho mais crí­tico, que compreende seu inicio, a partir da vicinal João Araujo até o semáforo localizado naquela via.</t>
   </si>
   <si>
     <t>6318</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6318/r0000112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6318/r0000112.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, de acordo com o artigo 165, § único do Regimento Interno, PEDIDO DE VISTA por até 10 dias ao Projeto de Lei n.º Nº 03/12, de 16/01/2012, que dispõe sobre autorização ao comércio de artigos de conveniência por farmácias no Município de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>6319</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6319/r0000212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6319/r0000212.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse Vereador como estão sendo definidos os valores para aquisição por parte da Prefeitura das áreas de passeio público, cujos proprietários construí­ram indevidamente. Estão sendo calculados pela média das avaliações das imobiliárias ou pelo menor preço?</t>
   </si>
   <si>
     <t>6320</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6320/r0000312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6320/r0000312.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse Vereador por que até agora não foram instaladas placas com a denominação das ruas do Bairro Frei Moacir III, e se há previsão para tanto.</t>
   </si>
   <si>
     <t>6321</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6321/r0000412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6321/r0000412.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse Vereador se há estudos e previsão para o construção de um trevo de acesso ao Bairro Frei Moacir I, no inicio da Vicinal Marcelo Lorenzetti.</t>
   </si>
   <si>
     <t>6322</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6322/r0000512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6322/r0000512.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que entre em contato com o Presidente da EMDAEP e informe a esse Vereador o que segue: 1 - Quantos funcionários havia na empresa em janeiro de 2009 e quantos há atualmente? 2 - Nesse período, houve alguma mudança de referência de algum cargo? Se houve, mande a justificativa.</t>
   </si>
   <si>
     <t>6323</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6323/r0000612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6323/r0000612.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que entre em contato com o Presidente da EMDAEP e informe a esse Vereador o que segue:1 - Qual foi o número de inscritos no concurso realizado pela empresa recentemente? 2 - Dos aprovados, houve algum caso de funcionários que já prestavam seviços à Empresa? 3 - Informar o nome da empresa que realizou o concurso público (prova escrita e prática) - Encaminhar cópia da relação dos aprovados.</t>
   </si>
   <si>
     <t>6324</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6324/r0000712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6324/r0000712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que entre em contato com o Presidente da EMDAEP e informe a esse Vereador se há previsão para a pavimentação asfáltica da Rua Cruzeiro do Sul, no trecho compreendido entre a Rua Independência e a Vicinal Byron de Azevedo Nogueira, que passa atrás do Clube ABD, nas proximidades do CESD - Centro de Ensino Superior.</t>
   </si>
   <si>
     <t>6325</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6325/r0000812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6325/r0000812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que entre em contato com o Presidente da EMDAEP e informe a esse Vereador o que segue: 1. Quais os funcionários da EMDAEP que recebem o adicional de insalubridade e periculosidade e qual o percentual do receptivo adicional pago a cada um? 2. Existe laudo técnico elaborado por empresa especializada, definindo as funções que têm o direito? 3. Se existe, qual a empresa responsável pela elaboração do laudo?</t>
   </si>
   <si>
     <t>6326</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6326/r0000912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6326/r0000912.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Jovem Luciano Miola Zarzur, ocorrido em 31 de janeiro de 2012.</t>
   </si>
   <si>
     <t>6327</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6327/r0001012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6327/r0001012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Mauro Luiz Gregolin, ocorrido em 05 de fevereiro de 2012.</t>
   </si>
   <si>
     <t>6339</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6339/r0001112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6339/r0001112.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que encaminhe a esse vereador cópia do anexo II, parte integrante da Clausula Primeira - do Termo de Contrato LC/815/11, de 14 de outubro de 2012, que tinha como objeto a contratação de empresa para prestação de seviços de engenharia, sendo para elaboração de projetos de topografia, arquitetônico, hidráulico e elétrico, com os respectivos memoriais descritivos, orçamentos e cronogramas das obras que serão realizadas no município de Dracena, cuja empresa vencedora foi a Garra Engenharia e Comércio Ltda.</t>
   </si>
   <si>
     <t>6340</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6340/r0001212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6340/r0001212.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue: 1. Quantas empresas foram cadastradas para obter área no Distrito Comercial "Joaquim Martins", relacionar o nome das empresas e seus proprietário? 2. Destas, quantas foram consideradas aptas, relacionar? 3. Quantas empresas foram beneficiadas após o processo licitatório - nome da empresa e do proprietário?</t>
   </si>
   <si>
     <t>6341</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6341/r0001312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6341/r0001312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES aos Diretores, professores e alunos do curso de Zootecnia da UNESP - Campus Experimental de Dracena, pelo brilhante desempenho no Enade - Exame Nacional de estudantes/2010, o que atribui ao curso o ní­vel de excelência, considerado o 9º melhor curso do Brasil.</t>
   </si>
   <si>
     <t>6342</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6342/r0001412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6342/r0001412.pdf</t>
   </si>
   <si>
     <t>REQUEIRO de acordo com o regimento interno dessa egrégia casa de leis, ouvido douto plenário, para que o sr prefeito nos preste as seguintes informações: 1 - Relação atualizada de endereços de todos os imóveis alugados pela Adm, com recursos públicos, para uso do Poder Municipal, Estadual, União, Conselhos, entre outros. 2º Qual a destinação do uso dos respectivos imóveis? 3º Valor do aluguel mensal de cada imóvel atualmente? 4º Data de início  e data de vencimento dos contratos de locação? 5º Nomes dos atuais proprietários desses imóveis?</t>
   </si>
   <si>
     <t>6343</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6343/r0001512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6343/r0001512.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o regimento interno dessa egrégia casa de leis, ouvido douto plenário, que nos informe a esse vereador quanto ao Termo de Contrato LC/791/11, de 27 de setembro de 2011, cujo objeto é a contratação de empresa especializada com o fornecimento de mão de obra, matérias e equipamentos necessários para execução de reformas na Praça do Núcleo Habitacional Jardim Kennedy; Praça Rotary e Praça Heróis Americanos.</t>
   </si>
   <si>
     <t>6344</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6344/r0001612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6344/r0001612.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o regimento interno dessa egrégia casa de leis, ouvido douto plenário, que nos informe a esse vereador o que segue: 1. Quantos funcionários trabalham no CRAS existente no Jardim Brasilândia? 2. Destes funcionários existe algum em comissão? 3. Qual é o horário de trabalho desses funcionários, inclusive, o de comissão caso exista?</t>
   </si>
   <si>
     <t>6345</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6345/r0001712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6345/r0001712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador o que segue: 1. Existe alguma ordem judicial ordenando o CRAS a distribuir cestas básicas? 2. Em caso afirmativo, encaminhar cópia do comunicado do judiciário e do relato social que qualificou as famílias beneficiadas com cestas básicas? 3. Encaminhar uma relação com o nome e endereço de cada beneficiado.</t>
   </si>
   <si>
     <t>6346</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6346/r0001812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6346/r0001812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador qual o motivo pelo qual a Secretaria de Obras interditou a caixa de captação de águas pluviais existente na Rua Duque de Caxias, defronte ao número 260.</t>
   </si>
   <si>
     <t>6347</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6347/r0001912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6347/r0001912.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES a Senhora Elenirce Bratfich, reeleita como membro do Conselho Tutelar de Dracena.</t>
   </si>
   <si>
     <t>6348</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6348/r0002012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6348/r0002012.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador se a implantação dos três mastros para hasteamento das Bandeiras na Praça Arthur Pagnozzi e dos três holofotes são para manter iluminado os referidos pavilhões hasteadas diuturnamente.</t>
   </si>
   <si>
     <t>6349</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6349/r0002112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6349/r0002112.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador por que somente duas pétalas de quatro pétalas, de poste de luminária na Praça Arthur Pagnozzi, estão acesas.</t>
   </si>
   <si>
     <t>6350</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6350/r0002212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6350/r0002212.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o regimento interno dessa egrégia casa de leis, ouvido douto plenário, que nos informe a esse vereador qual a previsão da realização de rede coletora de esgoto na Praça Marco Dracena, localizada no Jardim Jussara.</t>
   </si>
   <si>
     <t>6351</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6351/r0002312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6351/r0002312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Arnaldo Chaves - Pingo D'àgua, ocorrido em 09 de fevereiro de 2012.</t>
   </si>
   <si>
     <t>6352</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6352/r0002412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6352/r0002412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Olí­vio Regatieri, ocorrido em 12 de fevereiro de 2012.</t>
   </si>
   <si>
     <t>6353</t>
   </si>
   <si>
     <t>Claudinei Millan Pessoa, Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6353/r0002512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6353/r0002512.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Vicente de Moraes, ocorrido em 12 de fevereiro de 2012.</t>
   </si>
   <si>
     <t>6372</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6372/r0002612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6372/r0002612.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe quando será efetivado novo funcionário apto a exercer função prevista no convênio entre o INCRA e a Prefeitura Municipal.</t>
   </si>
   <si>
     <t>6373</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6373/r0002712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6373/r0002712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador quando será contratado funcionário para trabalhar na Delegacia do Serviço Militar.</t>
   </si>
   <si>
     <t>6374</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6374/r0002812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6374/r0002812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que envie a esse vereador relatório dos seviços de assessoria prestados pela empresa contratada através do TC/LC/805/2011, de 04 de outubro de 2011 e aditamento datado de 29/12/2011.</t>
   </si>
   <si>
     <t>6375</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6375/r0002912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6375/r0002912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que em contato com o Provedor da Santa Casa de Dracena nos envie cópia do Estatuto da Provedoria da Entidade.</t>
   </si>
   <si>
     <t>6376</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6376/r0003012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6376/r0003012.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador o que segue: 1. Qual o motivo pelo qual até a presente data não houve nenhuma manifestação com relação à pavimentação asfáltica do quarteirão localizado na Rua Spinard, entre as Ruas Tupã e Maria Moretti Carreira, no Bairro São Francisco? 2. Há Alguma previsão para a realização da pavimentação?</t>
   </si>
   <si>
     <t>6377</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6377/r0003112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6377/r0003112.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador o que segue: 1. De que é a responsabilidade por manter limpa a área de lazer "Marcos Dracena"? 2. De quem é responsabilidade da manutenção dos aparelhos de ginástica?</t>
   </si>
   <si>
     <t>6378</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6378/r0003212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6378/r0003212.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador o que segue: 1. De quem é o responsabilidade pela cessão do Centro Comunitário localizado na Praça "Marcos Dracena", sempre que a comunidade quiser utilizálo, uma vez que inaugurado no final de 2011 até o momento não temos conhecimento a quem reportar para usar o referido salão.</t>
   </si>
   <si>
     <t>6379</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6379/r0003312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6379/r0003312.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador se existe algum relacionamento comercial, profissional ou de prestação de serviço com a empresa denominada de ACEFO. Em caso afirmativo informar a origem da empresa e qual o relacionamento com a Prefeitura Municipal de Dracena.</t>
   </si>
   <si>
     <t>6380</t>
   </si>
   <si>
     <t>Milton Polon, Juliano Brito Bertolini, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6380/r0003412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6380/r0003412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Fábio de Souza, ocorrido em 18 de fevereiro de 2012.</t>
   </si>
   <si>
     <t>6381</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6381/r0003512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6381/r0003512.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Jovem Jessica Alves, ocorrido em 18 de fevereiro de 2012.</t>
   </si>
   <si>
     <t>6382</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6382/r0003612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6382/r0003612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Jovem Karina Rodrigues, ocorrido em 19 de fevereiro de 2012.</t>
   </si>
   <si>
     <t>6383</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6383/r0003712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6383/r0003712.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 08/12 de 08 de fevereiro de 2012 - de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para celebração de convênio com o sindicato dos servidores públicos municipais de dracena e dá outras providências.</t>
   </si>
   <si>
     <t>6384</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6384/r0003812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6384/r0003812.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 10/12 de 30 de janeiro de 2012 - de autoria do Poder Executivo, que dispõe sobre alteração na Lei Municipal n.º 3787, de 22 de junho de 2010.</t>
   </si>
   <si>
     <t>6391</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6391/r0003912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6391/r0003912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que encaminhe a esse vereador cópia dos contratos firmados entre Prefeitura Municipal de Dracena e as empresas: Gráfica e Editora Dracena; Gráfica e Editora Jóia e Elicar Serviços Mecânicos beneficiados em processo licitatório e que tiveram a concessão firmada no dia 17/2/2012, conforme veiculado nos jornais com circulação no município.</t>
   </si>
   <si>
     <t>6392</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6392/r0004012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6392/r0004012.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que encaminhe a esse vereador cópia da ação e planejamento de recapeamento de toda cidade até o final do atual mandato com ruas e quarteirões e cópia do mapa da cidade mostrando o que já foi feito e o que resta para fazer.</t>
   </si>
   <si>
     <t>6393</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6393/r0004112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6393/r0004112.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES ao Assistente Social, Senhor Joel José Cruz que atende no Posto de Saúde Dr. Takashi Enokibara, pela atenção que dispensa à população e pela forma dedicada e carinhosa com que trata as pessoas que passam pelo seu atendimento.</t>
   </si>
   <si>
     <t>6394</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6394/r0004212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6394/r0004212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES ao Núcleo Especial Criminal - NECRIM da Policia Civil, inaugurada oficialmente no dia 24 de fevereiro de 2012, depois de um período de experiência desde outubro de 2011.</t>
   </si>
   <si>
     <t>6395</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6395/r0004312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6395/r0004312.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador quem é o responsável pela manutenção da iluminação e limpeza do espaço onde há a Imagem de Nossa Senhora Aparecida, no trevo que dá acesso à cidade pela Av. José Bonifácio.</t>
   </si>
   <si>
     <t>6396</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6396/r0004412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6396/r0004412.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador sobre a área adquirida por desapropriação, amigável ou judicial, do imóvel urbano destinado à construção da Base da Polí­cia Rodoviária avaliada em R$-28.000,00 (vinte e oito mi reais) que gerou a Lei n.º 3870, a saber: 1. O Poder Executivo já efetuou o pagamento ao proprietário do imóvel desapropriado? 2. Em caso afirmativo, a Prefeitura já está de posse da referida área?</t>
   </si>
   <si>
     <t>6397</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6397/r0004512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6397/r0004512.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador se há previsão para o inicio da revitalização da Praça Heróis Americanos, localizada no Distrito de Jamaica.</t>
   </si>
   <si>
     <t>6398</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6398/r0004612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6398/r0004612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES ao Senhor Edson Kai, que assumiu a Presidência do Comitê organizador dos Jogos Regionais de 2012.</t>
   </si>
   <si>
     <t>6399</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6399/r0004712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6399/r0004712.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES ao Deputado Federal Silvio Torres (PSDB), atualmente ocupando o cargo de Secretário Estadual de Habitação.</t>
   </si>
   <si>
     <t>6410</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6410/r0004812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6410/r0004812.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 014, de 24/2/2012, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para firmar Convênio com o Tribunal de Justiça do Estado de São Paulo visando a cessão de servidor público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>6411</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6411/r0004912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6411/r0004912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que encaminhe a esse vereador cópias das propostas dos participantes do processo licitatório que resultou no termo de contrato LC 049/12 de 24 de janeiro de 2012.</t>
   </si>
   <si>
     <t>6412</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6412/r0005012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6412/r0005012.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador qual é a previsão para a liberação da verba de contingência no valor de trinta mil reais destinadas aos vereadores para beneficiar entidades do município.</t>
   </si>
   <si>
     <t>6413</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6413/r0005112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6413/r0005112.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador o que segue: 1. Porque somente 32 cargos da Emdaep foram beneficiados com alteração de referência? 2. Porque motivo os demais não foram beneficiados?</t>
   </si>
   <si>
     <t>6414</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6414/r0005212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6414/r0005212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES ao Major Silvio César S. de Almeida Saraiva, pelos 33 (tinta e três) anos de instalação do 25º Batalhão da Policia Militar de Dracena, que será comemorado no dia 08 de março.</t>
   </si>
   <si>
     <t>6415</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6415/r0005312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6415/r0005312.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que sejam consignados em Ata dos trabalhos desta Sessão, de VOTOS DE CONGRATULAÇÕES ao Proprietário da Rádio 95 FM, em razão dos 7 anos de atividades da Rádio em nosso Município, a serem comemorados no dia 08 de março de 2012.</t>
   </si>
   <si>
     <t>6416</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6416/r0005412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6416/r0005412.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador quem são as nutricionistas da Prefeitura Municipal de Dracena, e se essas servidores recebem o adicional de insalubridade.</t>
   </si>
   <si>
     <t>6417</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6417/r0005512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6417/r0005512.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador quem são as nutricionistas responsáveis pela cozinha/elaboração do cardápio da Secretaria de Obras da Prefeitura e da Secretaria da Agricultura.</t>
   </si>
   <si>
     <t>6418</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6418/r0005612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6418/r0005612.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador qual a previsão de conclusão da reforma e revitalização da Praça do Jardim Kennedy.</t>
   </si>
   <si>
     <t>6419</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6419/r0005712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6419/r0005712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador se estão sendo feitos estudos para instituir toque de recolher em Dracena. Se sim, enviar os nomes das entidades ou pessoas que estão estudando esta possibilidade.</t>
   </si>
   <si>
     <t>6420</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6420/r0005812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6420/r0005812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador se existe programação para a substituição das lâmpadas queimadas e danificadas dos postes existentes na pista de caminhada na Rua Martim Afonso, paralela à linha férrea, no trecho compreendido entre a Rua Marechal Rondon e a Avenida Rui Barbosa.</t>
   </si>
   <si>
     <t>6421</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6421/r0005912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6421/r0005912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, que informe a esse vereador se existem estudos para construir uma rotatória na Vicinal Marcelo Lorenzetti nas proximidades da Igreja "Divina Pastora" no Bairro do Tigre.</t>
   </si>
   <si>
     <t>6422</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6422/r0006012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6422/r0006012.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, quando serão construí­das as lagoas de tratamentos dos Distritos de Jaciporã e de Jamaica.</t>
   </si>
   <si>
     <t>6423</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6423/r0006112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6423/r0006112.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido douto plenário, se há previsão para a inauguração da EMEI - Escola Municipal de Educação Infantil, do Bairro Emí­lio Zanatta.</t>
   </si>
   <si>
     <t>6424</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6424/r0006212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6424/r0006212.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o envio de ofí­cio ao Secretário de Estado da Educação, Herman Jacobus Cornelis Voorwald, reiterando pedidos feitos por este vereador e por esta Casa de Leis, no sentido de que se crie e se implante uma Diretoria de Ensino em Dracena no extremo oeste da região da Nova Alta paulista, a ser originada do desdobramento da atual Diretoria de Ensino - Região de Adamantina e que atenda os municípios que compreendem de Flora Rica a Panorama.</t>
   </si>
   <si>
     <t>6425</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6425/r0006312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6425/r0006312.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, as seguintes informações: 1 - Quando foram atribuí­das as aulas do Programa Atleta do Futuro neste ano de 2012? 2 - Enviar uma relação contendo o nome dos professores de cada turma formada, com as respectivas modalidades esportivas e o local e horário de treinamento de cada uma.</t>
   </si>
   <si>
     <t>6426</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6426/r0006412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6426/r0006412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Alcides Lourenço Cesar.</t>
   </si>
   <si>
     <t>6427</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6427/r0006512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6427/r0006512.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Carlos Malheiros, ocorrido em 05 de março de 2012</t>
   </si>
   <si>
     <t>6430</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6430/r0006612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6430/r0006612.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Resolução n.º 01/12, de 05 de março de 2012, de autoria da Mesa da Câmara Municipal de Dracena, que dispõe sobre autorização ao Poder Legislativo a efetuar remanejamento de verba e dá outras providências.</t>
   </si>
   <si>
     <t>6431</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6431/r0006712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6431/r0006712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, as seguintes informações:1 - Existe algum estudo para a celebração de convênio com a Policia Militar para instituir a atividade delegada? 2 - Em caso afirmativo, quando? 3 - Em caso negativo, por quê?</t>
   </si>
   <si>
     <t>6432</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6432/r0006812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6432/r0006812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, as seguintes informações: 1 - Quantas nutricionistas trabalham na Prefeitura Municipal de Dracena? 2 - Especificar a quantidade por setor ou secretaria? 3 - Na vigilância sanitária quem é a nutricionista responsável pela fiscalização dos estabelecimentos que comercializam alimentos em geral.</t>
   </si>
   <si>
     <t>6433</t>
   </si>
   <si>
     <t>Milton Polon, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6433/r0006912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6433/r0006912.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações a Assistente Social Maraisa dos Santos Fernandes, que assumiu a Presidência do Conselho Municipal Anti-Drogas de Dracena (Comad).</t>
   </si>
   <si>
     <t>6434</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6434/r0007012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6434/r0007012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES aos alunos Leonardo Augusto Simões Miola e Pedro Henrique Ignácio Leite, da Escola Municipal "Otilia Braz Nogueirol", que tiveram textos publicados no livro "Contadores de Histórias', do Ministério da Cultura e Educação.</t>
   </si>
   <si>
     <t>6435</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6435/r0007112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6435/r0007112.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES ao Pastor Renato Alves da Silva, em comemoração ao "Jubileu de Ouro" de fundação em Dracena da Igreja Evangélica "Brasil para Cristo".</t>
   </si>
   <si>
     <t>6436</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6436/r0007212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6436/r0007212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Amália Pí­lolo, ocorrido em 06 de março de 2012.</t>
   </si>
   <si>
     <t>6437</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6437/r0007312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6437/r0007312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES à COMPANHIA DE TEATRO MINISTÉRIO JEOVÁ, pela apresentação da peça "A Tortura", que aborda as perseguições e torturas sofridas pela Igreja.</t>
   </si>
   <si>
     <t>6438</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6438/r0007412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6438/r0007412.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o envio de ofí­cio ao Ilmo. Superintendente do Departamento de Estradas de Rodagem do Estado de São Paulo, no sentido de que seja viabilizado um ponto de ônibus na Rodovia Comandante João Ribeiro de Barros , nas proximidades da Unesp de Dracena.</t>
   </si>
   <si>
     <t>6439</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6439/r0007512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6439/r0007512.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o douto plenário seja enviado oficio ao Senhor Prefeito Municipal solicitando informações acerca do atendimento da Indicação n.º 16/2012 de autoria desse Vereador, com referência a implantação e instalação de um Semáforo no cruzamento da Rua Vitória com Avenida Alcides Chacon Couto.</t>
   </si>
   <si>
     <t>6440</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6440/r0007612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6440/r0007612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o douto plenário seja enviado oficio ao Senhor Prefeito Municipal solicitando informações acerca do atendimento da Indicação n.º 17/2012 de autoria desse Vereador. A matéria tratava de reivindicação de moradores que residem no Bairro Frei Moacir (próximo ao Bairro Vitória Régia).</t>
   </si>
   <si>
     <t>6441</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6441/r0007702.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6441/r0007702.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações à família Nakano, na pessoa do Senhor Jaime Nakano, pela inauguração da Loja "Toke &amp; Stillo", localizada na Av. Presidente Roosevelt, n.º 515, no dia 09 de março.</t>
   </si>
   <si>
     <t>6442</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6442/r0007802.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6442/r0007802.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao Major Silvio César S. de Almeida Saraiva, pela cerimônia em comemoração aos 33 (tinta e três) anos de instalação do 25º Batalhão da Policia Militar de Dracena, realizada em 08 de março. A todos os responsáveis pelo organização do evento, nossos especiais cumprimentos.</t>
   </si>
   <si>
     <t>6443</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6443/r0007902.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6443/r0007902.pdf</t>
   </si>
   <si>
     <t>REQUER ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe sobre o funcionamento do radar móvel.</t>
   </si>
   <si>
     <t>6444</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6444/r0008002.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6444/r0008002.pdf</t>
   </si>
   <si>
     <t>REQUER ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe sobre o recapeamento asfáltico em diversos setores da cidade o seguinte: 1 - Qual é o prazo após os seviços de recape para demarcação e sinalização de solo? 2 - De quem é a responsabilidade para a varredura da areia utilizada no acabamento do seviços de recapa, uma vez que se não retirada após os seviços gera acidentes (derrapagem de veículo, motos, bicicletas e até mesmo de pedestres) bem como causa danos ambientais, obstruindo galerias de águas pluviais e ainda assoreamento dos mananciais de nosso município.</t>
   </si>
   <si>
     <t>6445</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6445/r0008102.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6445/r0008102.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador quem é o responsável pela limpeza do Posto de Saúde localizado no Distrito de Jamaica? Se não existe uma pessoa responsável, informar qual o motivo pelo qual o Executivo não designou um funcionário para tal função.</t>
   </si>
   <si>
     <t>6446</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6446/r0008202.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6446/r0008202.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Waldir do Nascimento ocorrido em 11 de março de 2012</t>
   </si>
   <si>
     <t>6447</t>
   </si>
   <si>
     <t>José Antonio Pedretti, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6447/r0008302.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6447/r0008302.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Ivanilde Augusto ocorrido em 10 de março de 2012.</t>
   </si>
   <si>
     <t>6448</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6448/r0008402.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6448/r0008402.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao Corpo de Bombeiros do Estado de São Paulo, que comemorou 132º aniversário no dia 10/03/2012.</t>
   </si>
   <si>
     <t>6449</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6449/r0008512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6449/r0008512.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Olga Grandini, ocorrido em 12 de março de 2012.</t>
   </si>
   <si>
     <t>6451</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6451/r0008612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6451/r0008612.pdf</t>
   </si>
   <si>
     <t>PREJUDICADO - FORAM RETIRADAS AS ASSINATURAS APOSTAS.</t>
   </si>
   <si>
     <t>6450</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6450/r0008712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6450/r0008712.pdf</t>
   </si>
   <si>
     <t>6452</t>
   </si>
   <si>
     <t>Ademir Ussifatti, Claudinei Millan Pessoa, Francisco Eduardo Aniceto Rossi, José Antonio Pedretti, Milton Polon, Nelson Nabor Buzinaro, Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6452/r0008812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6452/r0008812.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 18/12, de 09 de março de 2012º de autoria da Mesa Diretora, que dispõe sobre a reposição salarial e reajuste dos vencimentos dos servidores da câmara municipal de dracena e dá outras providências.</t>
   </si>
   <si>
     <t>6453</t>
   </si>
   <si>
     <t>Claudinei Millan Pessoa, José Antonio Pedretti, Milton Polon, Nelson Nabor Buzinaro, Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6453/r0008912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6453/r0008912.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 19/12, de 09 de março de 2012º de autoria da Mesa Diretora, que dispõe sobre a revisão geral anual ao subsí­dio dos Vereadores da Câmara Municipal de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>6454</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6454/r0009012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6454/r0009012.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 24/12, de 09 de março de 2012º de autoria do Poder Executivo, que concede subvenção à Entidade que especifica (subvenção à Empresa Municipal de Saúde, no valor de R$93.000,00 - noventa e três mil reais)</t>
   </si>
   <si>
     <t>6455</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6455/r0009112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6455/r0009112.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 16/12, de 01 de março de 2012º de autoria do Poder Executivo, que concede subvenção à Entidade que especifica (subvenção à Associação de Portadores de Deficiência Fà­sica de Dracena, no valor de R$=15.000,00 - quinze mil reais)</t>
   </si>
   <si>
     <t>6456</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6456/r0009202.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6456/r0009202.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao Prefeito Municipal e ao Diretor da Unesp, Prof. Dr. Julio Cezar Durigan, pela conquista do Curso de Engenharia Agronômica.</t>
   </si>
   <si>
     <t>6457</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6457/r0009312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6457/r0009312.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, as seguintes informações: 1 - Existe alguma programação/previsão para climatização das salas do posto de saúde do Jardim Brasilândia? 2 - Se sim, qual a data prevista? 3 - Se não, qual o motivo, visto que nem mesmo as salas dos médicos é dotada dos aparelhos.</t>
   </si>
   <si>
     <t>6458</t>
   </si>
   <si>
     <t>Francisco Eduardo Aniceto Rossi, José Antonio Pedretti</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6458/r0009412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6458/r0009412.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Domingos Carara, ocorrido em 14 de março de 2012.</t>
   </si>
   <si>
     <t>6459</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6459/r0009512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6459/r0009512.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que envie cópia da ordem de serviço expedida pela Prefeitura Municipal à Empresa Cochito &amp; Ferrari Ltda EPP referente ao Contrato LC 791/11, de 27/096/2011, cujo objeto é a reforma das Praças do Núcleo Habitacional do Jardim Kennedy, Praça Rotary e Praça Heróis Americanos, do Distrito de Jamaica.</t>
   </si>
   <si>
     <t>6460</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6460/r0009612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6460/r0009612.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que envie à Câmara cópia do contrato firmado para a compra e instalação de aparelhos condicionadores de ar para serem utilizados no Centro de Saúde "Dr. Takashi Enokibara".</t>
   </si>
   <si>
     <t>6461</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6461/r0009702.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6461/r0009702.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao Frei Alberto Pegoraro pelo aniversário de 01 ano do Programa Porta Aberta, exibido pela Rádio Regional Jovem Pan AM de Dracena.</t>
   </si>
   <si>
     <t>6462</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6462/r0009812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6462/r0009812.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Aparecida Pascoalete, ocorrido em 12 de março de 2012.</t>
   </si>
   <si>
     <t>6463</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6463/r0009912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6463/r0009912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que envie a esse vereador cópia do orçamento das empresas convidadas para a realização da obra de iluminação ao lado da linha férreas, entre a Rua Marechal Rondon e a Av. José Bonifácio.</t>
   </si>
   <si>
     <t>6464</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6464/r0010012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6464/r0010012.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador se há previsão para implantação de uma academia ao ar livre na área verde localizada no quadrilátero da Avenida Expedicionários, José Bonifácio, Anita Garibaldi e Rua Irradiação.</t>
   </si>
   <si>
     <t>6465</t>
   </si>
   <si>
     <t>José Antonio Pedretti, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6465/r0010112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6465/r0010112.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Angenor Pilato, ocorrido em 15 de março de 2012.</t>
   </si>
   <si>
     <t>6466</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6466/r0010212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6466/r0010212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao Deputado Reinaldo de Souza Alguz.</t>
   </si>
   <si>
     <t>6494</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6494/r0010312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6494/r0010312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES aos Proprietários da Loja Todeschini, pela reinauguração em ampla e modernas instalações, na Avenida Tiradentes, 738.</t>
   </si>
   <si>
     <t>6495</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6495/r0010412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6495/r0010412.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador se a Prefeitura está ciente e preparada para adequar os salários de agentes comunitários de saúde ao novo piso federal, que foi alterado de 750,00 para 871,00 valores retroativos ao mês de janeiro de 2012.</t>
   </si>
   <si>
     <t>6496</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6496/r0010512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6496/r0010512.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Senhor Presidente, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o envio de oficio ao COREN - Conselho Regional de Enfermagem do Estado de São Paulo.</t>
   </si>
   <si>
     <t>6497</t>
   </si>
   <si>
     <t>Rodrigo Castilho Soares, Ademir Ussifatti, Claudinei Millan Pessoa, Francisco Eduardo Aniceto Rossi, José Antonio Pedretti, Juliano Brito Bertolini, Milton Polon, Nelson Nabor Buzinaro, Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6497/r0010612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6497/r0010612.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações a Senhora Geni Pereira Lobo Pesin, que por várias vezes substitui à Secretária Municipal de Saúde e Higiene Pública.</t>
   </si>
   <si>
     <t>6498</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6498/r0010712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6498/r0010712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador discriminadamente o que segue: 1 - Quanto foi pago à Empresa CHC - Serviços Médicos S/S Ltda. nos meses de dezembro, janeiro e fevereiro, pelos seviços prestados no PAM - Pronto Atendimento Municipal? 2 - Qual o valor da folha de pagamento dos funcionários que prestam seus seviços no PAM, nos mesmos de Janeiro, Fevereiro e Março? 3 - Qual o valor repassado para a Santa Casa nos referidos meses? 4 - Informar, além dos itens acima, quanto a Prefeitura teve de despesa para manter o funcionamento do PAM? 5 - Após a conclusão da reforma e ampliação das obras, houve aumento de mais despesas (energia elétrica, matérias diversos, etc.)? Se sim, quanto houve de aumento e em quais despesas?</t>
   </si>
   <si>
     <t>6499</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6499/r0010812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6499/r0010812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que envie a esse vereador cópias das planilhas orçamentárias de todos os Contratos realizados através de licitações para a reforma da Praça Arthur Pagnozzi.</t>
   </si>
   <si>
     <t>6500</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6500/r0010912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6500/r0010912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1 - O Prefeito recebeu o oficio de minha autoria para que entrasse em contato com o escritório polí­tico em Brasí­lia do Deputado Federal Valdemar Costa Neto, solicitando o apoio do deputado para a obtenção de verbas extras orçamentárias dos Ministérios do Esporte; de Turismo; de Integração Nacional; e de Desenvolvimento Agrário? 2 - Se não, que faça o mais rápido possível para não perder o prazo para receber a SENHA. 3 - Pode entrar em contato com a Dra. Elizângela pelo telefone (61) 3215-5542.</t>
   </si>
   <si>
     <t>6501</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6501/r0011012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6501/r0011012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Durvalino Troyano, ocorrido 25 de março de 2012.</t>
   </si>
   <si>
     <t>6502</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6502/r0011112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6502/r0011112.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES aos Diretores, professores e alunos da UNESP - Campus Experimental de Dracena, pela inauguração do prédio da biblioteca.</t>
   </si>
   <si>
     <t>6503</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6503/r0011212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6503/r0011212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES aos Senhores Marco Antonio Vasconcelos Alencar (Pacaembu) e Edson Teles Guimarães pela apresentação no "3º Recital de Poesias" realizado no dia 23/03/2012 no Teatro Municipal.</t>
   </si>
   <si>
     <t>6529</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6529/r0011312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6529/r0011312.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Resolução n.º 02/12, de 26/03/2012, de autoria da Comissão de Finanças e Orçamento, que dispõe sobre o subsí­dio mensal dos Vereadores da Câmara Municipal de Dracena para a 16ª Legislatura (de 1º de janeiro de 2013 a 31 de dezembro de 2016), e dá outras providências.</t>
   </si>
   <si>
     <t>6530</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6530/r0011412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6530/r0011412.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 28/12, de 21 de março de 2012º de autoria do vereador Rodrigo Castilho Soares, que nova redação ao artigo 1º da Lei n.º 3758, de 26 de abril de 2010, que institui a Semana Municipal Antidrogas noâmbito do Município de Dracena e dá outras providências.</t>
   </si>
   <si>
     <t>6531</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6531/r0011512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6531/r0011512.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 30/12, de 15 de março de 2012º de autoria do Poder Executivo, que projeto de lei n.º 30/12, de 15 de março de 2012º de autoria do Poder Executivo, que concede contribuição às entidades que especifica. (conceder contribuição ao Grupo Camafeu, no valor de R$12.000,00 - doze mil reais; a Associação Dracenense de Karatê Shoren Kan, no valor de R$85.000,00 - oitenta e cinco mil reais).</t>
   </si>
   <si>
     <t>6532</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6532/r0011612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6532/r0011612.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 33/2012, de 20/03/2012, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente (crédito no valor de R$-10.000,00 - dez mil reais, destinado a transferência financeira ao Grupo de Teatro Com Licença vou a Luta)</t>
   </si>
   <si>
     <t>6533</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6533/r0011712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6533/r0011712.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 36/2012, de 23/03/2012, de autoria do Poder Executivo, que dispõe sobre concessão de aumento de salário, a tí­tulo de revisão geral anual, e aumento real aos servidores públicos municipais. O aumento é de 7,7% nos salários de todos os servidores públicos municipais do Poder Executivo de Dracena a conta de 1º de março de 2012; sendo aumento de 5,85 a tí­tulo de revisão geral anual, conforme IPCA acumulado de março de 2011 a fevereiro de 2012 e 1,85% de ganho real.</t>
   </si>
   <si>
     <t>6534</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6534/r0011812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6534/r0011812.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 37/2012, de 23/03/2012, de autoria do Poder Executivo, que dispõe sobre alteração nos incisos i e ii do artigo 4º, da lei n.º 3619/08, alterada pelas leis n.º 3704/09, lei 3754/10, lei 3862/11 e lei n.º 3975/11. (bolsa estágio)</t>
   </si>
   <si>
     <t>6535</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6535/r0011912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6535/r0011912.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei Complementar n.º 06/12, de 26 de março de 2012º de autoria do Poder Executivoº que dispõe sobre a alteração de referência conforme especifica e dá outras providências. (Contador da Prefeitura Municipal de Dracena)</t>
   </si>
   <si>
     <t>6504</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6504/r0012012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6504/r0012012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES aos alunos Gabriel Maruchi, Gabriel Toschi e Julio César Leite do Anglo Cid, que conquistaram Medalha de Ouro nas Olimpí­adas Paulista de Física, através de programa da Associação Paulista de Professores de Física, bem como a Professora Rosana Ramos Socha.</t>
   </si>
   <si>
     <t>6505</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6505/r0012112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6505/r0012112.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Sumiko Kai, ocorrido em 28 de março de 2012.</t>
   </si>
   <si>
     <t>6506</t>
   </si>
   <si>
     <t>Ademir Ussifatti, Nelson Nabor Buzinaro</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6506/r0012212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6506/r0012212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES ao Prefeito Célio Rejani, pela conquista do Prêmio Sebrae em sua 7ª Edição "Prefeito Empreendedor 2011/2012".</t>
   </si>
   <si>
     <t>6507</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6507/r0012312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6507/r0012312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES ao escritor dracenense Roberto Bombardi, pelo prêmio "Mãos e Mentes que brilham" recebido na Assembléia Legislativa do Estado de São Paulo, em reconhecimento a sua perseverança e talento na área literária.</t>
   </si>
   <si>
     <t>6508</t>
   </si>
   <si>
     <t>Milton Polon, Nelson Nabor Buzinaro</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6508/r0012412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6508/r0012412.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Gilberto Guastaldi, ocorrido em 23 de março de 2012.</t>
   </si>
   <si>
     <t>6509</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6509/r0012512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6509/r0012512.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES aos atletas do Esporte Clube Famí­lia, Campeões da 19ª Copa de Futebol do Jardim Brasilândia. As congratulações são extensivas aos organizadores Senhor Gilberto Francisco Nascimento (Betinho) e Senhora Maria José da Silva Felix (Niga) que conduziram e organizaram de forma brilhante e excepcional o referido campeonato, juntamente com a participação de atletas do Jardim Brasilândia e demais bairros da cidade, contando ainda com o apoio imprescindí­vel da Associação de Moradores do Jardim Brasilândia e bairros adjacentes.</t>
   </si>
   <si>
     <t>6520</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6520/r0012612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6520/r0012612.pdf</t>
   </si>
   <si>
     <t>Reiterando vários requerimentos e indicações anteriormente apresentados, e após varias discussões na última reunião do CONSEG realizada no dia 27/03/2012, nas dependências da Câmara Municipal, foi sugerido e solicitado que seja composto o COMUTRA.</t>
   </si>
   <si>
     <t>6521</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6521/r0012712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6521/r0012712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, as seguintes informações: 1- Existes estudos para voltar a funcionar a atividade de varrição das ruas, através de garis. Em caso afirmativo, quando. Em caso negativo, qual o motivo.</t>
   </si>
   <si>
     <t>6522</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6522/r0012812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6522/r0012812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1 - O Executivo está pagando do piso nacional do Magistério aos Professores da rede municipal? 2 - O pagamento refere-se a 40 ou 44 horas semanais? 3 - Para atingir o piso nacional, leva-se em consideração outras vantagens do servidor?</t>
   </si>
   <si>
     <t>6523</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6523/r0012912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6523/r0012912.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador, considerando que através da Lei 3826 de 19/11/2010, autoria do Poder Executivo, a adquirir um imóvel no Bairro Tonico André com área construí­da de 233.63 m2 e que tal aquisição foi efetuado para melhor acomodar os alunos da EMEI Sossego da Mamãe, as seguintes informações: 1 - Há previsão para mudança, pois o imóvel adquirido ainda não foi adequado; 2 - Qual a previsão e prazo para concluir a adequação? 3 - Qual a previsão para a mudança e funcionamento nas novas instalações?</t>
   </si>
   <si>
     <t>6524</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6524/r0013012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6524/r0013012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES ao proprietário da Empresa Telas Concórdia, Senhor Edgar Salvador Duarte (Ticha), que no dia 10 de abril completará vinte e cinco anos de atividade em nosso município.</t>
   </si>
   <si>
     <t>6525</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6525/r0013112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6525/r0013112.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES ao Senhor Donizete Zequini Campos, à Senhora Cláudia Parra e ao Senhor Enio Garbelini, pela conquista do Curso de Especialização em Neuropsicologia e as Interfaces com as Neurociências para a Unifadra Dracena aprovado pelo Conselho Estadual de Educação de São Paulo (CEE-SP).</t>
   </si>
   <si>
     <t>6526</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6526/r0013212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6526/r0013212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES ao Professor Cleber Consoni Alves do curso de Psicologia da Unifadra de Dracena, que finalizou o Doutorado pela Unesp de Assis, defendendo a tese O Trabalho Infanto-Juvenil: representações da pedagogia do trabalho.</t>
   </si>
   <si>
     <t>6527</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6527/r0013312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6527/r0013312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Cândida de Jesus Pereira, ocorrido em 07 de abril de 2012.</t>
   </si>
   <si>
     <t>6528</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6528/r0013412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6528/r0013412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES ao Secretário de Estado de Gestão Pública e Deputado Estadual (licenciado), Davi Zaia pelo empenho na liberação de uma Ambulância a ser destinada para o Município de Dracena.</t>
   </si>
   <si>
     <t>6546</t>
   </si>
   <si>
     <t>Francisco Eduardo Aniceto Rossi, Milton Polon, Nelson Nabor Buzinaro</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6546/r0013512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6546/r0013512.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Shirlei Pereira da Silva, ocorrido em 10 de abril de 2012.</t>
   </si>
   <si>
     <t>6547</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6547/r0013612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6547/r0013612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Pedro Paulo Garcia Herreiro, ocorrido em 10 de abril de 2012.</t>
   </si>
   <si>
     <t>6548</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6548/r0013712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6548/r0013712.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Manoel Antonio Neves, ocorrido em 10 de abril de 2012.</t>
   </si>
   <si>
     <t>6549</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6549/r0013812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6549/r0013812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador qual situação para implantação e celebração de convênio com a Policia Militar para instituir a atividade delegada.</t>
   </si>
   <si>
     <t>6550</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6550/r0013912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6550/r0013912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1 - Quantas ambulâncias há na Secretaria de Saúde que estão em condições de serem utilizadas? 2 - Quantas estão desativadas por falta de condições de uso? 3 - Há ambulâncias especialmente reservadas para viagens longas, devidamente revisadas, para não incorrer em danos durante a viagem?</t>
   </si>
   <si>
     <t>6551</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6551/r0014012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6551/r0014012.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que envie a esse vereador cópias das planilhas orçamentárias de todas as propostas apresentadas por empresas participantes do processo licitatório que resultou na reforma da Praça Arthur Pagnozzi.</t>
   </si>
   <si>
     <t>6552</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6552/r0014112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6552/r0014112.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES ao Frei Maurí­cio José Silva dos Anjos, que teve momentos de grande jubilo por ocasião da sua Ordenação Presbiteral.</t>
   </si>
   <si>
     <t>6553</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6553/r0014212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6553/r0014212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES a ASFA - Associação São Francisco de Assis, pela inauguração no dia 14 de abril de sua sede, localizada na Rua Aécio de Féo Flora, n.º 514, no Jardim Brasilândia.</t>
   </si>
   <si>
     <t>6554</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6554/r0014312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6554/r0014312.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Luzia Olga Pagliusi Costa, ocorrido em 16 de abril de 2012.</t>
   </si>
   <si>
     <t>6555</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6555/r0014412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6555/r0014412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES ao Senhor Francisco Sales Ferreira, pela inauguração, no dia 14 de abril, da Loja da Point Gospel - Livraria Cristã, localizada na Av. Expedicionários, 927.</t>
   </si>
   <si>
     <t>6556</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6556/r0014512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6556/r0014512.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES ao Senhor Diego Zamperlini Rugani, pela inauguração no dia 14 de abril da Loja da Center vidros, localizada na Rua Vitória.</t>
   </si>
   <si>
     <t>6557</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6557/r0014612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6557/r0014612.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Regiano Francisco de Almeida, ocorrido em 12 de abril de 2012.</t>
   </si>
   <si>
     <t>6558</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6558/r0014712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6558/r0014712.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Rodrigo Dalcico Girotti, ocorrido em 12 de abril de 2012.</t>
   </si>
   <si>
     <t>6559</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6559/r0014812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6559/r0014812.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Lourdes Amadio Grando, ocorrido em 13 de abril de 2012.</t>
   </si>
   <si>
     <t>6560</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6560/r0014912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6560/r0014912.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 42/12, de 11 de abril de 2012º de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente.</t>
   </si>
   <si>
     <t>6561</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6561/r0015012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6561/r0015012.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 43/12, de 11 de abril de 2012º de autoria do Poder Executivo, que concede contribuição à Entidade ADEF - Associação da Pessoa com Deficiência Física de Dracena - Superando Limites, no valor de até R$=15.000,00 (quinze mil reais).</t>
   </si>
   <si>
     <t>6562</t>
   </si>
   <si>
     <t>Claudinei Millan Pessoa, Francisco Eduardo Aniceto Rossi, José Antonio Pedretti, Juliano Brito Bertolini, Milton Polon, Nelson Nabor Buzinaro, Pedro Trabuco, Rodrigo Castilho Soares, Ademir Ussifatti</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6562/r0015112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6562/r0015112.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 44/12, de 11 de abril de 2012º de autoria do Poder Executivo, que dispõe sobre instituição do festival de música popular brasileira a ser realizado no mês de abril como evento oficial do município de dracena e dá outras providências.</t>
   </si>
   <si>
     <t>6570</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6570/r0015212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6570/r0015212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES a Senhora Sonia Alves Mota, proprietário da Loja Big Modas, localizada na Rua Monte Castelo, pela inauguração no dia 19 de abril.</t>
   </si>
   <si>
     <t>6571</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6571/r0015312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6571/r0015312.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe sobre as adequações, aproveitando-se da reforma, sugeridas por este vereador ao Secretário de Esportes sobre o piso (chão queimado), ventiladores, barra fixa para balé e espelhos da sala inferior utilizada para a Academia de Dança no Ginásio de Esportes Dovilho Moura,</t>
   </si>
   <si>
     <t>6578</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6578/r0015412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6578/r0015412.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe se existe alguma previsão para instalação de placa na Secretaria de Educação, constando a denominação daquele local.</t>
   </si>
   <si>
     <t>6572</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6572/r0015512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6572/r0015512.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador se existe algum estudo para o atendimento da Indicação n.º 225/11, de 17/10/2011, de autoria deste Vereador, na qual solicitava a instalação de área de lazer, dotada de academia ao ar livre, no bairro Tonico André.</t>
   </si>
   <si>
     <t>6573</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6573/r0015612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6573/r0015612.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1 - Por que o município, através da Secretaria da Saúde, tem feito convênio para cirurgias de catarata com outros municípios? (ex. Rancharia, Presidente Venceslau) 2 - Existe algum impedimento para que essas cirurgias não sejam feitas na Santa Casa de Misericórdia de Dracena? Elenque os motivos e justifique.</t>
   </si>
   <si>
     <t>6574</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6574/r0015712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6574/r0015712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador como está sendo feito pela Secretaria de Saúde o mapeamento no município sobre o mosquito da dengue. Como estão sendo feitos: o planejamento, a efetivação do combate a dengue, os principais focos (bairros) atingidos, e a quantidade de casos confirmados.</t>
   </si>
   <si>
     <t>6575</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6575/r0015812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6575/r0015812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador qual é o planejamento, ou mesmo, se existe previsão para perfilamento e/ou recapeamento de várias ruas no bairro Vila Barros?</t>
   </si>
   <si>
     <t>6576</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6576/r0015912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6576/r0015912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador quando a Secretaria de Obras efetivará melhorias na sinalização de solo do conjunto habitacional Emilio Zanatta, proximidades da Capela Santo Antonio?</t>
   </si>
   <si>
     <t>6577</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6577/r0016012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6577/r0016012.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador a possibilidade da liberação de uma área, por cessão de uso, no Distrito de Jamaica para a Associação de Funcionários das Penitenciárias da região para instalação da sede da entidade.</t>
   </si>
   <si>
     <t>6579</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6579/r0016112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6579/r0016112.pdf</t>
   </si>
   <si>
     <t>Requer ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador da parte da administração - Secretaria de Educação e da Administração devido as professoras de EMEIs que, mesmo com a aprovação da Lei n.º 4010/2012 não tem recebido o salário corretamente.</t>
   </si>
   <si>
     <t>6580</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6580/r0016212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6580/r0016212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES ao 1º Sargento Douglas Emerson Dias dos Santos.</t>
   </si>
   <si>
     <t>6581</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6581/r0016312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6581/r0016312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Mariana Pereira da Silva, ocorrido em 20 de abril de 2012.</t>
   </si>
   <si>
     <t>6582</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6582/r0016412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6582/r0016412.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, informações sobre o piso do magistério municipal, mais especificadamente reiterando item contido no requerimento 128/12, qual seja: - O pagamento se refere a 40 ou 44 horas semanais, pois a resposta dada é de que os professores recebem R$=1.452,00 (um mil quatrocentos e cinquenta e dois reais); esse valor corresponde a que carga horária?</t>
   </si>
   <si>
     <t>6583</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6583/r0016512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6583/r0016512.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES a Direção da Associação de Pais e Amigos dos Excepcionais, que completou no dia 27 de abril quatro décadas de trabalhos prestados à pessoa com deficiência.</t>
   </si>
   <si>
     <t>6584</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6584/r0016612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6584/r0016612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES ao Senhor Seishi Yoshimura.</t>
   </si>
   <si>
     <t>6585</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6585/r0016712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6585/r0016712.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, informações sobre os aparelhos de Ultrassom, Mamógrafo, Tomógrafo, Aparelhos de Litotripsia, Endoscopia e para o Exame de Colonoscopia da Empresa Municipal de Saúde.</t>
   </si>
   <si>
     <t>6586</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6586/r0016812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6586/r0016812.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Osvaldo Pedro de Araújo, ocorrido em 29 de abril de 2012.</t>
   </si>
   <si>
     <t>6587</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6587/r0016912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6587/r0016912.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Secundo Gomes da Rocha, ocorrido em 28 de abril de 2012.</t>
   </si>
   <si>
     <t>6588</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6588/r0017012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6588/r0017012.pdf</t>
   </si>
   <si>
     <t>Requeiro nos termos do regimento interno dessa Egrégia Casa de Leis, seja enviado oficio ao Governador do Estado, Dr. Geraldo Alckmin, nos seguintes termos: tendo em vista a ocorrência de inúmeros acidentes na Rodovia Comandante João Ribeiro de Barros (SP 294), inclusive no trecho compreendido pela cidade de Dracena, solicitamos o envio de informações acerca de quando será realizada a duplicação da Referida Rodovia.</t>
   </si>
   <si>
     <t>6589</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6589/r0017112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6589/r0017112.pdf</t>
   </si>
   <si>
     <t>Requeiro, nos termos do Regimento Interno dessa Egrégia Casa de Leis, seja enviado oficio ao Senhor Secretário de Segurança Pública do Estado de São Paulo e ao Deputado Estadual Mauro Bragato, solicitando apoio dos mesmos para o retorno dos seviços de atendimento de emergência e urgência, através da central telefônica 190 e 193 que em dias atuais não estão mais em funcionamento na cidade de Dracena, sendo que referido serviço foi deslocado para a cidade de Presidente Prudente.</t>
   </si>
   <si>
     <t>6590</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6590/r0017212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6590/r0017212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Idalina Rossi Dias, ocorrido em 1º de maio de 2012.</t>
   </si>
   <si>
     <t>23400</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23400/r0017312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23400/r0017312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de  acordo com o Regimento Interno desta Egré-gia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Os-mar Casotti, ocorrido em 30 de abril de 2012._x000D_
 Requeiro ainda o envio de ofício à família enlutada, dando conhecimento desse ato do Poder Legislativo.</t>
   </si>
   <si>
     <t>6600</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6600/r0017412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6600/r0017412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Sandra Cristina Lima Lopes, ocorrido em 04 de maio de 2012.</t>
   </si>
   <si>
     <t>6601</t>
   </si>
   <si>
     <t>Ademir Ussifatti, Claudinei Millan Pessoa, Francisco Eduardo Aniceto Rossi, José Antonio Pedretti, Juliano Brito Bertolini, Milton Polon, Nelson Nabor Buzinaro, Pedro Trabuco</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6601/r0017512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6601/r0017512.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 049/2012, de 26 de abril de 2012, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo de ceder mediante autorização de uso, o uso de imóvel público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>6602</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6602/r0017612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6602/r0017612.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 050/2012, de 27 de abril de 2012, de autoria do Poder Executivo, que concede subvenção à Entidade que especifica. (subvenção a Instituição Novo Amanhecer)</t>
   </si>
   <si>
     <t>6603</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6603/r0017712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6603/r0017712.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 051/2012, de 27 de abril de 2012, de autoria do Poder Executivo, que Dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no valor de R$=4.000,00 (quatro mil reais), destinado a atender despesa com transferência de recursos a Instituição Novo Amanhecer.</t>
   </si>
   <si>
     <t>6612</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6612/r0017812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6612/r0017812.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Nelson Puente, ocorrido em 07 de maio de 2012.</t>
   </si>
   <si>
     <t>6613</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6613/r0017912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6613/r0017912.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Cândido da Costa Filho, ocorrido em 09 de maio de 2012.</t>
   </si>
   <si>
     <t>6614</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6614/r0018012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6614/r0018012.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1 - Quantos contratos foram firmados entre a Prefeitura e a Empresa DEMOP Participações Ltda.? 2 - Se os contratos já foram executados, informar a data dos pagamentos dos referidos seviços? 3 - Informar se tais seviços foram feitos por dotações com recursos próprios ou por emendas parlamentares? 4 - Se por emendas parlamentares, quem foi o autor das emendas? 5 - Informara se tais recursos (se emendas) já foi cumprida e creditada a Prefeitura Municipal?</t>
   </si>
   <si>
     <t>6615</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6615/r0018112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6615/r0018112.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Egydio Russo, ocorrido em 12 de maio de 2012.</t>
   </si>
   <si>
     <t>6616</t>
   </si>
   <si>
     <t>Claudinei Millan Pessoa, Francisco Eduardo Aniceto Rossi, José Antonio Pedretti, Juliano Brito Bertolini, Milton Polon, Nelson Nabor Buzinaro, Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6616/r0018212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6616/r0018212.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Jovem Débora Cristiane Batista, ocorrido em 12 de maio de 2012.</t>
   </si>
   <si>
     <t>6617</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6617/r0018312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6617/r0018312.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Jovem Michele de Souza Rugani Andrêo, ocorrido em 12 de maio de 2012.</t>
   </si>
   <si>
     <t>6618</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6618/r0018412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6618/r0018412.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Jovem Jean César Prudente de Oliveira Andrêo, ocorrido em 12 de maio de 2012.</t>
   </si>
   <si>
     <t>6619</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6619/r0018512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6619/r0018512.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Teodorico dos Santos, ocorrido em 12 de maio de 2012.</t>
   </si>
   <si>
     <t>6620</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6620/r0018612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6620/r0018612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações aos Atletas do Time Santos Futebol Clube, em especial o zagueiro dracenense e capitão do time,Edu Dracena, pela conquista do Tricampeonato Paulista, em partida realizada no dia 13 de maio de 2012 contra o Guarani de Campinas.</t>
   </si>
   <si>
     <t>6621</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6621/r0018712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6621/r0018712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, informações sobre o atendimento da Indicação n.º 286/11, pela qual foi solicitado a instalação de um semáforo na Rua Adolfo Cavalhieri confluência com a Avenida José Bonifácio.</t>
   </si>
   <si>
     <t>6622</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6622/r0018812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6622/r0018812.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 53, de 07/05/2012, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente (crédito no valor de R$=30.000,00 - trinta mil reais, destinado a transferência financeira a AVAPAC - Associação de voluntários de Apoio ao Paciente de Câncer).</t>
   </si>
   <si>
     <t>6623</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6623/r0018912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6623/r0018912.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 54, de 07/05/2012, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente (crédito no valor de R$=25.000,00 - vinte e cinco mil reais, destinado a transferência financeira a FUNDEC).</t>
   </si>
   <si>
     <t>6624</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6624/r0019012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6624/r0019012.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 56, de 09/05/2012, de autoria do Poder Executivo, que autoriza o Poder Executivo a celebrar convênio com a Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena para prestação de seviços médicos hospitalares e ambulatoriais pela sistemática de referência e contra-referências do SUS e dá outras providências.</t>
   </si>
   <si>
     <t>6625</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6625/r0019112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6625/r0019112.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 57, de 09/05/2012, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional especial no orçamento vigente (crédito no valor de R$=89.000,00 - oitenta e nove mil reais, destinado a transferência financeira destinada a auxilio na manutenção de entidades - APAE - Associação de Pais e Amigos dos Excepcionais, no valor de R$=43.000,00 - quarenta e três mil reais; e a Casa dos Velhos de Dracena, no valor de R$=46.000,00 - quarenta e seis mil reais).</t>
   </si>
   <si>
     <t>6626</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6626/r0019212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6626/r0019212.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 60, de 14/05/2012, de autoria do Poder Executivo, que Concede subvenção a entidades que especifica (Associação de Voluntários de Apoio ao Paciente com Câncer, no valor de até R$30.000,00; Fundação Dracenense de Educação e Cultura, no valor de até R$25.000,00; Irmandade da Santa Casa de Misericórdia e Maternidade de Dracena, no valor de até R$12.220,00; Associação de Pais e Amigos dos Excepcionais de Dracena, no valor de até R$43.000,00; e Obra Unida Sociedade São Vicente de Paulo - Casa dos velhos, no valor de até R$46.000,00).</t>
   </si>
   <si>
     <t>6627</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6627/r0019312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6627/r0019312.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 60, de 14/05/2012, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para celebrar convênio com o Estado de São Paulo, através da Secretaria de Segurança Pública, visando o exercício de atividade delegada pelo Município de Dracena a policiais militares, bem como sobre a criação de gratificação a ser paga pelo desempenho da atividade delegada e dá outras providências.</t>
   </si>
   <si>
     <t>6628</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6628/r0019412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6628/r0019412.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES ao Reverendí­ssimo Frei Flávio Gandelini, Pároco do Santuário Nossa Senhora de Fátima de Dracena.</t>
   </si>
   <si>
     <t>6629</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6629/r0019512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6629/r0019512.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES ao  Reverendíssimo Frei Flávio Gandelini,  Pároco do Santuá-rio Nossa Senhora de Fátima de Dracena. No  dia dedicado a Nossa Senhora de Fátima, 13 de maio, e também o dia das mães, foi marcado por uma grandiosa festa,  no Santuário Nossa Senhora de Fátima em Dracena, com a realização das Santas Missas às 7:00, 10:00, 12:00 horas, Presididas pelos Freis Alberto Pegoraro, Eraldo Bortoletto, Flávio A. Gambelini respectivamente. Às 19:30 horas a Santa Missa foi Presidida pelo Frei Flávio Antonio Gambelini, com a participação dos Freis:  Freis Alberto Pegoraro,  Eraldo Bortoletto, José Luis Viana, Maurício José Silva dos Anjos e  Clóvis Barbosa, bem como toda comunidade dracenense, encerrando as comemorações com a Coroação da Virgem de Fátima pelas crianças comunidade.  A programação contou com atividades celebradas entre os dias 04 e 13 de maio, a novena, Santas Missas, passeio ciclistico, grandiosa quermesse e a festa em honra à padroeira. Requeremos, ainda, que depois de aprovada a matéria, seja oficiado ao Frei Flávio Gandelini, dando conhecimento desse ato do Poder Legislativo.</t>
   </si>
   <si>
     <t>6630</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6630/r0019612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6630/r0019612.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1. Há previsão para pintar a faixa de pedestres no semáforo do Jardim Brasilândia? 2. Está faltando material para a pintura da faixa ou os seviços serão terceirizados? Esse é um pedido que vem sendo feito por este vereador, atendendo aos reclames dos moradores. Requeiro ainda, no mesmos termos, quando será feita a sinalização de trânsito no Loteamento Frei Moacir III. Reivindicação também antiga e até o momento nada foi feito.</t>
   </si>
   <si>
     <t>6631</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6631/r0019712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6631/r0019712.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Alaor Pereira Rosa, ocorrido em 19 de maio de 2012.</t>
   </si>
   <si>
     <t>6632</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6632/r0019812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6632/r0019812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1º A administração está sabendo do estado precário da Creche Balão Mágico no Bairro Santa Clara 2 - Já existe planejamento para o inicio das obras de reformas ou de construção de um prédio para abrigar a creche?</t>
   </si>
   <si>
     <t>6633</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6633/r0019912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6633/r0019912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador se já existe prazo para o inicio das obras de iluminação do Trevo da Unesp. Isto porque numa conversa informal, durante a inauguração da Creche do Idoso no Centro Social Urbano, o Dr. João Augusto Ribeiro do DER informou que os postes já foram disponibilizados para tanto.</t>
   </si>
   <si>
     <t>6634</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6634/r0020012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6634/r0020012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES a Segunda Igreja Presbiteriana de Dracena, por seus integrantes, pelo aniversário do segundo ano de fundação e organização em nosso município.</t>
   </si>
   <si>
     <t>6638</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6638/r0020112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6638/r0020112.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Irene Fernandes Trindade, ocorrido em 20 de maio de 2012.</t>
   </si>
   <si>
     <t>6639</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6639/r0020212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6639/r0020212.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 62, de 09/05/2012, de autoria do Poder Executivo, que concede subvenção à Entidade que especifica. (subvenção a Associação Dracenense de karatê - Shuren Kan)</t>
   </si>
   <si>
     <t>6640</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6640/r0020312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6640/r0020312.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 63, de 09/05/2012, de autoria do Poder Executivo, que dispõe sobre alteração no artigo 1º da Lei Municipal n.º 3748, de 04 de março de 2010.</t>
   </si>
   <si>
     <t>6641</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6641/r0020412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6641/r0020412.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 61, de 09/05/2012, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para adquirir por desapropriação amigável ou judicial, área de terra que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>6642</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6642/r0020512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6642/r0020512.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Nelson de Souza, ocorrido em 22 de maio de 2012.</t>
   </si>
   <si>
     <t>6643</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6643/r0020612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6643/r0020612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Marcilio Vicentin, ocorrido em 22 de maio de 2012.</t>
   </si>
   <si>
     <t>6644</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6644/r0020712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6644/r0020712.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Aparecido Moreira de Santiago, ocorrido em 22 de maio de 2012.</t>
   </si>
   <si>
     <t>6645</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6645/r0020812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6645/r0020812.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador se os documentos necessários para o convênio com a Policia Militar para a realização de Atividade Delegada no município e que o prazo para tanto é até 30/06/2012, em razão do período eleitoral.</t>
   </si>
   <si>
     <t>6646</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6646/r0020912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6646/r0020912.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao Senhor Célio Rejani - Prefeito Municipal e a Senhora Irmes Roque Mattara - Secretária Municipal de Educação e ao Presidente do Conjunto Habitacional Emilio Zanatta, pela inauguração da Escola Municipal de Educação Infantil Cantiga de Ninar.</t>
   </si>
   <si>
     <t>6647</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6647/r0021012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6647/r0021012.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador qual a previsão para a realização do perfilamento no Bairro Jardim das Nações.</t>
   </si>
   <si>
     <t>6648</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6648/r0021112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6648/r0021112.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador quantos são os munícipes que estão inadimplentes (judicialmente) em relação ao impostos IPTU, quer seja residencial, comercial ou de terreno.</t>
   </si>
   <si>
     <t>6649</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6649/r0021212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6649/r0021212.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1)º Existe a previsão de quando serão iniciadas as obras de pavimentação asfáltica na Rua Aristides Zanoni, localizada no Jardim das Palmeiras I? Em caso negativo, justificar o motivo, tendo em vista que a reivindicação já tramita nesse Executivo há anos. 2)º O Município recebeu alguma verba por meio de Emenda Parlamentar destinada à recuperação do trecho supramencionado?</t>
   </si>
   <si>
     <t>6650</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6650/r0021312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6650/r0021312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Olivia Sonigo Valeta, ocorrido em 25 de maio de 2012.</t>
   </si>
   <si>
     <t>6651</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6651/r0021412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6651/r0021412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao integrantes do Lions Clube Dracena Cinquentenário e à Secretaria Municipal de Agricultura pela campanha de coleta de lixo eletrônico realizada no último sábado.</t>
   </si>
   <si>
     <t>6668</t>
   </si>
   <si>
     <t>Claudinei Millan Pessoa, Milton Polon, Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6668/r0021512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6668/r0021512.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Ana Mochiuti Mendes, ocorrido em 28 de maio de 2012.</t>
   </si>
   <si>
     <t>6669</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6669/r0021612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6669/r0021612.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1. Existem estudos para mudança no horário de funcionamento das creches para dois turnos? 2 . Em caso afirmativo, a mudança será para este ano, ou para quando?</t>
   </si>
   <si>
     <t>6670</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6670/r0021712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6670/r0021712.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Jorge Maluli Neto.</t>
   </si>
   <si>
     <t>6671</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6671/r0021812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6671/r0021812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1. Existe uma programação para pagamento das licenças-prêmios dos funcionários que estão vencendo este ano? 2 . Vai ser paga por etapa e por setor? Justificar.</t>
   </si>
   <si>
     <t>6672</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6672/r0021912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6672/r0021912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1. Como ficou o acordo entre o Prefeito, o Secretário de Obras, João da Silva, e o proprietário da chácara dos fundos do Conjunto Habitacional Emilio Zanatta por onde escoa toda a água pluvial do bairro? 2. A municipalidade se responsabilizou por colocar tubos no local? Em caso afirmativo quais são as medidas que estão sendo tomada e para quando?</t>
   </si>
   <si>
     <t>6673</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6673/r0022012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6673/r0022012.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o porquê não foram colocados tubos na Rodovia Byron de Azevedo Nogueira, na chácara ao lado do lixão.</t>
   </si>
   <si>
     <t>6674</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6674/r0022112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6674/r0022112.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, informações sobre a construção de mais bocas-de-lobo na Rua Fortaleza esquina com a Rua Vitória, para suportar as águas pluviais.</t>
   </si>
   <si>
     <t>6675</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6675/r0022212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6675/r0022212.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que se instale um redutor de velocidade na Rua Antonio Rodrigues de Barros, altura do n.º 855.</t>
   </si>
   <si>
     <t>6676</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6676/r0022312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6676/r0022312.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1. Há previsão para a instalação dos tubos na Rua Pernambuco ao lado da Av. Alcides Chacon Couto?</t>
   </si>
   <si>
     <t>6677</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6677/r0022412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6677/r0022412.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: 1. Há possibilidade de aumentar o valor do Cartão Alimentação para no mí­nimo duzentos reais ou mais?</t>
   </si>
   <si>
     <t>6678</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6678/r0022512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6678/r0022512.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao Pastor Valmir Martins e a todos os membros da Igreja Batista Boas Novas pela inauguração do novo Templo IBBN/AABN, localizado na Rua Tocantins, n.º 21 - com Maracaju e 08 de Dezembro, no Jardim America e Jardim Vera Cruz.</t>
   </si>
   <si>
     <t>6679</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6679/r0022612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6679/r0022612.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue, com relação a construção das dezenove casas no Parque do Bosque: 1. Já foi realizado o processo licitatório para a construção das referidas casas? 2. Em caso afirmativo, quais as empresas participantes? 3. Qual a empresa vencedora do certame?</t>
   </si>
   <si>
     <t>6680</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6680/r0022712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6680/r0022712.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Waldemar Augusto Alves, ocorrido em 03 de junho de 2012.</t>
   </si>
   <si>
     <t>6681</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6681/r0022812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6681/r0022812.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor João Fernando Figueiredo, ocorrido em 02 de junho de 2012.</t>
   </si>
   <si>
     <t>6682</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6682/r0022912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6682/r0022912.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Setyko Watanabe Miyashiro, ocorrido em 02 de junho de 2012.</t>
   </si>
   <si>
     <t>6683</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6683/r0023012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6683/r0023012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Eufrasio Gomes de Oliveira, ocorrido em 31 de maio de 2012.</t>
   </si>
   <si>
     <t>6684</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6684/r0023112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6684/r0023112.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Lordovaldo Finoti, ocorrido em 31 de maio de 2012.</t>
   </si>
   <si>
     <t>6685</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6685/r0023212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6685/r0023212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Odí­lia Rosa da Silva Correia, ocorrido em 31 de maio de 2012.</t>
   </si>
   <si>
     <t>6686</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6686/r0023312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6686/r0023312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações a Senhora Cleusa Cavalari Storto, eleita presidente da Associação Bancária de Dracena - ABD, em eleição realizada no dia 03.06.2012.</t>
   </si>
   <si>
     <t>6687</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6687/r0023412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6687/r0023412.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre a aguardada pavimentação asfáltica Rua Cruzeiro do Sul, no trecho compreendido entre a Rua Independência e a Vicinal Byron de Azevedo Nogueira, que passa atrás do Clube ABD, nas proximidades do CESD - Centro de Ensino Superior.</t>
   </si>
   <si>
     <t>6688</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6688/r0023512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6688/r0023512.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que informe a esse vereador o que segue: Há previsão para reformas do campo de bocha localizado nas dependências do Centro Social Urbano - CSU, uma vez que o local necessita de pintura e de algumas adequações.</t>
   </si>
   <si>
     <t>6689</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6689/r0023612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6689/r0023612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações a Senhora Irmes Moreno Roque Mattara, DD. Secretária Municipal da Educação, pela realização Eco-Educação/2012, nos dias 04,05 e 06 de junho, nas dependências do Galpão, localizado no Recinto de Exposições "Aldo Leopoldo Rosseto".</t>
   </si>
   <si>
     <t>6690</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6690/r0023712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6690/r0023712.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, informações sobre o contrato firmado entre a Prefeitura Municipal e a Empresa Cochito &amp; Ferrari Ltda., sob n.º 791/11, de 27/09/2011.</t>
   </si>
   <si>
     <t>6691</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6691/r0023812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6691/r0023812.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Josefa Moreira do Nascimento, ocorrido em 06 de junho de 2012.</t>
   </si>
   <si>
     <t>6692</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6692/r0023912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6692/r0023912.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Sebastião Prates do Nascimento, ocorrido em 09 de junho de 2012.</t>
   </si>
   <si>
     <t>6693</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6693/r0024012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6693/r0024012.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Senhor Prefeito, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que, através do órgão responsável, nos intere por meio de relatório que correlacione unidades educacionais da cidade com o número de professores e de alunosº sobre a atual estrutura da rede municipal de ensino, bem como, sobre as eventuais adequações realizadas, ou necessárias, para adequar essa estrutura com a lei do piso nacional do professor.</t>
   </si>
   <si>
     <t>6694</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6694/r0024112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6694/r0024112.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao Pastor Gilberto de Carvalho, que assumiu a Igreja Assembléia de Deus - Ministério de Belém, localizada no Bairro Tonico André.</t>
   </si>
   <si>
     <t>6696</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6696/r0024212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6696/r0024212.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 72/12, de 6.6.2012, que dispõe sobre alteração na Lei Municipal n.º 3052, de 25 de março de 2002.</t>
   </si>
   <si>
     <t>6699</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6699/r0024312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6699/r0024312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Mauro Marques de Oliveira, ocorrido em 12 de junho de 2012.</t>
   </si>
   <si>
     <t>6700</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6700/r0024412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6700/r0024412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhora Mercedes dos Santos Cansolini, ocorrido em 11 de junho de 2012.</t>
   </si>
   <si>
     <t>6701</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6701/r0024512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6701/r0024512.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhora Ilda Pinto Padilha, ocorrido em 12 de junho de 2012.</t>
   </si>
   <si>
     <t>6702</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6702/r0024612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6702/r0024612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao judoca dracenense, Sr. Márcio Cavinatti, Medalha de Prata, no Campeonato Paulista de Judô, realizado na cidade de Amparo.</t>
   </si>
   <si>
     <t>6703</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6703/r0024712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6703/r0024712.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações aos alunos do 5º ano do Colégio Objetivo pela realização da coleta de materiais recicláveis na Praça Arthur Pagnozzi, no dia 12/06.</t>
   </si>
   <si>
     <t>6704</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6704/r0024812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6704/r0024812.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhora Luzia Garcia Luques Real, ocorrido em 13 de junho de 2012.</t>
   </si>
   <si>
     <t>6705</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6705/r0024912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6705/r0024912.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao Pároco da Igreja Matriz Nossa Senhora Aparecida, Frei Alberto Pegoraro, pelas reformas gerais que vêm sendo realizadas na Igreja, interna e externamente, inclusive com a troca do telhado.</t>
   </si>
   <si>
     <t>6706</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6706/r0025012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6706/r0025012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao Exmo. Sr. Deputado Estadual Reinaldo Alguz (PV) pela intermediação polí­tica realizada junto ao Governo Federal, por meio do Ministério da Saúde, com o objetivo de atender a reivindicação desse Vereador que apresentou pedido para a conquista de uma UPA 24 HORAS para o Município.</t>
   </si>
   <si>
     <t>6707</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6707/r0025112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6707/r0025112.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao Exmo. Sr. Ministro da Saúde, Dr. Alexandre Rocha Padilha, pela liberação por intermédio do Governo Federal, com o objetivo de atender a reivindicação desse Vereador que apresentou pedido para a conquista de uma UPA 24 HORAS para o Município.</t>
   </si>
   <si>
     <t>6708</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6708/r0025212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6708/r0025212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o envio de ofí­cio seja enviado oficio ao Partido dos Trabalhadores (PT) do Município de Dracena, na pessoa de sua presidenta Célia Brandani, comunicando a liberação ocorrida por intermédio do Governo Federal, com o objetivo de atender a reivindicação desse Vereador que apresentou pedido para a conquista de uma UPA 24 HORAS para o Município.</t>
   </si>
   <si>
     <t>6712</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6712/r0025312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6712/r0025312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Waldomiro Bianchi, ocorrido em 21 de junho de 2012.</t>
   </si>
   <si>
     <t>6713</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6713/r0025412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6713/r0025412.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações: 1 - Qual empresa realizou as obras de recapeamento asfáltico da Avenida Presidente Roosevelt? 2 - Qual o valor do recapeamento? 3 - Quantos anos de garantia tem os seviços? 4 - Que tipo de garantia foi dado pela empresa sobre os seviços realizados?</t>
   </si>
   <si>
     <t>6714</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6714/r0025512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6714/r0025512.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, as seguintes informações sobre a Rua Palmira Reigota Stelatto, localizada no Conjunto habitacional Emí­lio Zanatta.</t>
   </si>
   <si>
     <t>6716</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6716/r0025612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6716/r0025612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações à Direção da Unesp de Dracena, através do Professor Dr. Mário de Beni Arrigoni, coordenador executivo do Campus experimental de Dracena, e Dr. Paulo Alexandre Monteiro, vice-coordenador executivo, pela implantação do curso de Engenharia Agronômica.</t>
   </si>
   <si>
     <t>6715</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Francisco Eduardo Aniceto Rossi, Nelson Nabor Buzinaro</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6715/r0025712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6715/r0025712.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações ao gerente dos Correios de Dracena, Sr. Sérgio Féboli, pela reinauguração da a agencia na sexta-feira, dia 22, após ampla reforma do prédio.</t>
   </si>
   <si>
     <t>6717</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6717/r0025812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6717/r0025812.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações aos Senhor Célio Rejani, Prefeito; Ricardo Henrique Camuci, Secretário de Esportes; Edson Hissatomi Kai, Presidente do Comitê e demais membros da Comissão Organizadora do 56º Jogos Regionais, realizados entre 04 a 14 de Julho de 2012, no Município de Dracena.</t>
   </si>
   <si>
     <t>6718</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6718/r0025912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6718/r0025912.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Alcides de Souza Santana, ocorrido em 29 de julho de 2012.</t>
   </si>
   <si>
     <t>6719</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6719/r0026012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6719/r0026012.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador se há previsão para a conclusão da parte restante do muro do cemitério, pois o local está aberto, o que facilita a ação de vândalos.</t>
   </si>
   <si>
     <t>6720</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6720/r0026112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6720/r0026112.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Paulo Henrique do Nascimento, ocorrido em 05 de agosto de 2012.</t>
   </si>
   <si>
     <t>6721</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6721/r0026212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6721/r0026212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Sebastião Lecore, ocorrido em 04 de agosto de 2012.</t>
   </si>
   <si>
     <t>6722</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6722/r0026312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6722/r0026312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Francisca Alves da Silva (popular Chica), ocorrido em 05 de agosto de 2012.</t>
   </si>
   <si>
     <t>6749</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6749/r0026412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6749/r0026412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Alba Bellazi Marques, ocorrido em 06 de agosto de 2012.</t>
   </si>
   <si>
     <t>6750</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6750/r0026512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6750/r0026512.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Sinezio Antonio dos Santos, ocorrido em 08 de agosto de 2012.</t>
   </si>
   <si>
     <t>6751</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6751/r0026612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6751/r0026612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Elba Carnelos Garcia, ocorrido em 08 de agosto de 2012.</t>
   </si>
   <si>
     <t>6752</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6752/r0026712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6752/r0026712.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador quando serão iniciadas as obras da Lagoa de Tratamento dos Distritos de Jamaica e Jaciporã.</t>
   </si>
   <si>
     <t>6753</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6753/r0026812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6753/r0026812.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que envie ofí­cio ao Senhor Edson Giriboni, Secretario de Saneamento e Recursos Hí­dricos, para agilizar a liberação de recursos financeiros a fim de serem destinados à construção de galerias de águas pluviais, no trecho entre a Rua Vendramin e a Estrada Vicinal Carlos Roberto Torquatto.</t>
   </si>
   <si>
     <t>6754</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6754/r0026912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6754/r0026912.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que envie a esse vereador cópia do Projeto elaborado pela empresa contratada, conforme contrato EG 296/12, de 25 de junho de 2012, bem como as planilhas de custos dos seviços.</t>
   </si>
   <si>
     <t>6755</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6755/r0027012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6755/r0027012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, que seja registrado em Ata dos trabalhos camarários desta data, Votos de Congratulações ao Senhor Eduardo Reis Alves, proprietário da FARMAIS, farmácia que completou 15 anos de atividades em Dracena.</t>
   </si>
   <si>
     <t>6756</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6756/r0027112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6756/r0027112.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, que seja registrado em Ata dos trabalhos camarários desta data, Votos de Congratulações ao Senhor Eduardo Reis Alves, proprietário da FAR-MAIS, farmácia que completou 15 anos de atividades em Dracena no dia 08. A data foi comemorada com os clientes e amigos durante todo o dia. A Câmara Municipal de Dracena cumprimenta e parabeniza o proprietário e os funcionários, que atendem a todos  com simpatia e dedica-ção, oferecendo aos clientes uma grande variedade de produtos. Requeiro ainda que depois de aprovada esta matéria seja oficiado  ao Sr. Eduardo Reis Alves, dando conhecimento desse ato do Poder Legislati-vo.</t>
   </si>
   <si>
     <t>6757</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6757/r0027212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6757/r0027212.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, seja oficiado ao Poder Executivo, para que através da Secretaria competente, nos preste as seguintes informações: 1º Quantas nascentes existem atualmente no território de nosso Município? 2º Quais projetos e/ou programas de manutenção e recuperação ambiental que a municipalidade está desenvolvendo nessas nascentes?</t>
   </si>
   <si>
     <t>6758</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6758/r0027312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6758/r0027312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES ao Senhor Frederico Marquezim Gonçalves, proprietário da Farmácia de Manipulação Erva Doce, inaugurada recentemente, na Rua Ipiranga, defronte ao AME.</t>
   </si>
   <si>
     <t>6759</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6759/r0027412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6759/r0027412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Nadyr Guimarães de Oliveira, ocorrido em 12 de agosto de 2012.</t>
   </si>
   <si>
     <t>6760</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6760/r0027512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6760/r0027512.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que seja consignado em Ata dos trabalhos desta Sessão, VOTOS DE CONGRATULAÇÕES ao Senhor Valdemir Storto, proprietário da Loja Valmac, situada na Avenida José Bonifácio, 2049, que recentemente promoveu a modernização das instalações da loja.</t>
   </si>
   <si>
     <t>6761</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6761/r0027612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6761/r0027612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que seja consignado em Ata dos trabalhos desta Sessão, VOTOS DE CONGRATULAÇÕES à jovem dracenense Maria Isabela Crociolli, por participar do concurso Miss São Paulo, edição 2012, concorrendo com mais 29 candidatas, na noite de 11 de agosto de 2012.</t>
   </si>
   <si>
     <t>6764</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6764/r0027712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6764/r0027712.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que seja consignado em Ata dos trabalhos desta Sessão, VOTOS DE CONGRATULAÇÕES a todos os corretores de imóveis de Dracena, que comemorará no dia 27 de agosto o Dia do Corretor de Imóveis .</t>
   </si>
   <si>
     <t>6765</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6765/r0027812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6765/r0027812.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Mauro Leandro, ocorrido em 13 de agosto de 2012.</t>
   </si>
   <si>
     <t>6766</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6766/r0027912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6766/r0027912.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Robson Buglia de Oliveira, ocorrido em 13 de agosto de 2012.</t>
   </si>
   <si>
     <t>6767</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6767/r0028012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6767/r0028012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Catharina Fiasqui Valeta, ocorrido em 14 de agosto de 2012.</t>
   </si>
   <si>
     <t>6768</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6768/r0028112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6768/r0028112.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador quando vão ser colocadas as placas na rotatória "Erandy Jorge Beretta", do Conjunto Habitacional Emilio Zanatta, e no Coreto "Laudelino Ferrari", localizado na Praça Arthur Pagnozzi.</t>
   </si>
   <si>
     <t>6769</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6769/r0028212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6769/r0028212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que seja consignado em Ata dos trabalhos desta Sessão, VOTOS DE CONGRATULAÇÕES ao Senhor Sérgio Manoel, reeleito Presidente do Sindicato dos Empregados no Comércio de Dracena e Região, extensivo aos demais membros da diretoria.</t>
   </si>
   <si>
     <t>6770</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6770/r0028312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6770/r0028312.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que encaminhe a esse vereador cópia da nota fiscal da empresa contratada para prestar seviços de divulgação de atos e decretos bem como cópia de comprovante de pagamento de matéria veiculada em 29/07/2012 paginas 14 e 15.</t>
   </si>
   <si>
     <t>6771</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6771/r0028412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6771/r0028412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que seja consignado em Ata dos trabalhos desta Sessão, VOTOS DE CONGRATULAÇÕES ao 1º Sargento Douglas Emerson Dias dos Santos e aos 49 atiradores do TG de Dracena. Os jovens foram submetidos a inspeção e receberam nota 9,4 com conceito excelente do coronel Luiz Aragão, chefe da seção de Tiros de Guerras do Estado de São Paulo com sede na capital paulista.</t>
   </si>
   <si>
     <t>6772</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6772/r0028512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6772/r0028512.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Pinheiro de Azevedo, ocorrido em 19 de agosto de 2012.</t>
   </si>
   <si>
     <t>6773</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6773/r0028612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6773/r0028612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Cleuza de Barros dos Anjos, ocorrido em 19 de agosto de 2012.</t>
   </si>
   <si>
     <t>6781</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Pedro Trabuco, Ademir Ussifatti, Claudinei Millan Pessoa, Francisco Eduardo Aniceto Rossi, José Antonio Pedretti, Juliano Brito Bertolini, Milton Polon, Nelson Nabor Buzinaro, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6781/r0028712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6781/r0028712.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que seja consignado em Ata dos trabalhos desta Sessão, VOTOS DE CONGRATULAÇÕES a Senhora Maria do Carmo Braga Andrade, pelo excelente trabalho desenvolvido em prol da população do Jardim Brasilândia, quando funcionária (técnico de enfermagem) no Posto de Saúde Dra. Irene Hiroko Kato.</t>
   </si>
   <si>
     <t>6782</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6782/r0028812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6782/r0028812.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio José Martins, ocorrido em 12 de agosto de 2012.</t>
   </si>
   <si>
     <t>6783</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6783/r0028912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6783/r0028912.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que seja consignado em Ata dos trabalhos desta Sessão, VOTOS DE CONGRATULAÇÕES ao Proprietário da Ótica Hora Certa, inaugurada no dia 23 de agosto, na Avenida Presidente Roosevelt, 787.</t>
   </si>
   <si>
     <t>6784</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6784/r0029012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6784/r0029012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Valeta, ocorrido em 22 de agosto de 2012.</t>
   </si>
   <si>
     <t>6785</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6785/r0029112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6785/r0029112.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que seja consignado em Ata dos trabalhos desta Sessão, VOTOS DE CONGRATULAÇÕES ao Sr. Cristiano Junqueira, instrutor de armamento e tiro credenciado, pela conquista de seis medalhas no Campeonato Regional de Tiro Esportivo, realizado no Clube do Tito da Propoint de Birigui.</t>
   </si>
   <si>
     <t>6786</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6786/r0029212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6786/r0029212.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, de acordo com o artigo 165, § único do Regimento Interno, PEDIDO DE VISTA por até 10 dias ao Projeto de Lei n.º 100/12, de 7.8.2012</t>
   </si>
   <si>
     <t>6787</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6787/r0029312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6787/r0029312.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES aos Diretores da APCD - Associação Paulista de Cirurgião Dentista, que conta com sede própria para melhor atender seus associados de Dracena e região.</t>
   </si>
   <si>
     <t>6788</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6788/r0029412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6788/r0029412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em Ata desta Sessão de Votos de Congratulações ao Sargento Nelson Watanabe, por ter alcançado o beneficio da aposentadoria.</t>
   </si>
   <si>
     <t>6789</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6789/r0029512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6789/r0029512.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que encaminhe a esse vereador o que segue: 1. Cópia do relatório elaborado pelo setor de vigilância Sanitária que consta a necessidade da reforma do prédio do Posto de Saúde do Distrito de Jamaica. 2. O Poder Público já locou um imóvel no Distrito para abrigar temporariamente o Posto de Saúde, enquanto o prédio passa pelas necessárias reformas? 3. Quais as reais providências que foram tomadas até a presente data?</t>
   </si>
   <si>
     <t>6790</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6790/r0029612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6790/r0029612.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES pelos 40 anos de criação no Brasil da Igreja Evangélica "Luz do Mundo', que tem como Pastor em Dracena o Senhor Antonio Carlos David.</t>
   </si>
   <si>
     <t>6796</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6796/r0029712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6796/r0029712.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Orlando Padovan, ocorrido em 03 de setembro de 2012.</t>
   </si>
   <si>
     <t>6797</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6797/r0029812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6797/r0029812.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Francisco dos Santos, ocorrido em 05 de setembro de 2012.</t>
   </si>
   <si>
     <t>6798</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6798/r0029912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6798/r0029912.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, que seja consignado em Ata dos trabalhos desta Sessão, VOTOS DE CONGRATULAÇÕES aos responsáveis pelo Jornal Interativo", Senhores José Narciso da Conceição Gesteiro, Diretor; Valério Dantas, Jornalista Responsável; Vinicius Nenartavis e Eduardo Henrique Zanuto, Diagramadores.</t>
   </si>
   <si>
     <t>6799</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6799/r0030012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6799/r0030012.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que encaminhe a esse vereador o que segue: 1. Foi efetuado o pagamento à Empresa Zacarin Engenharia de Fundações S/S Ltda, objeto do contrato EG/296/12? 2. Reitero o envio a este Vereador de cópia do Projeto elaborado pela empresa acima mencionada, independentemente de aprovação ou não de órgãos governamentais? Tal solicitação deve-se ao fato de que a Prefeitura efetuou o contrato EG/420/12 de 20/08/12, de 20/08/12 com vigência até 31/12/12 com objeto de medição da referida obra bem como a sua fiscalização documental.</t>
   </si>
   <si>
     <t>6800</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6800/r0030112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6800/r0030112.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Armando Silva, ocorrido em 22 de setembro de 2012.</t>
   </si>
   <si>
     <t>6801</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6801/r0030212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6801/r0030212.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Cirlei Aparecida Rubira, ocorrido em 24 de agosto de 2012.</t>
   </si>
   <si>
     <t>6802</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6802/r0030312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6802/r0030312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, de acordo com o artigo 165, § único do Regimento Interno, PEDIDO DE VISTA por até 10 dias ao Projeto de Lei n.º 100/12, de 7.8.2012, de autoria do Poder Executivo, que altera os artigos 3º, 18 e o § 1º do artigo 23, inserindo neste último os §§ 4º e 5º, além de revogar o artigo 25, todos da Lei Municipal n.º 2448/93, que dispõe sobre a criação e implantação do Conselho Tutelar dos Direitos da Criança e do Adolescente, já alterada pelas Leis n.ºs 3127/02 e 3316/05 (O projeto altera vários artigos da mencionada Lei para adequação ao Estatuto da Criança e do Adolescente).</t>
   </si>
   <si>
     <t>6803</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6803/r0030412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6803/r0030412.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Eugenio Real, ocorrido em 08 de setembro de 2012.</t>
   </si>
   <si>
     <t>6804</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6804/r0030512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6804/r0030512.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Jovem Fabiano Henrique de Oliveira, ocorrido em 07 de setembro de 2012.</t>
   </si>
   <si>
     <t>6805</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6805/r0030612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6805/r0030612.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria Roza de Lima da Silva, ocorrido em 12 de setembro de 2012.</t>
   </si>
   <si>
     <t>6806</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6806/r0030712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6806/r0030712.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue: 1. Qual é a situação dos pacientes que já iniciaram tratamento na cidade de Cafelândia com profissional da especialidade de Otorrino? 2. A municipalidade já sabe com qual cidade fará novo convênio para que os pacientes de Dracena possam ser atendidos?</t>
   </si>
   <si>
     <t>6807</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6807/r0030812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6807/r0030812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador se a Empresa Municipal de àgua, Esgoto e Pavimentação - EMDAEP, já tem data programada para a realização do perfilamento das Ruas Gastão Vidigal e Stelio Machado Loureiro, localizadas no Jardim Santa Clara.</t>
   </si>
   <si>
     <t>6808</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6808/r0030912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6808/r0030912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador se a área de lazer existente no bairro Iandara foi contemplada com a benfeitoria de Academia ao Ar Livre.</t>
   </si>
   <si>
     <t>6809</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6809/r0031012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6809/r0031012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Sebastião Juvêncio, ocorrido em 13 de setembro de 2012.</t>
   </si>
   <si>
     <t>6810</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6810/r0031112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6810/r0031112.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue, com relação a Praça "Heróis Americanos", localizada no Distrito de Jamaica: 1. De quem é a responsabilidade de instalar a parte elétrica e a compra das luminárias? 2. De quem é o compromisso da confecção das guias internas? 3. De quem é o compromisso do plantio de gramas? 4. De quem é o compromisso do aterramento da parte interna e laterais das guias? 5. Qual é a previsão do termino da Obra?</t>
   </si>
   <si>
     <t>6811</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6811/r0031212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6811/r0031212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações aos Irmãos Troyano, pela comemoração dos 40 anos de atividades em nosso município.</t>
   </si>
   <si>
     <t>6812</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>Juliano Brito Bertolini, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6812/r0031312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6812/r0031312.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Dirce Alves Cardoso Chaves, ocorrido em 15 de setembro de 2012.</t>
   </si>
   <si>
     <t>6813</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6813/r0031412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6813/r0031412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações a Senhora Maura Gomes Salvador, que inaugurou recentemente uma lanchonete na rua Tancredo Aielo, no Distrito de Jaciporã.</t>
   </si>
   <si>
     <t>6818</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6818/r0031512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6818/r0031512.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador quais as providencias tomadas em relação a indicação n.º 198/12, que solicitava a sinalização no trevo do Conjunto Habitacional "Emilio Zanatta", e a construção de uma passarela para pedestre.</t>
   </si>
   <si>
     <t>6819</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>Claudinei Millan Pessoa, José Antonio Pedretti, Milton Polon, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6819/r0031612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6819/r0031612.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Maria José Gomes Bragatto, ocorrido em 19 de setembro de 2012.</t>
   </si>
   <si>
     <t>6820</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6820/r0031712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6820/r0031712.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Rita Andrade de Souza, ocorrido em 20 de setembro de 2012.</t>
   </si>
   <si>
     <t>6821</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>José Antonio Pedretti, Pedro Trabuco, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6821/r0031812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6821/r0031812.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Luzinete Duarte Ferreira, ocorrido em 20 de setembro de 2012.</t>
   </si>
   <si>
     <t>6822</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6822/r0031912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6822/r0031912.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Spigoti, ocorrido em 21 de setembro de 2012.</t>
   </si>
   <si>
     <t>6823</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6823/r0032012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6823/r0032012.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Luiz Troiano, ocorrido em 21 de setembro de 2012.</t>
   </si>
   <si>
     <t>6824</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6824/r0032112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6824/r0032112.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Marilena Galeti de Oliveira, ocorrido em 22 de setembro de 2012.</t>
   </si>
   <si>
     <t>6825</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6825/r0032212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6825/r0032212.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, o registro em ata dos trabalhos desta Sessão de Votos de Congratulações à Pousada Bom Samaritano, na pessoa de seu Presidente Senhor Antonio Botasso, pelo lançamento do 8º Leilão de Gado em prol da entidade.</t>
   </si>
   <si>
     <t>6831</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6831/r0032312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6831/r0032312.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador quantas macas e cadeiras de rodas existem no Centro de Saúde "Dr. Takashi Enokibara", à disposição da população.</t>
   </si>
   <si>
     <t>6832</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6832/r0032412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6832/r0032412.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, o registro em ata desta Sessão de VOTOS DE CONGRATULAÇÕES à AVAPAC - Associação de Voluntários de Apoio ao Paciente de Câncer, que completou 15 anos de existência em nosso município.</t>
   </si>
   <si>
     <t>6833</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6833/r0032512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6833/r0032512.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Olí­vio Zanata Senciato , ocorrido em 30 de setembro de 2012.</t>
   </si>
   <si>
     <t>6839</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6839/r0032612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6839/r0032612.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Gustavo Viriato Esteves, ocorrido em 28 de setembro de 2012.</t>
   </si>
   <si>
     <t>6843</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6843/r0032712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6843/r0032712.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Marcos de Souza, ocorrido em 08 de outubro de 2012.</t>
   </si>
   <si>
     <t>6844</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6844/r0032812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6844/r0032812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador se existe algum estudo para o atendimento da Indicação n.º 06, de 06/02/2012, que solicitava a transformação em Escola Municipal de Educação Infantil (EMEI) o prédio da EMEFI "Moacir Simard", especificamente a área que abrigava a Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>6845</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6845/r0032912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6845/r0032912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador se existe algum estudo para o atendimento da solicitação deste vereador em parceria com a Associação de Moradores do Conjunto Habitacional Emilio Zanatta para a construção de uma pista de caminhada nas proximidades da Academia ao ar livre e Creche "Arco Iris".</t>
   </si>
   <si>
     <t>6846</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6846/r0033012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6846/r0033012.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador qual o andamento junto ao governo do estado para a construção das lagoas de tratamento nos Distritos de Jamaica e Jaciporã.</t>
   </si>
   <si>
     <t>6847</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6847/r0033112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6847/r0033112.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador qual o andamento e planejamento junto a Secretaria de Estado da Habitação e a CDHU para a construção de casas populares, especificamente as 52 unidades do Distritos de Jamaica; 52 unidade no Distrito de Jaciporã; 328 unidades no Conjunto Habitacional Dorival Inocêncio; e as unidades do Conjunto Habitacional Paulo Vendramin.</t>
   </si>
   <si>
     <t>6848</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6848/r0033212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6848/r0033212.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Sebastião Saran, ocorrido em 13 de outubro de 2012.</t>
   </si>
   <si>
     <t>6849</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6849/r0033312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6849/r0033312.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Dolores Fernandes da Silva, ocorrido em 13 de outubro de 2012.</t>
   </si>
   <si>
     <t>6850</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6850/r0033412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6850/r0033412.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Rosina Mioti Chiari, ocorrido em 13 de outubro de 2012.</t>
   </si>
   <si>
     <t>6851</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6851/r0033512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6851/r0033512.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Valdemar Zaniboni, ocorrido em 14 de outubro de 2012.</t>
   </si>
   <si>
     <t>6852</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6852/r0033612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6852/r0033612.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Yvone Loquetti Damasceno, ocorrido em 14 de outubro de 2012.</t>
   </si>
   <si>
     <t>6853</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>Claudinei Millan Pessoa, Francisco Eduardo Aniceto Rossi, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6853/r0033712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6853/r0033712.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Moacyr Rodrigues de Barros, ocorrido em 12 de outubro de 2012.</t>
   </si>
   <si>
     <t>6854</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6854/r0033812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6854/r0033812.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Lucia Favero Cardozo Baione, ocorrido em 12 de outubro de 2012.</t>
   </si>
   <si>
     <t>6855</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>Claudinei Millan Pessoa, Milton Polon</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6855/r0033912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6855/r0033912.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Cobo, ocorrido em 11 de outubro de 2012.</t>
   </si>
   <si>
     <t>6856</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6856/r0034012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6856/r0034012.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Damázio Lima, ocorrido em 11 de outubro de 2012.</t>
   </si>
   <si>
     <t>6857</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6857/r0034112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6857/r0034112.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Elias Pereira, ocorrido em 14 de outubro de 2012.</t>
   </si>
   <si>
     <t>6858</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6858/r0034212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6858/r0034212.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Cilca Alves Fernandes, ocorrido em 15 de outubro de 2012.</t>
   </si>
   <si>
     <t>6863</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>Francisco Eduardo Aniceto Rossi, Rodrigo Castilho Soares</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6863/r0034312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6863/r0034312.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador qual é a data que o aparelho de ressonância magnética vai ser instalado e onde.</t>
   </si>
   <si>
     <t>6864</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6864/r0034412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6864/r0034412.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue: 1. Quantos cargos em comissão existem na administração atualmente? Discriminar: a) - Cargos por Secretaria e nome do servidor que o ocupa; b) - Cargos por empresa Municipal (EMDAEP e Empresa Municipal de Saúde) e nome do servidor que o ocupa. c) - Quantos são os servidores efetivos que ocupam cargos em comissão? Relacionar o nome do servidor, o cargo que ocupa e a Secretaria a que pertence.</t>
   </si>
   <si>
     <t>6865</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6865/r0034512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6865/r0034512.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue: 1. Com relação a cooperativa de recicláveis, solicito a administração que elenque todos os benefí­cios que os cooperados recebem do município, incluindo benefí­cios pessoais (se houver).</t>
   </si>
   <si>
     <t>6866</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6866/r0034612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6866/r0034612.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador se existe algum convênio firmado, ou por firmar, do município com o Governo Estadual e/ou com o Governo Federal para a construção de novas EMEIS (creches)? Caso afirmativo, enviar-nos cópia para conhecimento.</t>
   </si>
   <si>
     <t>6867</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6867/r0034712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6867/r0034712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que encaminhe a esse vereador as informações a seguir, sobre a Secretaria de Educação: 1. Quantos são os professores de EMEFI efetivos da rede? Enviar-nos relação nominal de tais servidores e as escolas que estão lotados. 2. Quanto são os professores de EMEI efetivos da rede? Enviar-nos relação nominal de tais servidores e as escolas que estão lotados. 3. Quantos são os professores que, por pontuação (o chamado "listão"), completam a rede? Enviar-nos relação nominal de tais servidores e as escolas que estão lotados. 4. Quantos são os professores que, na rede, estão nos projetos educacionais? Enviar-nos relação nominal de tais servidores e em que local e horário desenvolvem tais projetos. 5. Estão em aberto concursos para a efetivação de servidores para EMEFI, EMEI e Coordenadores de EMEI. Existe previsão para o chamamento dos concursados? Se afirmativo, quantas vagas podem ser preenchidas por cada um dos concursos? 6. Quantos são os professores que atendem o P.A.F. (Programa Atleta do Futuro)? Enviar-nos relação nominal de tais servidores e em que local e horário desenvolvem tais projetos.</t>
   </si>
   <si>
     <t>6868</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6868/r0034812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6868/r0034812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador qual o andamento do processo para a construção da UPA/24 horas (Unidade de Pronto Atendimento)?</t>
   </si>
   <si>
     <t>6869</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6869/r0034912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6869/r0034912.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue: 1. Quando se dado inicio as obras da galeria da rua México? 2. Após a conclusão das obras da galeria, qual o prazo para a realização do perfilamento da citada rua? 3. Quando serão instalados parque infantil e a academia ao ar livre no local?</t>
   </si>
   <si>
     <t>6870</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6870/r0035012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6870/r0035012.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 114/12, de 18 de outubro de 2012º de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente, no valor de R$=85.000,00 (oitenta e cinco mil reis), destinado a transferência financeira à Empresa Municipal de Saúde.</t>
   </si>
   <si>
     <t>6871</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6871/r0035112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6871/r0035112.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 115/12, de 18 de outubro de 2012º de autoria do Poder Executivo, que concede contribuição no valor de R$=85.000,00 (oitenta e cinco mil reis), destinado a transferência financeira à Empresa Municipal de Saúde.</t>
   </si>
   <si>
     <t>6872</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6872/r0035212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6872/r0035212.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue, em relação ao Contrato LC 151/12, de 27.03.2012, para construção de moradias no Parque do Bosque: 1. O citado contrato faz referência aos anexos II, IV, V e VI, no entanto nenhum desses foi enviado à Câmara. Somente o anexo III acompanhou o referido contrato, onde se pode observar que o objeto e endereço da construção das referidas moradias é na Rua Pedro Cláudio de Souza - lotes 08 a 26, quadra 03 - Parque do Bosque. No contrato constam apenas os lotes 12 a 30 da quadra "C". Assim sendo, qual a real localização das moradias? 2 - Enviar cópia da Ordem de Serviço; 3 - Há previsão para a conclusão final das 19 (dezenove) unidades habitacionais? 4 - Há previsão para conclusão final das 9 (nove) unidades habitacionais? 5 - Qual o critério que será adotado para beneficiar os mutuários com direito em igualdade para serem os primeiros beneficiados? 6 - Justificar o motivo da não construção das dezenove unidades, visto que o edital e o contrato firmado com a Empresa Antonio Thomaz Automação - ME, foi celebrado em 27.03.2012 para a construção e conclusão de dezenove unidades.</t>
   </si>
   <si>
     <t>6873</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6873/r0035312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6873/r0035312.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o local da construção do prédio para instalar a biblioteca.</t>
   </si>
   <si>
     <t>6874</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6874/r0035412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6874/r0035412.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, informações sobre a verba no valor de R$=150.000,00 para reforma do piso do Ginásio de Esportes "Dovilho Moura", concedida pelo Secretário Estadual de Esportes, Lazer e Juventude, Senhor José Benedito Pereira Fernandes, quando esteve em Dracena por conta dos Jogos Regionais 2012.</t>
   </si>
   <si>
     <t>6875</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6875/r0035512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6875/r0035512.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador quanto foi o repasse do FPM (Fundo de Participação dos Municípios) do Governo para Dracena nos anos de 2009, 2010, 2011 e 2012? Enviar-nos planilha contendo o repasse mensal de cada ano, discriminando o valor bruto e em percentual.</t>
   </si>
   <si>
     <t>6876</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6876/r0035612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6876/r0035612.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue: 1. Qual a quantidade de funcionários efetivos da Prefeitura Municipal? 2. Qual a quantidade de funcionários comissionados da Prefeitura Municipal que não são concursados? 3. Qual a quantidade de funcionários contratados que prestam seviços para o município? Envie-nos cópia dos contratos de tais funcionários e/ou das empresas contratadas.</t>
   </si>
   <si>
     <t>6877</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6877/r0035712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6877/r0035712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue, com referencia aos Jogos Regionais/2012: 1. Quanto foi o repasse do Governo Estadual para o Município para a realização dos Jogos? 2. Quanto foi a contrapartida do município para a realização dos jogos? 3. Envie-nos cópia do balancete final dos jogos.</t>
   </si>
   <si>
     <t>6878</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>Nelson Nabor Buzinaro, Ademir Ussifatti</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6878/r0035812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6878/r0035812.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Luiz Antonio do Nascimento, ocorrido em 23 de outubro de 2012.</t>
   </si>
   <si>
     <t>6879</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6879/r0035912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6879/r0035912.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão VOTOS DE CONGRATULAÇÕES à Senhora Thereza Passafaro Gonzalez, pelo lançamento do livro Culinária Frei Jacoba.</t>
   </si>
   <si>
     <t>6880</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6880/r0036012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6880/r0036012.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Jair Pedro Valeta, ocorrido em 27 de outubro de 2012.</t>
   </si>
   <si>
     <t>6881</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6881/r0036112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6881/r0036112.pdf</t>
   </si>
   <si>
     <t>Requeremos de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Rael Spigotti, ocorrido em 26 de outubro de 2012.</t>
   </si>
   <si>
     <t>6882</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6882/r0036212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6882/r0036212.pdf</t>
   </si>
   <si>
     <t>Requeremos, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, seja registrado em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES aos Senhores Arcanjo Gonzalez e Marcelo de Souza, pelo lançamento do DVD - Viagem Ciclí­sticas, na sede da Avapac, no dia 27 do corrente mês.</t>
   </si>
   <si>
     <t>6887</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6887/r0036312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6887/r0036312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno dessa Egrégia Casa de Leis, ouvido o Douto Plenário, sejam registrados em Ata desta Sessão, de VOTOS DE CONGRATULAÇÕES ao jovem Mateus Daniel Adão de Sá, pela conquista do Campeonato Sul Americano de Atletismo.</t>
   </si>
   <si>
     <t>6888</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6888/r0036412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6888/r0036412.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Jéferson Bonilha dos Santos, ocorrido em 03 de novembro de 2012.</t>
   </si>
   <si>
     <t>6889</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6889/r0036512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6889/r0036512.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Juarez Felix da Silva, ocorrido em 30 de outubro de 2012.</t>
   </si>
   <si>
     <t>6890</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6890/r0036612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6890/r0036612.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Renato Mota Jorge de Castro, ocorrido em 30 de outubro de 2012.</t>
   </si>
   <si>
     <t>6891</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6891/r0036712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6891/r0036712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o que segue: 1. Se não há linha de alta tensão na rua Princesa Isabel, o porquê do transformador do ginásio ser instalado em tal local? 2. De quem é a responsabilidade de se colocar alta tensão na Rua Princesa Isabel? 3. Qual é o motivo de não ter sido feito tal obra "trafo com transformador" na Rua Vendramin? 4. Para quando está prevista tal ligação - rede pública para o transformador ora instalado?</t>
   </si>
   <si>
     <t>6892</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6892/r0036812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6892/r0036812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que envie a esse Vereador cópia do Processo Administrativo do CMDCA, aberto desde junho de 2012, da funcionaria Roseli Leite da Silva, Conselheira - Conselho Municipal dos Direitos da Criança e do Adolescente.</t>
   </si>
   <si>
     <t>6893</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6893/r0036912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6893/r0036912.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento de Caio César Bianchini.</t>
   </si>
   <si>
     <t>6895</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6895/r0037012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6895/r0037012.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que envie a esse Vereador cópia do Contrato, firmado entre a Prefeitura e a Empresa SMO - Serviços Médicos Ltda, para a instalação de um aparelho de Ressonância Magnética em nosso município.</t>
   </si>
   <si>
     <t>6896</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6896/r0037112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6896/r0037112.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Valdecir Marques Rosa.</t>
   </si>
   <si>
     <t>6897</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6897/r0037212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6897/r0037212.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor José Francisco de Souza, ocorrido em 19 de novembro de 2012.</t>
   </si>
   <si>
     <t>6898</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6898/r0037312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6898/r0037312.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES aos proprietários do Restaurante "Bambu", pela recente reinauguração do empreendimento em novo endereço.</t>
   </si>
   <si>
     <t>6899</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6899/r0037412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6899/r0037412.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Helenirce Andrigui Valero, ocorrido em 20 de novembro de 2012.</t>
   </si>
   <si>
     <t>6900</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6900/r0037512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6900/r0037512.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Lourdes Moralles, ocorrido em 19 de novembro de 2012.</t>
   </si>
   <si>
     <t>6901</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6901/r0037612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6901/r0037612.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador quais os loteamentos que receberam aprovação do Executivo desde janeiro de 2011 até a presente data. Dos aprovados, que seja encaminhado cópia do Parecer de Aprovação com a Assinatura do respectivo responsável.</t>
   </si>
   <si>
     <t>6902</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6902/r0037712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6902/r0037712.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador o nome dos membros que compõem a Diretoria da Casa do Artesão? Qual a forma de escolha dessa diretoria; se por eleição ou indicação?</t>
   </si>
   <si>
     <t>6903</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6903/r0037812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6903/r0037812.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito, de acordo com o Regimento Interno dessa egrégia Casa de Leis, ouvido o douto plenário, que informe a esse vereador por que até a presente data a Rua Spinard, no trecho entre as Ruas Maria Moretti Carreira e a Tupã não conta com a rede elétrica e nem iluminação pública?</t>
   </si>
   <si>
     <t>6904</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6904/r0037912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6904/r0037912.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei Complementar n.º 15/2012, de 25 de outubro de 2012, que dispõe sobre autorização para permuta de bens e dá outras providências.</t>
   </si>
   <si>
     <t>6908</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6908/r0038012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6908/r0038012.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Rosa Nunes, ocorrido em 03 de dezembro de 2012.</t>
   </si>
   <si>
     <t>6909</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6909/r0038112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6909/r0038112.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 124/2012, de 27 de novembro de 2012, que dispõe sobre autorização ao Poder Executivo para venda de sucatas e dá outras providências.</t>
   </si>
   <si>
     <t>6910</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6910/r0038212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6910/r0038212.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 125/2012, de 20 de novembro de 2012, que considera urbana área de terras que especifica e dá outras providências. (um lote de terra composto das chácaras n.ºs 138 e 139, com área de 22.034,56 m2, ou 2,203456 ha de terras, encavado na Fazenda São Manoel - tem inicio no marco 1, cravado na margem da Estrada João Araujo - DTA 070 com o lote 1 da quadra 8 do Residencial Parque Eldorado - mat.13451).</t>
   </si>
   <si>
     <t>6911</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6911/r0038312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6911/r0038312.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 126/2012, de 30 de novembro de 2012, que considera urbana área de terras que especifica e dá outras providências. - um imóvel rural, com área de 37.248,81 m2 ou 1,539 alq., encravado na Fazenda São Manoel.</t>
   </si>
   <si>
     <t>6912</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6912/r0038412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6912/r0038412.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 127/2012, de 30 de novembro de 2012, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (crédito adicional suplementar no valor de R$=315.000,00 - trezentos e quinze mil reais, destinado à reforço em dotações orçamentárias).</t>
   </si>
   <si>
     <t>6913</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6913/r0038512.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6913/r0038512.pdf</t>
   </si>
   <si>
     <t>Requeiro, de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, a aprovação e o registro em ata de VOTOS DE CONGRATULAÇÕES aos Professores Doutores Paulo Alexandre Monteiro de Figueiredo e Fábio Erminio Mingatto, eleitos Coordenador e Vice-Coordenador Executivo do Campus Experimental de Dracena.</t>
   </si>
   <si>
     <t>6914</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6914/r0038612.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6914/r0038612.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento da Senhora Elenita Rosa dos Santos, ocorrido em 07 de dezembro de 2012.</t>
   </si>
   <si>
     <t>6915</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6915/r0038712.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6915/r0038712.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Antonio Pedrosa de Sá, ocorrido em 08 de dezembro de 2012.</t>
   </si>
   <si>
     <t>6916</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6916/r0038812.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6916/r0038812.pdf</t>
   </si>
   <si>
     <t>Requeiro de acordo com o Regimento Interno desta Egrégia Casa de Leis, ouvido o Douto Plenário, o registro em Ata dos trabalhos desta Sessão de Voto de Profundo Pesar pelo falecimento do Senhor Sebastião Cardoso, ocorrido em 08 de dezembro de 2012.</t>
   </si>
   <si>
     <t>6917</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6917/r0038912.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6917/r0038912.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 129/2012, de 06 de novembro de 2012, que Considera urbana área de terras que especifica e dá outras providências. (um imóvel rural com área total de 90.802,26 de terras situado no Bairro Palmeiras, iniciando-se no marco 1 cravado nas margens da Rodovia Comandante João Ribeiro de Barros - SP 294, Km 646 202,39 metros, distante 22,00 metros do eixo da pista e divisa com as terras de propriedade de Jojo Distribuidor de Bebidas Ltda - mat. 11.316).</t>
   </si>
   <si>
     <t>6918</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6918/r0039012.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6918/r0039012.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 130/2012, de 06 de novembro de 2012, que considera urbana área de terras que especifica e dá outras providências. (um imóvel rural, constituí­do de parte do lote n.º 533, com área de terra de 6,9426 hectares, do Sí­tio São Pedro - Gleba A - objeto da matricula n.º 3.307)</t>
   </si>
   <si>
     <t>6919</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6919/r0039112.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6919/r0039112.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 131/2012, de 06 de novembro de 2012, que considera urbana área de terra que especifica e dá outras providências. (um imóvel rural, com área total de 48.083,12 m2, situado no Bairro Palmeiras, iniciando-se no marco 1, cravado na confrontação da Estrada Municipal com a propriedade de Hatuzi Mioki - objeto da matricula 8.429)</t>
   </si>
   <si>
     <t>6920</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6920/r0039212.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6920/r0039212.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 133/2012, de 10 de novembro de 2012, que dispõe sobre autorização ao Poder Executivo para abertura de crédito adicional suplementar no orçamento vigente. (Transposição de recursos por anulação de dotações no valor de R$4.190.000,00)</t>
   </si>
   <si>
     <t>6921</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6921/r0039312.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6921/r0039312.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei Complementar n.º 019/12, de 6.12.2012, de autoria do Poder Executivo, que dispõe sobre a doação de imóvel público à entidade Lar Beneficente Sã Doutrina Espiritual do Sétimo Dia de Dracena e dá outras providências. (doação de um imóvel, localizado no Loteamento Residencial Vitória Régia para a entidade lar Sã Doutrina Espiritual do Sétimo Dia, constituí­da em 1989 e tem por objetivo abrigar idosos com 60 anos ou mais, de ambos os sexos, independentes ou com diversos graus de dependência.</t>
   </si>
   <si>
     <t>6922</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6922/r0039412.pdf</t>
+    <t>http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6922/r0039412.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS de acordo com o regimento interno dessa egrégia casa de Leis, ouvido o douto plenário, REGIME DE URGÊNCIA ao Projeto de Lei n.º 020/12, de 6.12.12, de autoria do Poder Executivo, que dispõe sobre autorização ao Poder Executivo para doar imóveis públicos municipais e dá outras providências. (um imóvel urbano constituí­do de partes dos lotes 07 e 09, da quadra B, de formato irregular, localizado no município, medindo 825,59 m2, com a finalidade de instalação de empresas no município de Dracena e deverão observar os requisitos e procedimentos estabelecidos na Lei Complementar 359).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8912,68 +8912,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1477/pdl01_-_2012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1478/pdl02_-_2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1479/pdl03_-_2012.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1480/pdl4_-_2012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1481/pdl05_-_2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1482/pdl06_-_2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1483/pdl07_-_2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1484/pdl08_-_2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1486/pl01_-_2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1487/pl02_-_2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1488/pl03_-_2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1489/pl04_-_2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1490/pl05_-_2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1491/pl06_-_2012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1492/pl07_-_2012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1493/pl08_-_2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1494/pl09_-_2012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1495/pl10_-_2012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1496/pl11_-_2012.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1497/pl12_-_2012.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1498/pl13_-_2012.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1499/pl14_-_2012.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1500/pl15_-_2012.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1501/pl16_-_2012.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1502/pl17_-_2012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/3150/pl18_-_2012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1503/pl19_-_2012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1504/pl20_-_2012.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1505/pl21_-_2012.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1506/pl22_-_2012.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1507/pl23_-_2012.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1508/pl24_-_2012.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1509/pl25_-_2012.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1510/pl26_-_2012.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1511/pl27_-_2012.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1512/pl28_-_2012.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1513/pl29_-_2012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1514/pl30_-_2012.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1515/pl31_-_2012.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1516/pl32_-_2012.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1517/pl33_-_2012.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1518/pl34_-_2012.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1519/pl35_-_2012.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1520/pl36_-_2012.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1521/pl37_-_2012.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1522/pl38_-_2012.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1523/pl39_-_2012.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1524/pl40_-_2012.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1525/pl41_-_2012.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1526/pl42_-_2012.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1527/pl43_-_2012.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1528/pl44_-_2012.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1529/pl45_-_2012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1530/pl46_-_2012.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1531/pl47_-_2012.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1532/pl48_-_2012.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1533/pl49_-_2012.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1534/pl50_-_2012.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1535/pl51_-_2012.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1536/pl52_-_2012.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1537/pl53_-_2012.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1538/pl54_-_2012.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1539/pl55_-_2012.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1540/pl56_-_2012.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1541/pl57_-_2012.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1542/pl58_-_2012.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1543/pl59_-_2012.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1544/pl60_-_2012.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1545/pl61_-_2012.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1546/pl62_-_2012.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1547/pl63_-_2012.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1548/pl64_-_2012.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1549/pl65_-_2012.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1550/pl66_-_2012.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1551/pl67_-_2012.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1552/pl68_-_2012.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1553/pl69_-_2012.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1554/pl70_-_2012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1555/pl71_-_2012.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1556/pl72_-_2012.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1557/pl73_-_2012.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1558/pl74_-_2012.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1559/pl75_-_2012.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1560/pl76_-_2012.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1561/pl77_-_2012.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1562/pl78_-_2012.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1563/pl79_-_2012.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1564/pl80_-_2012.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1565/pl81_-_2012.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1566/pl82_-_2012.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1567/pl83_-_2012.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1568/pl84_-_2012.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1569/pl85_-_2012.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1572/pl86_-_2012.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1573/pl87_-_2012.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1574/pl88_-_2012.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1575/pl89_-_2012.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1577/pl90_-_2012.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1576/pl91_-_2012.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1578/pl92_-_2012.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1579/pl93_-_2012.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1580/pl94_-_2012.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1581/pl95_-_2012.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1582/pl96_-_2012.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1583/pl97_-_2012.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1584/pl98_-_2012.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1585/pl99_-_2012.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1586/pl100_-_2012.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1587/pl101_-_2012.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1588/pl102_-_2012.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1589/pl103_-_2012.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1590/pl104_-_2012.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1591/pl105_-_2012.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1592/pl106_-_2012.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1593/pl107_-_2012.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1594/pl108_-_2012.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1595/pl109_-_2012.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1596/pl110_-_2012.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1597/pl111_-_2012.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1598/pl112_-_2012.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1599/pl113_-_2012.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1600/pl114_-_2012.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1601/pl115_-_2012.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1602/pl116_-_2012.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1603/pl117_-_2012.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1604/pl118_-_2012.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1605/pl119_-_2012.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1606/pl120_-_2012.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1607/pl121_-_2012.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1608/pl122_-_2012.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1609/pl123_-_2012.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1610/pl124_-_2012.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1611/pl125_-_2012.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1612/pl126_-_2012.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1613/pl127_-_2012.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1614/pl128_-_2012.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1615/pl129_-_2012.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1616/pl130_-_2012.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1617/pl131_-_2012.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1618/pl132_-_2012.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1619/pl133_-_2012.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1620/plc01-_2012.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1621/plc02_-_2012.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/3151/plc03_-_2012.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1622/plc04_-_2012.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1623/plc05_-_2012.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1624/plc06_-_2012.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1625/plc07_-_2012.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1626/plc08_-_2012.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1628/plc09_-_2012.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1627/plc10_-_2012.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1629/plc11_-_2012.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1630/plc12_-_2012.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1631/plc13_-_2012.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1632/plc14_-_2012.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1633/plc15_-_2012.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1634/plc16_-_2012.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1635/plc17_-_2012.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1636/plc18_-_2012.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1637/plc19_-_2012.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1638/plc20_-_2012.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1639/pr01_-_2012.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1640/pr02_-_2012.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1641/pr03_-_2012.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1642/pr04_-_2012.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1643/pr05_-_2012.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1485/pe01_-_2012.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23344/ea000112.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23345/em000112.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23346/em000212.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6301/i0000112.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6302/i0000212.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6303/i0000312.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6304/i0000412.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6305/i0000512.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6306/i0000612.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6307/i0000712.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6308/i0000812.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6309/i0000912.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6310/i0001012.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6311/i0001112.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6312/i0001212.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6313/i0001312.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6314/i0001412.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6315/i0001512.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6316/i0001612.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6317/i0001712.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6328/i0001812.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6329/i0001912.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6330/i0002012.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6331/i0002112.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6332/i0002212.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6333/i0002312.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6334/i0002412.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6335/i0002512.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6336/i0002612.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6337/i0002712.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6338/i0002812.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6354/i0002912.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6355/i0003012.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6356/i0003112.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6357/i0003212.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6358/i0003312.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6359/i0003412.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6360/i0003512.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6361/i0003612.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6362/i0003712.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6363/i0003812.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6364/i0003912.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6365/i0004012.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6366/i0004112.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6367/i0004212.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6368/i0004312.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6369/i0004412.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6370/i0004512.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6371/i0004612.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6385/i0004712.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6386/i0004812.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6389/i0004912.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6387/i0005012.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6388/i0005112.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23399/i0005212.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6390/i0005312.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6400/i0005412.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6401/i0005512.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6402/i0005612.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6403/i0005712.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6404/i0005812.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6405/i0005912.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6406/i0006012.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6407/i0006112.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6408/i0006212.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6409/i0006312.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6428/i0006412.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6429/i0006512.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6467/i0006612.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6468/i0006712.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6469/i0006812.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6470/i0006912.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6471/i0007012.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6472/i0007112.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6473/i0007212.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6474/i0007312.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6475/i0007412.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6476/i0007512.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6477/i0007612.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6478/i0007712.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6479/i0007812.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6480/i0007912.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6481/i0008012.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6482/i0008112.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6483/i0008212.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6484/i0008312.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6485/i0008412.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6486/i0008512.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6487/i0008612.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6488/i0008712.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6489/i0008812.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6490/i0008912.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6491/i0009012.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6492/i0009112.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6493/i0009212.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6510/i0009312.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6511/i0009412.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6512/i0009512.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6513/i0009612.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6514/i0009712.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6515/i0009812.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6516/i0009912.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6517/i0010012.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6518/i0010112.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6519/i0010212.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6536/i0010312.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6537/i0010412.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6538/i0010512.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6539/i0010612.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6540/i0010712.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6541/i0010812.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6542/i0010912.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6543/i0011012.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6544/i0011112.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6545/i0011212.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6563/i0011312.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6564/i0011412.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6565/i0011512.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6566/i0011612.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6567/i0011712.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6568/i0011812.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6569/i0011912.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6591/i0012012.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6592/i0012112.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6593/i0012212.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6594/i0012312.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6595/i0012412.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6596/i0012512.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6597/i0012612.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6598/i0012712.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6599/i0012812.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6604/i0012912.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6605/i0013012.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6606/i0013112.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6607/i0013212.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6608/i0013312.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6609/i0013412.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6610/i0013512.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6611/i0013612.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6635/i0013712.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6636/i0013812.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6637/i0013912.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6652/i0014012.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6653/i0014112.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6654/i0014212.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6655/i0014312.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6656/i0014412.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6657/i0014512.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6658/i0014612.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6659/i0014712.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6660/i0014812.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6661/i0014912.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6662/i0015012.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6663/i0015112.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6664/i0015212.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6665/i0015312.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6666/i0015412.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6667/i0015512.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6695/i0015612.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6697/i0015712.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6698/i0015812.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23401/i0015912.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6709/i0016012.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6710/i0016112.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6711/i0016212.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6723/i0016312.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6724/i0016412.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6725/i0016512.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6733/i0016612.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6726/i0016712.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6727/i0016812.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6728/i0016912.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6729/i0017012.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6730/i0017112.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6731/i0017212.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6732/i0017312.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6734/i0017412.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6735/i0017512.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6736/i0017612.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6737/i0017712.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6738/i0017812.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6739/i0017912.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6740/i0018012.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6741/i0018112.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6742/i0018212.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6743/i0018312.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6744/i0018412.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6745/i0018512.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6746/i0018612.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6747/i0018712.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6748/i0018812.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6762/i0018912.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6763/i0019012.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6774/i0019112.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6775/i0019212.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6776/i0019312.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6777/i0019412.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6778/i0019512.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6779/i0019612.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6780/i0019712.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6791/i0019812.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6792/i0019912.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6793/i0020012.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6794/i0020112.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6795/i0020212.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6814/i0020312.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6815/i0020412.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6816/i0020512.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6817/i0020612.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6826/i0020712.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6827/i0020812.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6828/i0020912.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6829/i0021012.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6830/i0021112.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6834/i0021212.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6835/i0021312.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6836/i0021412.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6837/i0021512.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6838/i0021612.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6840/i0021712.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6841/i0021812.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6842/i0021912.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6859/i0022012.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6860/i0022112.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6861/i0022212.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6862/i0022312.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6883/i0022412.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6884/i0022512.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6885/i0022612.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6886/i0022712.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6894/i0022812.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6905/i0022912.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6906/i0023012.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6907/i0023112.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6318/r0000112.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6319/r0000212.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6320/r0000312.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6321/r0000412.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6322/r0000512.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6323/r0000612.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6324/r0000712.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6325/r0000812.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6326/r0000912.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6327/r0001012.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6339/r0001112.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6340/r0001212.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6341/r0001312.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6342/r0001412.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6343/r0001512.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6344/r0001612.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6345/r0001712.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6346/r0001812.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6347/r0001912.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6348/r0002012.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6349/r0002112.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6350/r0002212.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6351/r0002312.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6352/r0002412.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6353/r0002512.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6372/r0002612.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6373/r0002712.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6374/r0002812.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6375/r0002912.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6376/r0003012.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6377/r0003112.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6378/r0003212.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6379/r0003312.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6380/r0003412.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6381/r0003512.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6382/r0003612.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6383/r0003712.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6384/r0003812.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6391/r0003912.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6392/r0004012.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6393/r0004112.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6394/r0004212.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6395/r0004312.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6396/r0004412.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6397/r0004512.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6398/r0004612.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6399/r0004712.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6410/r0004812.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6411/r0004912.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6412/r0005012.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6413/r0005112.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6414/r0005212.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6415/r0005312.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6416/r0005412.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6417/r0005512.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6418/r0005612.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6419/r0005712.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6420/r0005812.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6421/r0005912.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6422/r0006012.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6423/r0006112.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6424/r0006212.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6425/r0006312.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6426/r0006412.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6427/r0006512.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6430/r0006612.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6431/r0006712.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6432/r0006812.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6433/r0006912.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6434/r0007012.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6435/r0007112.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6436/r0007212.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6437/r0007312.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6438/r0007412.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6439/r0007512.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6440/r0007612.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6441/r0007702.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6442/r0007802.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6443/r0007902.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6444/r0008002.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6445/r0008102.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6446/r0008202.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6447/r0008302.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6448/r0008402.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6449/r0008512.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6451/r0008612.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6450/r0008712.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6452/r0008812.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6453/r0008912.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6454/r0009012.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6455/r0009112.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6456/r0009202.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6457/r0009312.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6458/r0009412.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6459/r0009512.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6460/r0009612.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6461/r0009702.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6462/r0009812.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6463/r0009912.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6464/r0010012.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6465/r0010112.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6466/r0010212.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6494/r0010312.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6495/r0010412.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6496/r0010512.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6497/r0010612.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6498/r0010712.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6499/r0010812.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6500/r0010912.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6501/r0011012.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6502/r0011112.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6503/r0011212.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6529/r0011312.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6530/r0011412.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6531/r0011512.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6532/r0011612.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6533/r0011712.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6534/r0011812.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6535/r0011912.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6504/r0012012.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6505/r0012112.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6506/r0012212.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6507/r0012312.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6508/r0012412.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6509/r0012512.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6520/r0012612.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6521/r0012712.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6522/r0012812.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6523/r0012912.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6524/r0013012.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6525/r0013112.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6526/r0013212.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6527/r0013312.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6528/r0013412.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6546/r0013512.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6547/r0013612.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6548/r0013712.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6549/r0013812.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6550/r0013912.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6551/r0014012.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6552/r0014112.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6553/r0014212.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6554/r0014312.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6555/r0014412.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6556/r0014512.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6557/r0014612.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6558/r0014712.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6559/r0014812.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6560/r0014912.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6561/r0015012.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6562/r0015112.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6570/r0015212.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6571/r0015312.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6578/r0015412.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6572/r0015512.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6573/r0015612.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6574/r0015712.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6575/r0015812.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6576/r0015912.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6577/r0016012.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6579/r0016112.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6580/r0016212.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6581/r0016312.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6582/r0016412.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6583/r0016512.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6584/r0016612.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6585/r0016712.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6586/r0016812.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6587/r0016912.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6588/r0017012.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6589/r0017112.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6590/r0017212.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23400/r0017312.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6600/r0017412.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6601/r0017512.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6602/r0017612.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6603/r0017712.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6612/r0017812.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6613/r0017912.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6614/r0018012.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6615/r0018112.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6616/r0018212.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6617/r0018312.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6618/r0018412.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6619/r0018512.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6620/r0018612.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6621/r0018712.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6622/r0018812.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6623/r0018912.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6624/r0019012.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6625/r0019112.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6626/r0019212.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6627/r0019312.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6628/r0019412.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6629/r0019512.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6630/r0019612.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6631/r0019712.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6632/r0019812.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6633/r0019912.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6634/r0020012.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6638/r0020112.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6639/r0020212.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6640/r0020312.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6641/r0020412.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6642/r0020512.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6643/r0020612.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6644/r0020712.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6645/r0020812.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6646/r0020912.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6647/r0021012.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6648/r0021112.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6649/r0021212.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6650/r0021312.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6651/r0021412.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6668/r0021512.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6669/r0021612.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6670/r0021712.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6671/r0021812.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6672/r0021912.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6673/r0022012.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6674/r0022112.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6675/r0022212.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6676/r0022312.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6677/r0022412.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6678/r0022512.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6679/r0022612.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6680/r0022712.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6681/r0022812.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6682/r0022912.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6683/r0023012.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6684/r0023112.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6685/r0023212.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6686/r0023312.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6687/r0023412.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6688/r0023512.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6689/r0023612.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6690/r0023712.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6691/r0023812.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6692/r0023912.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6693/r0024012.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6694/r0024112.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6696/r0024212.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6699/r0024312.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6700/r0024412.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6701/r0024512.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6702/r0024612.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6703/r0024712.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6704/r0024812.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6705/r0024912.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6706/r0025012.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6707/r0025112.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6708/r0025212.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6712/r0025312.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6713/r0025412.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6714/r0025512.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6716/r0025612.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6715/r0025712.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6717/r0025812.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6718/r0025912.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6719/r0026012.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6720/r0026112.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6721/r0026212.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6722/r0026312.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6749/r0026412.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6750/r0026512.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6751/r0026612.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6752/r0026712.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6753/r0026812.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6754/r0026912.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6755/r0027012.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6756/r0027112.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6757/r0027212.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6758/r0027312.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6759/r0027412.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6760/r0027512.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6761/r0027612.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6764/r0027712.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6765/r0027812.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6766/r0027912.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6767/r0028012.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6768/r0028112.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6769/r0028212.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6770/r0028312.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6771/r0028412.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6772/r0028512.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6773/r0028612.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6781/r0028712.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6782/r0028812.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6783/r0028912.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6784/r0029012.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6785/r0029112.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6786/r0029212.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6787/r0029312.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6788/r0029412.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6789/r0029512.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6790/r0029612.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6796/r0029712.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6797/r0029812.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6798/r0029912.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6799/r0030012.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6800/r0030112.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6801/r0030212.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6802/r0030312.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6803/r0030412.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6804/r0030512.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6805/r0030612.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6806/r0030712.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6807/r0030812.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6808/r0030912.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6809/r0031012.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6810/r0031112.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6811/r0031212.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6812/r0031312.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6813/r0031412.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6818/r0031512.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6819/r0031612.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6820/r0031712.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6821/r0031812.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6822/r0031912.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6823/r0032012.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6824/r0032112.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6825/r0032212.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6831/r0032312.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6832/r0032412.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6833/r0032512.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6839/r0032612.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6843/r0032712.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6844/r0032812.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6845/r0032912.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6846/r0033012.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6847/r0033112.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6848/r0033212.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6849/r0033312.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6850/r0033412.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6851/r0033512.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6852/r0033612.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6853/r0033712.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6854/r0033812.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6855/r0033912.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6856/r0034012.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6857/r0034112.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6858/r0034212.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6863/r0034312.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6864/r0034412.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6865/r0034512.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6866/r0034612.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6867/r0034712.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6868/r0034812.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6869/r0034912.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6870/r0035012.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6871/r0035112.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6872/r0035212.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6873/r0035312.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6874/r0035412.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6875/r0035512.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6876/r0035612.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6877/r0035712.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6878/r0035812.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6879/r0035912.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6880/r0036012.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6881/r0036112.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6882/r0036212.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6887/r0036312.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6888/r0036412.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6889/r0036512.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6890/r0036612.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6891/r0036712.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6892/r0036812.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6893/r0036912.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6895/r0037012.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6896/r0037112.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6897/r0037212.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6898/r0037312.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6899/r0037412.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6900/r0037512.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6901/r0037612.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6902/r0037712.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6903/r0037812.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6904/r0037912.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6908/r0038012.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6909/r0038112.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6910/r0038212.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6911/r0038312.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6912/r0038412.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6913/r0038512.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6914/r0038612.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6915/r0038712.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6916/r0038812.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6917/r0038912.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6918/r0039012.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6919/r0039112.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6920/r0039212.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6921/r0039312.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6922/r0039412.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1477/pdl01_-_2012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1478/pdl02_-_2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1479/pdl03_-_2012.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1480/pdl4_-_2012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1481/pdl05_-_2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1482/pdl06_-_2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1483/pdl07_-_2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1484/pdl08_-_2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1486/pl01_-_2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1487/pl02_-_2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1488/pl03_-_2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1489/pl04_-_2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1490/pl05_-_2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1491/pl06_-_2012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1492/pl07_-_2012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1493/pl08_-_2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1494/pl09_-_2012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1495/pl10_-_2012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1496/pl11_-_2012.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1497/pl12_-_2012.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1498/pl13_-_2012.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1499/pl14_-_2012.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1500/pl15_-_2012.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1501/pl16_-_2012.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1502/pl17_-_2012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/3150/pl18_-_2012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1503/pl19_-_2012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1504/pl20_-_2012.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1505/pl21_-_2012.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1506/pl22_-_2012.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1507/pl23_-_2012.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1508/pl24_-_2012.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1509/pl25_-_2012.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1510/pl26_-_2012.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1511/pl27_-_2012.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1512/pl28_-_2012.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1513/pl29_-_2012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1514/pl30_-_2012.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1515/pl31_-_2012.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1516/pl32_-_2012.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1517/pl33_-_2012.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1518/pl34_-_2012.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1519/pl35_-_2012.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1520/pl36_-_2012.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1521/pl37_-_2012.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1522/pl38_-_2012.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1523/pl39_-_2012.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1524/pl40_-_2012.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1525/pl41_-_2012.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1526/pl42_-_2012.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1527/pl43_-_2012.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1528/pl44_-_2012.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1529/pl45_-_2012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1530/pl46_-_2012.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1531/pl47_-_2012.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1532/pl48_-_2012.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1533/pl49_-_2012.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1534/pl50_-_2012.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1535/pl51_-_2012.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1536/pl52_-_2012.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1537/pl53_-_2012.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1538/pl54_-_2012.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1539/pl55_-_2012.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1540/pl56_-_2012.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1541/pl57_-_2012.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1542/pl58_-_2012.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1543/pl59_-_2012.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1544/pl60_-_2012.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1545/pl61_-_2012.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1546/pl62_-_2012.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1547/pl63_-_2012.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1548/pl64_-_2012.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1549/pl65_-_2012.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1550/pl66_-_2012.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1551/pl67_-_2012.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1552/pl68_-_2012.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1553/pl69_-_2012.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1554/pl70_-_2012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1555/pl71_-_2012.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1556/pl72_-_2012.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1557/pl73_-_2012.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1558/pl74_-_2012.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1559/pl75_-_2012.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1560/pl76_-_2012.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1561/pl77_-_2012.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1562/pl78_-_2012.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1563/pl79_-_2012.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1564/pl80_-_2012.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1565/pl81_-_2012.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1566/pl82_-_2012.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1567/pl83_-_2012.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1568/pl84_-_2012.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1569/pl85_-_2012.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1572/pl86_-_2012.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1573/pl87_-_2012.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1574/pl88_-_2012.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1575/pl89_-_2012.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1577/pl90_-_2012.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1576/pl91_-_2012.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1578/pl92_-_2012.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1579/pl93_-_2012.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1580/pl94_-_2012.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1581/pl95_-_2012.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1582/pl96_-_2012.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1583/pl97_-_2012.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1584/pl98_-_2012.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1585/pl99_-_2012.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1586/pl100_-_2012.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1587/pl101_-_2012.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1588/pl102_-_2012.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1589/pl103_-_2012.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1590/pl104_-_2012.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1591/pl105_-_2012.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1592/pl106_-_2012.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1593/pl107_-_2012.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1594/pl108_-_2012.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1595/pl109_-_2012.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1596/pl110_-_2012.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1597/pl111_-_2012.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1598/pl112_-_2012.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1599/pl113_-_2012.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1600/pl114_-_2012.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1601/pl115_-_2012.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1602/pl116_-_2012.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1603/pl117_-_2012.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1604/pl118_-_2012.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1605/pl119_-_2012.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1606/pl120_-_2012.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1607/pl121_-_2012.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1608/pl122_-_2012.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1609/pl123_-_2012.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1610/pl124_-_2012.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1611/pl125_-_2012.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1612/pl126_-_2012.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1613/pl127_-_2012.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1614/pl128_-_2012.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1615/pl129_-_2012.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1616/pl130_-_2012.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1617/pl131_-_2012.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1618/pl132_-_2012.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1619/pl133_-_2012.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1620/plc01-_2012.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1621/plc02_-_2012.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/3151/plc03_-_2012.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1622/plc04_-_2012.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1623/plc05_-_2012.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1624/plc06_-_2012.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1625/plc07_-_2012.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1626/plc08_-_2012.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1628/plc09_-_2012.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1627/plc10_-_2012.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1629/plc11_-_2012.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1630/plc12_-_2012.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1631/plc13_-_2012.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1632/plc14_-_2012.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1633/plc15_-_2012.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1634/plc16_-_2012.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1635/plc17_-_2012.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1636/plc18_-_2012.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1637/plc19_-_2012.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1638/plc20_-_2012.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1639/pr01_-_2012.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1640/pr02_-_2012.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1641/pr03_-_2012.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1642/pr04_-_2012.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1643/pr05_-_2012.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/1485/pe01_-_2012.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23344/ea000112.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23345/em000112.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23346/em000212.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6301/i0000112.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6302/i0000212.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6303/i0000312.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6304/i0000412.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6305/i0000512.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6306/i0000612.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6307/i0000712.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6308/i0000812.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6309/i0000912.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6310/i0001012.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6311/i0001112.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6312/i0001212.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6313/i0001312.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6314/i0001412.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6315/i0001512.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6316/i0001612.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6317/i0001712.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6328/i0001812.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6329/i0001912.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6330/i0002012.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6331/i0002112.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6332/i0002212.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6333/i0002312.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6334/i0002412.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6335/i0002512.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6336/i0002612.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6337/i0002712.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6338/i0002812.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6354/i0002912.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6355/i0003012.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6356/i0003112.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6357/i0003212.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6358/i0003312.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6359/i0003412.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6360/i0003512.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6361/i0003612.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6362/i0003712.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6363/i0003812.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6364/i0003912.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6365/i0004012.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6366/i0004112.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6367/i0004212.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6368/i0004312.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6369/i0004412.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6370/i0004512.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6371/i0004612.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6385/i0004712.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6386/i0004812.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6389/i0004912.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6387/i0005012.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6388/i0005112.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23399/i0005212.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6390/i0005312.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6400/i0005412.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6401/i0005512.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6402/i0005612.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6403/i0005712.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6404/i0005812.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6405/i0005912.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6406/i0006012.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6407/i0006112.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6408/i0006212.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6409/i0006312.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6428/i0006412.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6429/i0006512.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6467/i0006612.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6468/i0006712.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6469/i0006812.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6470/i0006912.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6471/i0007012.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6472/i0007112.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6473/i0007212.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6474/i0007312.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6475/i0007412.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6476/i0007512.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6477/i0007612.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6478/i0007712.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6479/i0007812.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6480/i0007912.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6481/i0008012.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6482/i0008112.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6483/i0008212.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6484/i0008312.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6485/i0008412.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6486/i0008512.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6487/i0008612.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6488/i0008712.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6489/i0008812.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6490/i0008912.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6491/i0009012.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6492/i0009112.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6493/i0009212.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6510/i0009312.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6511/i0009412.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6512/i0009512.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6513/i0009612.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6514/i0009712.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6515/i0009812.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6516/i0009912.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6517/i0010012.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6518/i0010112.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6519/i0010212.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6536/i0010312.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6537/i0010412.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6538/i0010512.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6539/i0010612.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6540/i0010712.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6541/i0010812.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6542/i0010912.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6543/i0011012.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6544/i0011112.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6545/i0011212.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6563/i0011312.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6564/i0011412.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6565/i0011512.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6566/i0011612.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6567/i0011712.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6568/i0011812.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6569/i0011912.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6591/i0012012.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6592/i0012112.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6593/i0012212.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6594/i0012312.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6595/i0012412.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6596/i0012512.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6597/i0012612.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6598/i0012712.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6599/i0012812.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6604/i0012912.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6605/i0013012.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6606/i0013112.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6607/i0013212.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6608/i0013312.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6609/i0013412.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6610/i0013512.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6611/i0013612.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6635/i0013712.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6636/i0013812.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6637/i0013912.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6652/i0014012.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6653/i0014112.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6654/i0014212.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6655/i0014312.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6656/i0014412.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6657/i0014512.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6658/i0014612.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6659/i0014712.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6660/i0014812.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6661/i0014912.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6662/i0015012.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6663/i0015112.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6664/i0015212.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6665/i0015312.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6666/i0015412.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6667/i0015512.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6695/i0015612.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6697/i0015712.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6698/i0015812.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23401/i0015912.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6709/i0016012.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6710/i0016112.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6711/i0016212.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6723/i0016312.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6724/i0016412.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6725/i0016512.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6733/i0016612.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6726/i0016712.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6727/i0016812.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6728/i0016912.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6729/i0017012.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6730/i0017112.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6731/i0017212.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6732/i0017312.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6734/i0017412.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6735/i0017512.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6736/i0017612.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6737/i0017712.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6738/i0017812.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6739/i0017912.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6740/i0018012.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6741/i0018112.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6742/i0018212.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6743/i0018312.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6744/i0018412.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6745/i0018512.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6746/i0018612.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6747/i0018712.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6748/i0018812.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6762/i0018912.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6763/i0019012.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6774/i0019112.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6775/i0019212.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6776/i0019312.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6777/i0019412.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6778/i0019512.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6779/i0019612.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6780/i0019712.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6791/i0019812.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6792/i0019912.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6793/i0020012.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6794/i0020112.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6795/i0020212.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6814/i0020312.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6815/i0020412.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6816/i0020512.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6817/i0020612.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6826/i0020712.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6827/i0020812.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6828/i0020912.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6829/i0021012.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6830/i0021112.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6834/i0021212.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6835/i0021312.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6836/i0021412.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6837/i0021512.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6838/i0021612.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6840/i0021712.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6841/i0021812.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6842/i0021912.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6859/i0022012.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6860/i0022112.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6861/i0022212.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6862/i0022312.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6883/i0022412.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6884/i0022512.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6885/i0022612.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6886/i0022712.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6894/i0022812.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6905/i0022912.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6906/i0023012.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6907/i0023112.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6318/r0000112.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6319/r0000212.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6320/r0000312.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6321/r0000412.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6322/r0000512.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6323/r0000612.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6324/r0000712.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6325/r0000812.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6326/r0000912.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6327/r0001012.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6339/r0001112.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6340/r0001212.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6341/r0001312.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6342/r0001412.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6343/r0001512.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6344/r0001612.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6345/r0001712.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6346/r0001812.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6347/r0001912.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6348/r0002012.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6349/r0002112.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6350/r0002212.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6351/r0002312.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6352/r0002412.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6353/r0002512.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6372/r0002612.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6373/r0002712.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6374/r0002812.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6375/r0002912.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6376/r0003012.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6377/r0003112.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6378/r0003212.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6379/r0003312.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6380/r0003412.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6381/r0003512.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6382/r0003612.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6383/r0003712.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6384/r0003812.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6391/r0003912.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6392/r0004012.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6393/r0004112.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6394/r0004212.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6395/r0004312.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6396/r0004412.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6397/r0004512.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6398/r0004612.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6399/r0004712.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6410/r0004812.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6411/r0004912.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6412/r0005012.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6413/r0005112.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6414/r0005212.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6415/r0005312.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6416/r0005412.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6417/r0005512.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6418/r0005612.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6419/r0005712.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6420/r0005812.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6421/r0005912.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6422/r0006012.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6423/r0006112.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6424/r0006212.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6425/r0006312.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6426/r0006412.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6427/r0006512.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6430/r0006612.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6431/r0006712.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6432/r0006812.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6433/r0006912.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6434/r0007012.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6435/r0007112.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6436/r0007212.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6437/r0007312.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6438/r0007412.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6439/r0007512.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6440/r0007612.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6441/r0007702.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6442/r0007802.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6443/r0007902.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6444/r0008002.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6445/r0008102.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6446/r0008202.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6447/r0008302.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6448/r0008402.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6449/r0008512.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6451/r0008612.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6450/r0008712.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6452/r0008812.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6453/r0008912.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6454/r0009012.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6455/r0009112.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6456/r0009202.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6457/r0009312.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6458/r0009412.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6459/r0009512.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6460/r0009612.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6461/r0009702.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6462/r0009812.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6463/r0009912.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6464/r0010012.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6465/r0010112.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6466/r0010212.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6494/r0010312.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6495/r0010412.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6496/r0010512.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6497/r0010612.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6498/r0010712.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6499/r0010812.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6500/r0010912.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6501/r0011012.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6502/r0011112.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6503/r0011212.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6529/r0011312.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6530/r0011412.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6531/r0011512.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6532/r0011612.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6533/r0011712.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6534/r0011812.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6535/r0011912.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6504/r0012012.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6505/r0012112.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6506/r0012212.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6507/r0012312.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6508/r0012412.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6509/r0012512.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6520/r0012612.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6521/r0012712.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6522/r0012812.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6523/r0012912.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6524/r0013012.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6525/r0013112.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6526/r0013212.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6527/r0013312.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6528/r0013412.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6546/r0013512.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6547/r0013612.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6548/r0013712.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6549/r0013812.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6550/r0013912.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6551/r0014012.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6552/r0014112.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6553/r0014212.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6554/r0014312.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6555/r0014412.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6556/r0014512.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6557/r0014612.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6558/r0014712.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6559/r0014812.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6560/r0014912.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6561/r0015012.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6562/r0015112.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6570/r0015212.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6571/r0015312.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6578/r0015412.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6572/r0015512.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6573/r0015612.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6574/r0015712.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6575/r0015812.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6576/r0015912.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6577/r0016012.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6579/r0016112.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6580/r0016212.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6581/r0016312.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6582/r0016412.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6583/r0016512.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6584/r0016612.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6585/r0016712.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6586/r0016812.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6587/r0016912.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6588/r0017012.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6589/r0017112.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6590/r0017212.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/23400/r0017312.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6600/r0017412.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6601/r0017512.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6602/r0017612.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6603/r0017712.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6612/r0017812.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6613/r0017912.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6614/r0018012.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6615/r0018112.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6616/r0018212.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6617/r0018312.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6618/r0018412.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6619/r0018512.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6620/r0018612.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6621/r0018712.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6622/r0018812.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6623/r0018912.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6624/r0019012.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6625/r0019112.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6626/r0019212.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6627/r0019312.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6628/r0019412.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6629/r0019512.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6630/r0019612.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6631/r0019712.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6632/r0019812.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6633/r0019912.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6634/r0020012.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6638/r0020112.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6639/r0020212.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6640/r0020312.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6641/r0020412.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6642/r0020512.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6643/r0020612.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6644/r0020712.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6645/r0020812.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6646/r0020912.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6647/r0021012.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6648/r0021112.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6649/r0021212.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6650/r0021312.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6651/r0021412.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6668/r0021512.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6669/r0021612.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6670/r0021712.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6671/r0021812.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6672/r0021912.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6673/r0022012.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6674/r0022112.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6675/r0022212.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6676/r0022312.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6677/r0022412.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6678/r0022512.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6679/r0022612.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6680/r0022712.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6681/r0022812.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6682/r0022912.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6683/r0023012.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6684/r0023112.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6685/r0023212.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6686/r0023312.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6687/r0023412.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6688/r0023512.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6689/r0023612.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6690/r0023712.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6691/r0023812.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6692/r0023912.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6693/r0024012.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6694/r0024112.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6696/r0024212.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6699/r0024312.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6700/r0024412.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6701/r0024512.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6702/r0024612.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6703/r0024712.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6704/r0024812.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6705/r0024912.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6706/r0025012.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6707/r0025112.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6708/r0025212.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6712/r0025312.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6713/r0025412.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6714/r0025512.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6716/r0025612.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6715/r0025712.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6717/r0025812.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6718/r0025912.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6719/r0026012.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6720/r0026112.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6721/r0026212.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6722/r0026312.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6749/r0026412.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6750/r0026512.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6751/r0026612.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6752/r0026712.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6753/r0026812.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6754/r0026912.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6755/r0027012.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6756/r0027112.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6757/r0027212.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6758/r0027312.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6759/r0027412.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6760/r0027512.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6761/r0027612.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6764/r0027712.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6765/r0027812.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6766/r0027912.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6767/r0028012.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6768/r0028112.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6769/r0028212.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6770/r0028312.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6771/r0028412.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6772/r0028512.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6773/r0028612.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6781/r0028712.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6782/r0028812.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6783/r0028912.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6784/r0029012.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6785/r0029112.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6786/r0029212.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6787/r0029312.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6788/r0029412.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6789/r0029512.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6790/r0029612.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6796/r0029712.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6797/r0029812.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6798/r0029912.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6799/r0030012.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6800/r0030112.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6801/r0030212.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6802/r0030312.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6803/r0030412.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6804/r0030512.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6805/r0030612.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6806/r0030712.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6807/r0030812.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6808/r0030912.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6809/r0031012.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6810/r0031112.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6811/r0031212.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6812/r0031312.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6813/r0031412.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6818/r0031512.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6819/r0031612.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6820/r0031712.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6821/r0031812.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6822/r0031912.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6823/r0032012.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6824/r0032112.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6825/r0032212.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6831/r0032312.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6832/r0032412.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6833/r0032512.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6839/r0032612.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6843/r0032712.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6844/r0032812.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6845/r0032912.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6846/r0033012.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6847/r0033112.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6848/r0033212.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6849/r0033312.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6850/r0033412.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6851/r0033512.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6852/r0033612.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6853/r0033712.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6854/r0033812.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6855/r0033912.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6856/r0034012.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6857/r0034112.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6858/r0034212.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6863/r0034312.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6864/r0034412.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6865/r0034512.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6866/r0034612.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6867/r0034712.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6868/r0034812.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6869/r0034912.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6870/r0035012.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6871/r0035112.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6872/r0035212.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6873/r0035312.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6874/r0035412.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6875/r0035512.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6876/r0035612.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6877/r0035712.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6878/r0035812.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6879/r0035912.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6880/r0036012.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6881/r0036112.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6882/r0036212.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6887/r0036312.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6888/r0036412.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6889/r0036512.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6890/r0036612.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6891/r0036712.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6892/r0036812.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6893/r0036912.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6895/r0037012.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6896/r0037112.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6897/r0037212.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6898/r0037312.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6899/r0037412.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6900/r0037512.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6901/r0037612.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6902/r0037712.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6903/r0037812.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6904/r0037912.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6908/r0038012.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6909/r0038112.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6910/r0038212.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6911/r0038312.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6912/r0038412.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6913/r0038512.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6914/r0038612.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6915/r0038712.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6916/r0038812.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6917/r0038912.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6918/r0039012.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6919/r0039112.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6920/r0039212.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6921/r0039312.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.dracena.sp.leg.br/media/sapl/public/materialegislativa/2012/6922/r0039412.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H796"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="175.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="86.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>